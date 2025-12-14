--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="530">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="527">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -113,1434 +113,1425 @@
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>35875.00₸</t>
   </si>
   <si>
     <t>12 шт.</t>
   </si>
   <si>
     <t>Декоратор для капучино (4 насадки);пластик;300мл;D=8,H=13см;красный,прозр.</t>
   </si>
   <si>
     <t>02030120</t>
   </si>
   <si>
     <t>0289000red</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>14595.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>15 шт.</t>
   </si>
   <si>
     <t>Декоратор для капучино;пластик;300мл;D=8,H=13см;синий,прозр.</t>
   </si>
   <si>
     <t>02030121</t>
   </si>
   <si>
     <t>0289000blue</t>
   </si>
   <si>
     <t>16926.00₸</t>
   </si>
   <si>
     <t>Декоратор для капучино;сталь нерж.;100мл;D=61,H=70мм;стальной</t>
   </si>
   <si>
     <t>02030124</t>
   </si>
   <si>
     <t>12801000IVV</t>
   </si>
   <si>
     <t>9225.00₸</t>
   </si>
   <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для холдера;сталь нерж.,силикон</t>
+  </si>
+  <si>
+    <t>02121135</t>
+  </si>
+  <si>
+    <t>YF19</t>
+  </si>
+  <si>
+    <t>Doppio</t>
+  </si>
+  <si>
+    <t>Коврики и подставки для темперов, холдеров</t>
+  </si>
+  <si>
+    <t>6692.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.,дерево;D=57,H=95мм;св.корич.</t>
+  </si>
+  <si>
+    <t>02121503</t>
+  </si>
+  <si>
+    <t>TEMP</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>Темперы и разравниватели</t>
+  </si>
+  <si>
+    <t>19212.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.;D=57,H=95мм</t>
+  </si>
+  <si>
+    <t>02121504</t>
+  </si>
+  <si>
+    <t>24717.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.,дерево;D=52,H=95мм;св. дерево</t>
+  </si>
+  <si>
+    <t>02121513</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.,дерево;D=57,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>02121517</t>
+  </si>
+  <si>
+    <t>19250.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.,дерево;D=58,H=95мм;черный</t>
+  </si>
+  <si>
+    <t>02121519</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь хромир.;D=57,H=95мм;стальной</t>
+  </si>
+  <si>
+    <t>02121522</t>
+  </si>
+  <si>
+    <t>COT01</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>15337.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для темпера венге;дерево;D=59/90,H=20мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>02121523</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;дерево;D=59/90,H=20мм;св.корич.</t>
+  </si>
+  <si>
+    <t>02121524</t>
+  </si>
+  <si>
+    <t>Нок-бокс;пластик;,H=17,5см;черный</t>
+  </si>
+  <si>
+    <t>02121525</t>
+  </si>
+  <si>
+    <t>YM8052</t>
+  </si>
+  <si>
+    <t>Нок-боксы</t>
+  </si>
+  <si>
+    <t>28784.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,H=15,L=210,B=149мм;черный</t>
+  </si>
+  <si>
+    <t>02121526</t>
+  </si>
+  <si>
+    <t>YM3061-black</t>
+  </si>
+  <si>
+    <t>9338.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,дерево;D=58,H=95мм;махагон</t>
+  </si>
+  <si>
+    <t>02121530</t>
+  </si>
+  <si>
+    <t>27335.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,дерево;D=57,H=95мм;махагон</t>
+  </si>
+  <si>
+    <t>02121531</t>
+  </si>
+  <si>
+    <t>Нок-бокс «Проотель»;сталь нерж.;,H=10,L=18,B=16,5см;стальной</t>
+  </si>
+  <si>
+    <t>02121532</t>
+  </si>
+  <si>
+    <t>WHK01</t>
+  </si>
+  <si>
+    <t>15617.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;сталь нерж.,силикон;,H=6,L=14,B=9см;черный,стальной</t>
+  </si>
+  <si>
+    <t>02121533</t>
+  </si>
+  <si>
+    <t>07560000IVV</t>
+  </si>
+  <si>
+    <t>17087.00₸</t>
+  </si>
+  <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Подставка для холдера;сталь нерж.,силикон</t>
-[...158 lines deleted...]
-    <t>02121531</t>
+    <t>Коврик для темпера;силикон;,L=21,B=15см;черный</t>
+  </si>
+  <si>
+    <t>02121534</t>
+  </si>
+  <si>
+    <t>07580000SVV</t>
+  </si>
+  <si>
+    <t>15747.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=53,H=95мм;стальной</t>
+  </si>
+  <si>
+    <t>02121535</t>
+  </si>
+  <si>
+    <t>07500530AVV</t>
+  </si>
+  <si>
+    <t>10719.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.;D=57,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121536</t>
+  </si>
+  <si>
+    <t>07500570AVV</t>
+  </si>
+  <si>
+    <t>10634.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;алюмин.;D=58,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121537-С</t>
+  </si>
+  <si>
+    <t>07500580AVV</t>
+  </si>
+  <si>
+    <t>9625.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=51,H=100мм;стальной</t>
+  </si>
+  <si>
+    <t>02121538</t>
+  </si>
+  <si>
+    <t>01010530IVV</t>
+  </si>
+  <si>
+    <t>16355.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=57,H=85мм;стальной</t>
+  </si>
+  <si>
+    <t>02121539</t>
+  </si>
+  <si>
+    <t>01010570IVV</t>
+  </si>
+  <si>
+    <t>17633.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.;D=57,H=95мм;стальной,деревян.</t>
+  </si>
+  <si>
+    <t>02121540</t>
+  </si>
+  <si>
+    <t>YF07</t>
+  </si>
+  <si>
+    <t>7756.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе;сталь нерж.,дерево;D=58,H=120мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121542</t>
+  </si>
+  <si>
+    <t>YE800</t>
+  </si>
+  <si>
+    <t>31101.00₸</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,L=17,5,B=12см;черный</t>
+  </si>
+  <si>
+    <t>02121543</t>
+  </si>
+  <si>
+    <t>YF22</t>
+  </si>
+  <si>
+    <t>4718.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,пластик;D=58,H=40мм;черный</t>
+  </si>
+  <si>
+    <t>02121545</t>
+  </si>
+  <si>
+    <t>YE01</t>
+  </si>
+  <si>
+    <t>10864.00₸</t>
+  </si>
+  <si>
+    <t>Разравниватель для кофе;сталь нерж.,алюмин.;D=58мм</t>
+  </si>
+  <si>
+    <t>02121546</t>
+  </si>
+  <si>
+    <t>YE02</t>
+  </si>
+  <si>
+    <t>13825.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе;сталь нерж.,пластик;D=58,H=33мм;черный</t>
+  </si>
+  <si>
+    <t>02121547</t>
+  </si>
+  <si>
+    <t>YE11B</t>
+  </si>
+  <si>
+    <t>15561.00₸</t>
+  </si>
+  <si>
+    <t>Пуш-темпер для кофе и разравниватель;сталь нерж.,алюмин.;D=58мм;серебрист.</t>
+  </si>
+  <si>
+    <t>02121548</t>
+  </si>
+  <si>
+    <t>YE27</t>
+  </si>
+  <si>
+    <t>20503.00₸</t>
+  </si>
+  <si>
+    <t>Разравниватель для кофе;сталь нерж.,дерево;D=58мм;стальной</t>
+  </si>
+  <si>
+    <t>02121549</t>
+  </si>
+  <si>
+    <t>YE1200</t>
+  </si>
+  <si>
+    <t>17472.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,бук;D=58,H=95мм;стальной,бежев.</t>
+  </si>
+  <si>
+    <t>02121550</t>
+  </si>
+  <si>
+    <t>YE900</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,бук;D=53,H=95мм;стальной,бежев.</t>
+  </si>
+  <si>
+    <t>02121551</t>
+  </si>
+  <si>
+    <t>YE900/ 53</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;сталь нерж.,бук;D=58,H=95мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121552</t>
+  </si>
+  <si>
+    <t>YE04</t>
+  </si>
+  <si>
+    <t>13608.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;сталь нерж.,бук;D=51,H=105мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121553</t>
+  </si>
+  <si>
+    <t>YE04/ 51</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Темпер для кофе;сталь нерж.,дерево;D=57,H=95мм;стальной,черный</t>
+  </si>
+  <si>
+    <t>02121555</t>
+  </si>
+  <si>
+    <t>YF12</t>
+  </si>
+  <si>
+    <t>13601.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,L=15,B=15см;коричнев.</t>
+  </si>
+  <si>
+    <t>02121556</t>
+  </si>
+  <si>
+    <t>YF21</t>
+  </si>
+  <si>
+    <t>4102.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Коврик для темпера;силикон;,H=5,L=210,B=150мм;черный</t>
+  </si>
+  <si>
+    <t>02121557</t>
+  </si>
+  <si>
+    <t>YF23</t>
+  </si>
+  <si>
+    <t>5894.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;силикон;D=62/74мм;красный</t>
+  </si>
+  <si>
+    <t>02121558</t>
+  </si>
+  <si>
+    <t>YF100/Red</t>
+  </si>
+  <si>
+    <t>1813.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;силикон;D=62/74мм;черный</t>
+  </si>
+  <si>
+    <t>02121559</t>
+  </si>
+  <si>
+    <t>YF100/Black</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;силикон;D=62/74мм;голуб.</t>
+  </si>
+  <si>
+    <t>02121560</t>
+  </si>
+  <si>
+    <t>YF100/Blue</t>
+  </si>
+  <si>
+    <t>Подставка для темпера;силикон;D=62/74мм;салатов.</t>
+  </si>
+  <si>
+    <t>02121561</t>
+  </si>
+  <si>
+    <t>YF100/Green</t>
+  </si>
+  <si>
+    <t>Темпер для кофе динамометрический;алюмин.;D=57мм;черный</t>
+  </si>
+  <si>
+    <t>02124248</t>
+  </si>
+  <si>
+    <t>YF15</t>
+  </si>
+  <si>
+    <t>18543.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл</t>
+  </si>
+  <si>
+    <t>03160476</t>
+  </si>
+  <si>
+    <t>00390030ICL</t>
+  </si>
+  <si>
+    <t>Evolution</t>
+  </si>
+  <si>
+    <t>Питчеры</t>
+  </si>
+  <si>
+    <t>15955.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,5л</t>
+  </si>
+  <si>
+    <t>03160477</t>
+  </si>
+  <si>
+    <t>00390060ICL</t>
+  </si>
+  <si>
+    <t>17949.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,75л;D=80,H=134,L=140мм;металлич.</t>
+  </si>
+  <si>
+    <t>03160478</t>
+  </si>
+  <si>
+    <t>00390090ICL</t>
+  </si>
+  <si>
+    <t>21784.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,5л;,H=10,5,L=12,5см;черный</t>
+  </si>
+  <si>
+    <t>03170622</t>
+  </si>
+  <si>
+    <t>0034G060ICL</t>
+  </si>
+  <si>
+    <t>63002.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;150мл;D=63,H=55мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170625</t>
+  </si>
+  <si>
+    <t>MLK150</t>
+  </si>
+  <si>
+    <t>2212.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;0,6л;D=90,H=105мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170668</t>
+  </si>
+  <si>
+    <t>MLK600</t>
+  </si>
+  <si>
+    <t>7427.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;350мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170669</t>
+  </si>
+  <si>
+    <t>MLK350</t>
+  </si>
+  <si>
+    <t>5642.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=13,5,H=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>03170712</t>
+  </si>
+  <si>
+    <t>9-205</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>23978.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=63,H=55мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170713</t>
+  </si>
+  <si>
+    <t>9-240</t>
+  </si>
+  <si>
+    <t>8393.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170714</t>
+  </si>
+  <si>
+    <t>9-214</t>
+  </si>
+  <si>
+    <t>13576.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=90,H=105мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170715</t>
+  </si>
+  <si>
+    <t>9-210</t>
+  </si>
+  <si>
+    <t>15092.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=55,H=70мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170764</t>
+  </si>
+  <si>
+    <t>00340010ICL</t>
+  </si>
+  <si>
+    <t>42458.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Анниверсарио»;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170765</t>
+  </si>
+  <si>
+    <t>00340030ICL</t>
+  </si>
+  <si>
+    <t>Anniversario</t>
+  </si>
+  <si>
+    <t>52114.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,5л;D=90,H=105,B=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03170766</t>
+  </si>
+  <si>
+    <t>00340060ICL</t>
+  </si>
+  <si>
+    <t>64242.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,75л;D=10,H=11,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03170767</t>
+  </si>
+  <si>
+    <t>00340090ICL</t>
+  </si>
+  <si>
+    <t>47941.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=12,5,H=18см;серебрист.</t>
+  </si>
+  <si>
+    <t>03170768</t>
+  </si>
+  <si>
+    <t>00340120ICL</t>
+  </si>
+  <si>
+    <t>75953.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172401</t>
+  </si>
+  <si>
+    <t>40040030ICL</t>
+  </si>
+  <si>
+    <t>12446.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=9,H=11см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172402</t>
+  </si>
+  <si>
+    <t>40040060ICL</t>
+  </si>
+  <si>
+    <t>14546.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,8л;D=10,5,H=12см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172403</t>
+  </si>
+  <si>
+    <t>40040080ICL</t>
+  </si>
+  <si>
+    <t>16415.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=13,5,H=16,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172404</t>
+  </si>
+  <si>
+    <t>40040100ICL</t>
+  </si>
+  <si>
+    <t>28287.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;1,5л;D=17,H=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172416</t>
+  </si>
+  <si>
+    <t>MLK1500</t>
+  </si>
+  <si>
+    <t>12166.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;300мл;D=75,H=90мм;черный</t>
+  </si>
+  <si>
+    <t>03172417</t>
+  </si>
+  <si>
+    <t>4004R030ICL</t>
+  </si>
+  <si>
+    <t>19593.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;0,6л;D=95,H=105мм;черный</t>
+  </si>
+  <si>
+    <t>03172418</t>
+  </si>
+  <si>
+    <t>4004R060ICL</t>
+  </si>
+  <si>
+    <t>21630.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;0,8л;D=10,5,H=12см;черный</t>
+  </si>
+  <si>
+    <t>03172419</t>
+  </si>
+  <si>
+    <t>4004R080ICL</t>
+  </si>
+  <si>
+    <t>26348.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.,антиприг.покр.;1л;D=11,5,H=13см;черный</t>
+  </si>
+  <si>
+    <t>03172420</t>
+  </si>
+  <si>
+    <t>4004R100ICL</t>
+  </si>
+  <si>
+    <t>25144.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=8,H=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>03172425</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>6272.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Проотель»;сталь нерж.;0,5л</t>
+  </si>
+  <si>
+    <t>03172467</t>
+  </si>
+  <si>
+    <t>MLK6/8</t>
+  </si>
+  <si>
+    <t>13398.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Соя»;сталь нерж.;300мл;D=75,H=90мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172468</t>
+  </si>
+  <si>
+    <t>00340030ICL(S)</t>
+  </si>
+  <si>
+    <t>Soya</t>
+  </si>
+  <si>
+    <t>34319.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Соя»;сталь нерж.;0,5л;D=90,H=105мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03172469</t>
+  </si>
+  <si>
+    <t>00340060ICL(S)</t>
+  </si>
+  <si>
+    <t>41973.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Пробар»;сталь нерж.;1л;D=10,H=12,5,L=14см;серебрист.</t>
+  </si>
+  <si>
+    <t>03175405</t>
+  </si>
+  <si>
+    <t>MLK1000</t>
+  </si>
+  <si>
+    <t>10675.00₸</t>
+  </si>
+  <si>
+    <t>Питчер Сплит;сталь нерж.;300мл;,H=95,L=75/120,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175425</t>
+  </si>
+  <si>
+    <t>00430030ICL</t>
+  </si>
+  <si>
+    <t>Elite Gold</t>
+  </si>
+  <si>
+    <t>60461.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Нок-бокс «Проотель»;сталь нерж.;,H=10,L=18,B=16,5см;стальной</t>
-[...629 lines deleted...]
-    <t>21630.00₸</t>
+    <t>Питчер «Революшн Дуэт А»;сталь нерж.;0,5л;,H=100,L=87/135,B=87мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175427</t>
+  </si>
+  <si>
+    <t>00450A60ICL</t>
+  </si>
+  <si>
+    <t>Revolution (дубль)</t>
+  </si>
+  <si>
+    <t>82437.00₸</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Би»;сталь нерж.;0,5л;,H=100,L=87/130,B=83мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175428</t>
+  </si>
+  <si>
+    <t>00450B60ICL</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Си»;сталь нерж.;0,5л;,H=100,L=89/130,B=87мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175429</t>
+  </si>
+  <si>
+    <t>00450C60ICL</t>
+  </si>
+  <si>
+    <t>Питчер «Революшн Дуэт Ди»;сталь нерж.;0,5л;,H=100,L=87/130,B=82мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175430</t>
+  </si>
+  <si>
+    <t>00450D60ICL</t>
+  </si>
+  <si>
+    <t>Питчер Реверс;сталь нерж.,силикон;0,5л;,H=105,L=105,B=65мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>03175431</t>
+  </si>
+  <si>
+    <t>00470060ICL</t>
+  </si>
+  <si>
+    <t>76746.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;красный</t>
+  </si>
+  <si>
+    <t>03175443</t>
+  </si>
+  <si>
+    <t>LH350B red</t>
+  </si>
+  <si>
+    <t>9198.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;красный</t>
+  </si>
+  <si>
+    <t>03175444</t>
+  </si>
+  <si>
+    <t>LH600B red</t>
+  </si>
+  <si>
+    <t>9464.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=65,H=91мм;металлич.</t>
+  </si>
+  <si>
+    <t>03175445</t>
+  </si>
+  <si>
+    <t>LH350</t>
+  </si>
+  <si>
+    <t>4193.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=8,H=11,L=13см</t>
+  </si>
+  <si>
+    <t>03175450</t>
+  </si>
+  <si>
+    <t>LH600</t>
+  </si>
+  <si>
+    <t>7861.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л</t>
+  </si>
+  <si>
+    <t>03175451</t>
+  </si>
+  <si>
+    <t>LH1000</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;черный</t>
+  </si>
+  <si>
+    <t>03175452</t>
+  </si>
+  <si>
+    <t>LH350B black</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;черный</t>
+  </si>
+  <si>
+    <t>03175453</t>
+  </si>
+  <si>
+    <t>LH600B black</t>
+  </si>
+  <si>
+    <t>11830.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=54,H=66мм;желт.</t>
+  </si>
+  <si>
+    <t>03177079</t>
+  </si>
+  <si>
+    <t>LH150/Yellow</t>
+  </si>
+  <si>
+    <t>7119.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=66,H=90мм;желт.</t>
+  </si>
+  <si>
+    <t>03177080</t>
+  </si>
+  <si>
+    <t>LH350/Yellow</t>
+  </si>
+  <si>
+    <t>8330.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=8,H=11см;желт.</t>
+  </si>
+  <si>
+    <t>03177081</t>
+  </si>
+  <si>
+    <t>LH600/Yellow</t>
+  </si>
+  <si>
+    <t>10710.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=89,H=141мм;желт.</t>
+  </si>
+  <si>
+    <t>03177082</t>
+  </si>
+  <si>
+    <t>LH1000/Yellow</t>
+  </si>
+  <si>
+    <t>13090.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;150мл;D=54,H=66мм;хамел.</t>
+  </si>
+  <si>
+    <t>03177083</t>
+  </si>
+  <si>
+    <t>LH150/Chameleon</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;350мл;D=66,H=90мм;хамел.</t>
+  </si>
+  <si>
+    <t>03177084</t>
+  </si>
+  <si>
+    <t>LH350/Chameleon</t>
+  </si>
+  <si>
+    <t>6664.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;D=8,H=11см;хамел.</t>
+  </si>
+  <si>
+    <t>03177085</t>
+  </si>
+  <si>
+    <t>LH600/Chameleon</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;1л;D=89,H=141мм;хамел.</t>
+  </si>
+  <si>
+    <t>03177086</t>
+  </si>
+  <si>
+    <t>LH1000/Chameleon</t>
+  </si>
+  <si>
+    <t>Нок-бокс;сталь нерж.,силикон;D=17,H=17,5см;стальной,черный</t>
+  </si>
+  <si>
+    <t>04011540</t>
+  </si>
+  <si>
+    <t>07570000IVV</t>
+  </si>
+  <si>
+    <t>50443.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс;металл;,H=10,L=17,5,B=16см;черный</t>
+  </si>
+  <si>
+    <t>04014816</t>
+  </si>
+  <si>
+    <t>ZH1</t>
+  </si>
+  <si>
+    <t>9408.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс;сталь нерж.;,H=15,L=26,5,B=16,3мм</t>
+  </si>
+  <si>
+    <t>04014817</t>
+  </si>
+  <si>
+    <t>ZH4</t>
+  </si>
+  <si>
+    <t>12600.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс;сталь нерж.,дерево;,H=11,L=27,B=17см;черный,серебрист.</t>
+  </si>
+  <si>
+    <t>04014818</t>
+  </si>
+  <si>
+    <t>ZHW4</t>
+  </si>
+  <si>
+    <t>20195.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс;сталь нерж.;D=15,H=15,5см;стальной</t>
+  </si>
+  <si>
+    <t>04014819</t>
+  </si>
+  <si>
+    <t>ZH10</t>
+  </si>
+  <si>
+    <t>27559.00₸</t>
+  </si>
+  <si>
+    <t>Нок-бокс встраиваемый;металл;,H=10,5,L=18,1,B=16,8см;черный</t>
+  </si>
+  <si>
+    <t>04019030</t>
+  </si>
+  <si>
+    <t>DA03</t>
+  </si>
+  <si>
+    <t>28560.00₸</t>
+  </si>
+  <si>
+    <t>Ложка для каппинга;сталь нерж.;,L=159/49,B=20мм;черный</t>
+  </si>
+  <si>
+    <t>04041114</t>
+  </si>
+  <si>
+    <t>BS300</t>
+  </si>
+  <si>
+    <t>4158.00₸</t>
+  </si>
+  <si>
+    <t>Этчер;сталь нерж.;,L=130,B=3мм</t>
+  </si>
+  <si>
+    <t>04121401</t>
+  </si>
+  <si>
+    <t>LH01</t>
+  </si>
+  <si>
+    <t>1358.00₸</t>
+  </si>
+  <si>
+    <t>Набор этчеров[3шт];сталь нерж.;,L=21см;стальной</t>
+  </si>
+  <si>
+    <t>04121402</t>
+  </si>
+  <si>
+    <t>LH01A</t>
+  </si>
+  <si>
+    <t>14217.00₸</t>
+  </si>
+  <si>
+    <t>Весы для кофе электронные с таймером (до 3 кг с точностью до 0,1 г);пластик;,H=30,L=195,B=125мм;черн</t>
+  </si>
+  <si>
+    <t>04143210</t>
+  </si>
+  <si>
+    <t>BP122</t>
+  </si>
+  <si>
+    <t>Весы для кофе</t>
+  </si>
+  <si>
+    <t>17976.00₸</t>
+  </si>
+  <si>
+    <t>Весы для кофе (до 2 кг с точностью до 0,1 г);пластик;,H=20,L=100,B=95мм;черный</t>
+  </si>
+  <si>
+    <t>04143987</t>
+  </si>
+  <si>
+    <t>BP126/G1</t>
+  </si>
+  <si>
+    <t>33299.00₸</t>
+  </si>
+  <si>
+    <t>Весы для кофе (до 3 кг с точностью до 0,1 г);пластик;,H=28,L=160,B=156мм;черный</t>
+  </si>
+  <si>
+    <t>04143988</t>
+  </si>
+  <si>
+    <t>S2</t>
+  </si>
+  <si>
+    <t>26180.00₸</t>
+  </si>
+  <si>
+    <t>Весы для кофе (до 2 кг с точностью до 0,1 г);пластик;,H=20,L=128,B=118мм;черный</t>
+  </si>
+  <si>
+    <t>04143989</t>
+  </si>
+  <si>
+    <t>S1</t>
+  </si>
+  <si>
+    <t>23681.00₸</t>
+  </si>
+  <si>
+    <t>Питчер;сталь нерж.;0,6л;зелен.</t>
+  </si>
+  <si>
+    <t>03177218</t>
+  </si>
+  <si>
+    <t>LH600/green</t>
+  </si>
+  <si>
+    <t>11193.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для кофе автоматический, электрический (подходит для d=57-58,5 мм);30вт;черный</t>
+  </si>
+  <si>
+    <t>02124249</t>
+  </si>
+  <si>
+    <t>EC007/black</t>
+  </si>
+  <si>
+    <t>261800.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Питчер;сталь нерж.,антиприг.покр.;0,8л;D=10,5,H=12см;черный</t>
-[...514 lines deleted...]
-  <si>
     <t>Питчер с рисками;сталь нерж.;350мл;металлич.</t>
   </si>
   <si>
     <t>03177219</t>
   </si>
   <si>
     <t>LH350/scale</t>
   </si>
   <si>
     <t>8708.00₸</t>
   </si>
   <si>
     <t>Питчер «Пэн джаг»;сталь нерж.;0,8л;металлич.</t>
   </si>
   <si>
     <t>03177248</t>
   </si>
   <si>
     <t>00400800ICL</t>
   </si>
   <si>
     <t>Pen Jug</t>
   </si>
   <si>
     <t>24640.00₸</t>
   </si>
   <si>
     <t>Темпер для кофе автоматический, электрический (подходит для d=57-58,5 мм);30вт;белый</t>
   </si>
   <si>
     <t>02124250</t>
   </si>
   <si>
     <t>EC007/white</t>
-  </si>
-[...1 lines deleted...]
-    <t>7 шт.</t>
   </si>
   <si>
     <t>Питчер «Пэн джаг»;сталь нерж.;0,6л;металлич.</t>
   </si>
   <si>
     <t>03177247</t>
   </si>
   <si>
     <t>00400600ICL</t>
   </si>
   <si>
     <t>20020.00₸</t>
   </si>
   <si>
     <t>49 шт.</t>
   </si>
   <si>
     <t>Питчер с рисками;сталь нерж.;0,6л;металлич.</t>
   </si>
   <si>
     <t>03177220</t>
   </si>
   <si>
     <t>LH600/scale</t>
   </si>
@@ -5933,3752 +5924,3752 @@
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D10" s="0">
         <v>2121513</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D11" s="0">
         <v>2121517</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D12" s="0">
         <v>2121519</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L13" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D14" s="0">
         <v>2121523</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D15" s="0">
         <v>2121524</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L16" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D18" s="0">
         <v>2121530</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>48</v>
+        <v>93</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D19" s="0">
         <v>2121531</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="D20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="L20" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>111</v>
+        <v>48</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>111</v>
+        <v>168</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="L41" s="0">
         <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L42" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>46</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="D52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="L52" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="D53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="D54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="D55" s="0" t="s">
+      <c r="E55" s="0" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="D56" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56" s="0" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="D57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="0" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="D58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="0" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>19</v>
+        <v>257</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>260</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>261</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>263</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>264</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>265</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>266</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>268</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>269</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>270</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>272</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>273</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>274</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>277</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>278</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>279</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>280</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>281</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>282</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>111</v>
+        <v>168</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>283</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>284</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>285</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>286</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>287</v>
+        <v>93</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>296</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>308</v>
+        <v>181</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="D72" s="0" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="D73" s="0">
         <v>10328</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>111</v>
+        <v>168</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>333</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>335</v>
       </c>
-      <c r="C77" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="D78" s="0" t="s">
         <v>339</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>96</v>
+        <v>342</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>344</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="D80" s="0" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>353</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>106</v>
+        <v>32</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C82" s="0" t="s">
+      <c r="D82" s="0" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>359</v>
+        <v>66</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>382</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>381</v>
+      </c>
+      <c r="C89" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="D89" s="0" t="s">
         <v>383</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="D90" s="0" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C91" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="D91" s="0" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>394</v>
-      </c>
-[...4 lines deleted...]
-        <v>396</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>398</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>402</v>
-      </c>
-[...4 lines deleted...]
-        <v>404</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C96" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="D96" s="0" t="s">
         <v>409</v>
-      </c>
-[...4 lines deleted...]
-        <v>411</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="C97" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="D97" s="0" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>423</v>
+        <v>41</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>308</v>
+        <v>478</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="D114" s="0" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="B115" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="D115" s="0" t="s">
         <v>485</v>
-      </c>
-[...4 lines deleted...]
-        <v>487</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="D116" s="0" t="s">
         <v>490</v>
-      </c>
-[...4 lines deleted...]
-        <v>492</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>493</v>
+        <v>478</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="G117" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>53</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="C123" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="E123" s="0" t="s">
         <v>516</v>
-      </c>
-[...7 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>96</v>
+        <v>342</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="B124" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="E124" s="0" t="s">
         <v>521</v>
-      </c>
-[...7 lines deleted...]
-        <v>524</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="B125" s="0" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>