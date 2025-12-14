--- v0 (2025-11-27)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -83,50 +83,53 @@
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Подносы пластиковые</t>
   </si>
   <si>
     <t>2580.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=42,B=30см;зелен.</t>
   </si>
   <si>
     <t>04022113</t>
   </si>
   <si>
     <t>1848.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Поднос прямоугольный для Фаст Фуд;пластик;,L=45,7,B=35,5см;красный</t>
   </si>
   <si>
     <t>04080103</t>
   </si>
   <si>
     <t>1418FF163</t>
   </si>
   <si>
     <t>Cambro</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>7908.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Поднос прямоугольный;стеклопласт.;,L=53,B=32см;свет.-сер.</t>
   </si>
   <si>
     <t>04080110</t>
@@ -251,150 +254,147 @@
   <si>
     <t>Поднос прямоугольный;пластик;,H=2,L=41,B=30см;черный</t>
   </si>
   <si>
     <t>04080657</t>
   </si>
   <si>
     <t>817BL</t>
   </si>
   <si>
     <t>726.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прямоугольный для Фаст Фуд;пластик;,L=45,B=32см;черный</t>
   </si>
   <si>
     <t>04080663</t>
   </si>
   <si>
     <t>ZBL-804bl</t>
   </si>
   <si>
     <t>3115.00₸</t>
   </si>
   <si>
+    <t>Поднос «Проотель» прямоугольный для Фаст Фуд;пластик;,L=45,B=32см;красный</t>
+  </si>
+  <si>
+    <t>04080666</t>
+  </si>
+  <si>
+    <t>ZBL-804red</t>
+  </si>
+  <si>
+    <t>2709.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прямоугольный для Фаст Фуд;пластик;,L=41,B=30см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080667</t>
+  </si>
+  <si>
+    <t>ZBL-802br</t>
+  </si>
+  <si>
+    <t>3822.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прямоугольный для Фаст Фуд;пластик;,L=41,B=30см;красный</t>
+  </si>
+  <si>
+    <t>04080668</t>
+  </si>
+  <si>
+    <t>ZBL-802red</t>
+  </si>
+  <si>
+    <t>3612.00₸</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Поднос «Проотель» прямоугольный для Фаст Фуд;пластик;,L=45,B=32см;красный</t>
-[...34 lines deleted...]
-  <si>
     <t>Поднос «Проотель» прямоугольный для Фаст Фуд;пластик;,L=45,7,B=35,6см;коричнев.</t>
   </si>
   <si>
     <t>04080669</t>
   </si>
   <si>
     <t>ZBL-805br</t>
   </si>
   <si>
     <t>3808.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прямоугольный для Фаст Фуд;пластик;,L=45,7,B=35,6см;красный</t>
   </si>
   <si>
     <t>04080670</t>
   </si>
   <si>
     <t>ZBL-805red</t>
   </si>
   <si>
     <t>3458.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос прямоугольный для Фаст Фуд;полипроп.;,L=45,7,B=35,5см;оранжев.</t>
   </si>
   <si>
     <t>04080675</t>
   </si>
   <si>
     <t>1418FF166</t>
   </si>
   <si>
     <t>10927.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный для Фаст Фуд;полипроп.;,L=45,7,B=35,5см;серый</t>
   </si>
   <si>
     <t>04080748</t>
   </si>
   <si>
     <t>1418FF107</t>
   </si>
   <si>
     <t>Поднос «Проотель» прямоугольный для Фаст Фуд;полипроп.;,L=40,5,B=29,5см;черный</t>
   </si>
   <si>
     <t>04080807</t>
   </si>
   <si>
     <t>JW-A1216P</t>
   </si>
   <si>
     <t>6300.00₸</t>
   </si>
   <si>
-    <t>Поднос «Проотель» прямоугольный для Фаст Фуд;полипроп.;,L=42,B=32см;коричнев.</t>
+    <t>Поднос «Проотель» прямоугольный для Фаст Фуд;полипроп.;,L=41,B=29,7см;коричнев.</t>
   </si>
   <si>
     <t>04080808</t>
   </si>
   <si>
     <t>4144.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прямоугольный для Фаст Фуд;полипроп.;,L=42,B=32см;красный</t>
   </si>
   <si>
     <t>04080809</t>
   </si>
   <si>
     <t>4977.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прямоугольный для Фаст Фуд;полипроп.;,L=45,5,B=35,5см;черный</t>
   </si>
   <si>
     <t>04080810</t>
   </si>
   <si>
     <t>JW-A1418P</t>
   </si>
@@ -482,89 +482,80 @@
   <si>
     <t>04080824</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полистирол;,L=42,B=30см;бежев.</t>
   </si>
   <si>
     <t>04080825</t>
   </si>
   <si>
     <t>1887.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полистирол;,L=42,B=30см;белый</t>
   </si>
   <si>
     <t>04080826</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полистирол;,L=42,B=30см;бордо</t>
   </si>
   <si>
     <t>04080827</t>
   </si>
   <si>
-    <t>28 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос прямоугольный;полистирол;,L=42,B=30см;зелен.</t>
   </si>
   <si>
     <t>04080828</t>
   </si>
   <si>
     <t>1810.00₸</t>
   </si>
   <si>
-    <t>13 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос прямоугольный;полистирол;,L=42,B=30см;коричнев.</t>
   </si>
   <si>
     <t>04080829</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полистирол;,L=42,B=30см;красный</t>
   </si>
   <si>
     <t>04080830</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полистирол;,L=42,B=30см;синий</t>
   </si>
   <si>
     <t>04080831</t>
   </si>
   <si>
-    <t>32 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос круглый;поликарбонат;D=35см;прозр.</t>
   </si>
   <si>
     <t>04080838</t>
   </si>
   <si>
     <t>27020350MSC</t>
   </si>
   <si>
     <t>Ilsa</t>
   </si>
   <si>
     <t>16954.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;пластик;,L=53,B=32,5см;св. дерево</t>
   </si>
   <si>
     <t>04080839</t>
   </si>
   <si>
     <t>CA3253E75</t>
   </si>
   <si>
     <t>Capri</t>
@@ -614,122 +605,119 @@
   <si>
     <t>2880.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;коричнев.</t>
   </si>
   <si>
     <t>04080859</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;красный</t>
   </si>
   <si>
     <t>04080860</t>
   </si>
   <si>
     <t>2888.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;синий</t>
   </si>
   <si>
     <t>04080861</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос прямоугольный;полипроп.;,L=46,B=36см;абрикос.</t>
   </si>
   <si>
     <t>04080862</t>
   </si>
   <si>
     <t>8070.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=33,B=26см;коричнев.</t>
   </si>
   <si>
     <t>04080872</t>
   </si>
   <si>
     <t>1540.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=33,B=26см;красный</t>
   </si>
   <si>
     <t>04080873</t>
   </si>
   <si>
     <t>19 шт.</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=42,5,B=32см;белый</t>
   </si>
   <si>
     <t>04080880</t>
   </si>
   <si>
     <t>2056.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
+    <t>23 шт.</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=42,5,B=32см;зелен.</t>
   </si>
   <si>
     <t>04080881</t>
   </si>
   <si>
     <t>2233.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос прямоугольный;пластик;,L=53,B=32,5см;тем.дерево</t>
   </si>
   <si>
     <t>04080893</t>
   </si>
   <si>
     <t>CA3253E76</t>
   </si>
   <si>
     <t>7870.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=45,B=35см;бежев.</t>
   </si>
   <si>
     <t>04080894</t>
   </si>
   <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
     <t>Поднос прямоугольный;полипроп.;,L=45,B=35см;черный</t>
   </si>
   <si>
     <t>04080895</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полистирол;,L=42,B=30см;серый</t>
   </si>
   <si>
     <t>04080898</t>
   </si>
   <si>
     <t>Поднос «Флэт Трэйз» с ободком;пластик;,L=45,4,B=32,7см;черный</t>
   </si>
   <si>
     <t>04080901</t>
   </si>
   <si>
     <t>6810 EL026</t>
   </si>
   <si>
     <t>Steelite</t>
   </si>
   <si>
     <t>Flat Trays</t>
@@ -794,71 +782,83 @@
   <si>
     <t>24248.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прямоугольный;пластик;,L=37,B=25см;черный</t>
   </si>
   <si>
     <t>04080934</t>
   </si>
   <si>
     <t>15SJ057</t>
   </si>
   <si>
     <t>7399.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=42,5,B=32см;красный</t>
   </si>
   <si>
     <t>04080953</t>
   </si>
   <si>
     <t>1964.00₸</t>
   </si>
   <si>
-    <t>40 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Каффехаус» овальный;пластик;,L=28,5,B=21,5см;черный</t>
   </si>
   <si>
     <t>04080962</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>KAFFEEHAUS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>4690.00₸</t>
   </si>
   <si>
+    <t>Поднос прямоугольный;пластик;,L=26,5,B=16,2см;бежев.,черный</t>
+  </si>
+  <si>
+    <t>04080980</t>
+  </si>
+  <si>
+    <t>Frida</t>
+  </si>
+  <si>
+    <t>19366.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
     <t>Поднос прямоугольный;полипроп.;,L=52,5,B=32,5см;черный</t>
   </si>
   <si>
     <t>04081023</t>
   </si>
   <si>
     <t>Поднос прямоугольный;пластик;,L=47,B=36см;красный</t>
   </si>
   <si>
     <t>04081028</t>
   </si>
   <si>
     <t>ALM</t>
   </si>
   <si>
     <t>2164.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;пластик;,L=47,B=35см;серый</t>
   </si>
   <si>
     <t>04081029</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полипроп.;,L=46,B=36см;серый</t>
@@ -879,53 +879,50 @@
     <t>Tiles</t>
   </si>
   <si>
     <t>14253.00₸</t>
   </si>
   <si>
     <t>Поднос GN 1/4 цвет-дуб;пластик;,H=15,L=265,B=162мм</t>
   </si>
   <si>
     <t>04081162</t>
   </si>
   <si>
     <t>Поднос для подачи GN 1/3;пластик;,H=15,L=325,B=176мм;белый,серый</t>
   </si>
   <si>
     <t>04082343</t>
   </si>
   <si>
     <t>12913.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полистирол;,L=45,B=35см;серый</t>
   </si>
   <si>
     <t>04082360</t>
-  </si>
-[...1 lines deleted...]
-    <t>7 шт.</t>
   </si>
   <si>
     <t>Поднос для подачи «Элемент» GN 1/3;пластик;,H=35,L=325,B=175мм;серый</t>
   </si>
   <si>
     <t>04082363</t>
   </si>
   <si>
     <t>Element</t>
   </si>
   <si>
     <t>22338.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Поднос для подачи «Элемент» GN 2/4;пластик;,H=35,L=530,B=162мм;серый</t>
   </si>
   <si>
     <t>04082364</t>
   </si>
   <si>
     <t>39963.00₸</t>
   </si>
@@ -1171,51 +1168,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AF69-21C3-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB38B6-21C3-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F82-424E-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DEE7C-21C3-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62608-21C3-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62416-21C3-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC6796-424C-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1ACD7-21C3-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AAF7-21C3-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AB97-21C3-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AA57-21C3-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A148F-424D-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3DC8-21C3-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299D0-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A212B-424E-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFCA07-21C3-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC955-21C3-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC8A3-21C3-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC7F1-21C3-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62568-21C3-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E624C8-21C3-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC73F-21C3-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC68D-21C3-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC5DB-21C3-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC477-21C3-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1728828B-21C4-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC529-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E626BA-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B6-4250-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B7-4250-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B8-4250-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B9-4250-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF19C-21C3-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BB-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BC-4250-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BD-4250-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BE-4250-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BF-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C0-4250-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C1-4250-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C2-4250-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C3-4250-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964F4-4251-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345191-4251-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B3-4251-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B4-4251-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7A29A85-C0FE-11EA-BBD8-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C7-4252-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C8-4252-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C9-4252-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35CA-4252-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AE17-21C3-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D701B-4253-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186133DA-4253-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809405-4253-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809406-4253-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A4446EF-8149-11E9-BBBA-005056921CC457.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1B009-21C3-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AEB7-21C3-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF24E-21C3-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C3F-4250-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C40-4250-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693F3-4251-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354174-4252-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2A9DB-AEC9-11EE-BC40-00505692492F65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BC1-4252-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0B5F-45F0-11EF-BC57-00505692E04967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3956-21C3-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F3968C-F161-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF300-21C3-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF4E0-21C3-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA42F-4253-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776466A8-F161-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716B5CC3-F161-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF0FC-21C3-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E29A-21C4-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEFC0A2B-75C4-11EA-BBD2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFA61EF-F161-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1B0BB-21C3-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA8E4-EAEE-11EF-BC4E-00505692C44780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3A08-21C3-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3C88-21C3-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AAF0AB-1F03-11ED-BBFC-005056921CC483.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251FA74-1CC0-11EE-BC0C-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527D7079-4196-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2AF837-C510-11EE-BC41-00505692492F86.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AB0A8-A6C2-11EF-BC53-00505692E2D087.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AAE34-A6C2-11EF-BC53-00505692E2D088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746531C5-3C8C-11F0-BC59-00505692E04989.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A65B8B4-3C8C-11F0-BC59-00505692E04990.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74653032-3C8C-11F0-BC59-00505692E04991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496F1721-7EDB-11F0-BC56-00505692C44792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D044631C-C7F0-11F0-BC5A-00505692E2D093.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDD0CBB5-C7F0-11F0-BC5A-00505692E2D094.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AF69-21C3-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB38B6-21C3-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F82-424E-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DEE7C-21C3-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62608-21C3-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62416-21C3-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC6796-424C-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1ACD7-21C3-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AAF7-21C3-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AB97-21C3-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AA57-21C3-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A148F-424D-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3DC8-21C3-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310299D0-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D1A212B-424E-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFCA07-21C3-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC955-21C3-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC8A3-21C3-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC7F1-21C3-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E62568-21C3-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E624C8-21C3-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC73F-21C3-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC68D-21C3-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC5DB-21C3-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC477-21C3-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1728828B-21C4-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFC529-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2E626BA-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B6-4250-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B7-4250-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B8-4250-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0B9-4250-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF19C-21C3-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BB-4250-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BC-4250-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BD-4250-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BE-4250-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0BF-4250-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C0-4250-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C1-4250-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C2-4250-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC02B0C3-4250-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203964F4-4251-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345191-4251-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B3-4251-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B4-4251-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7A29A85-C0FE-11EA-BBD8-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C7-4252-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C8-4252-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35C9-4252-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35CA-4252-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AE17-21C3-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D701B-4253-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186133DA-4253-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809405-4253-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4809406-4253-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A4446EF-8149-11E9-BBBA-005056921CC457.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1B009-21C3-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1AEB7-21C3-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF24E-21C3-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C3F-4250-11E8-A155-00259035BB6761.gif"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84139C40-4250-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693F3-4251-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354174-4252-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2A9DB-AEC9-11EE-BC40-00505692492F65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4565BC1-4252-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0B5F-45F0-11EF-BC57-00505692E04967.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3956-21C3-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F3968C-F161-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/025E9369-814B-11E9-BBBA-005056921CC470.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF300-21C3-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF4E0-21C3-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA42F-4253-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/776466A8-F161-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716B5CC3-F161-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF0FC-21C3-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E29A-21C4-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CEFC0A2B-75C4-11EA-BBD2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AFA61EF-F161-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6A1B0BB-21C3-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DA8E4-EAEE-11EF-BC4E-00505692C44781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3A08-21C3-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECCB3C88-21C3-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AAF0AB-1F03-11ED-BBFC-005056921CC484.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251FA74-1CC0-11EE-BC0C-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527D7079-4196-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F2AF837-C510-11EE-BC41-00505692492F87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AB0A8-A6C2-11EF-BC53-00505692E2D088.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE5AAE34-A6C2-11EF-BC53-00505692E2D089.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746531C5-3C8C-11F0-BC59-00505692E04990.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A65B8B4-3C8C-11F0-BC59-00505692E04991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74653032-3C8C-11F0-BC59-00505692E04992.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/496F1721-7EDB-11F0-BC56-00505692C44793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D044631C-C7F0-11F0-BC5A-00505692E2D094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDD0CBB5-C7F0-11F0-BC5A-00505692E2D095.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3280,51 +3277,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -3790,51 +3787,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -3983,50 +3980,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4285,62 +4312,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plastikovyy-restola-04022112/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plastikovyy-restola-04022113/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080103/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080110/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080142/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080143/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-04080409/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-04080444/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080593/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080594/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080595/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080599/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080645/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-04080657/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080663/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080666/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080667/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080668/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080669/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080670/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080675/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080748/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080807/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080808/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080809/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080810/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-fast-fud-prohotel-04080811/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080812/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080814/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080818/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080819/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080820/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080821/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080822/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080823/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080824/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080825/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080826/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080827/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080828/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080829/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080830/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080831/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-kruglyy-ilsa-04080838/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080839/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080841/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080842/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080848/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080858/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080859/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080860/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080861/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080862/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080872/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080873/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080880/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080881/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080893/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080894/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080895/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080898/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-s-obodkom-steelite-04080901/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-steelite-04080902/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080924/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-prigotovleniya-i-hraneniya-konditerskih-izdeliy-matfer-04080928/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080929/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080933/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-prohotel-04080934/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080953/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-ovalnyy-aps-04080962/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04081023/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-alm-04081028/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-alm-04081029/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04081131/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-gn-1-4-aps-04081159/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-gn-1-4-aps-04081162/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-gn-1-3-aps-04082343/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04082360/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-gn-1-3-aps-04082363/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-gn-2-4-aps-04082364/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-gn-2-4-aps-04082365/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-carlisle-04082370/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-mglass-04082384/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04082387/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04082388/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04082523/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-restola-04082562/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-cambro-04082565/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-prohotel-04082578/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-aps-04082584/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-cambro-04082575/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-restola-04082586/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-aps-04082583/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plexiline-04082604/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plexiline-04082605/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plexiline-04082606/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-restola-04082399/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-aps-04082609/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-aps-04082608/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plastikovyy-restola-04022112/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plastikovyy-restola-04022113/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080103/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080110/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080142/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080143/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-04080409/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-04080444/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080593/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080594/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080595/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080599/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080645/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-04080657/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080663/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080666/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080667/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080668/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080669/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080670/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080675/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080748/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080807/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080808/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080809/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080810/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-fast-fud-prohotel-04080811/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-prohotel-04080812/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080814/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080818/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080819/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080820/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080821/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080822/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080823/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080824/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080825/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080826/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080827/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080828/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080829/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080830/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080831/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-kruglyy-ilsa-04080838/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080839/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080841/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080842/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080848/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080858/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080859/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080860/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080861/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080862/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080872/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080873/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080880/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080881/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080893/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080894/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080895/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080898/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-s-obodkom-steelite-04080901/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-steelite-04080902/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080924/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-prigotovleniya-i-hraneniya-konditerskih-izdeliy-matfer-04080928/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-cambro-04080929/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04080933/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-prohotel-04080934/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04080953/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-ovalnyy-aps-04080962/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-aps-04080980/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04081023/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-alm-04081028/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-alm-04081029/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-matfer-04081131/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-gn-1-4-aps-04081159/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-gn-1-4-aps-04081162/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-gn-1-3-aps-04082343/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04082360/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-gn-1-3-aps-04082363/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-gn-2-4-aps-04082364/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-gn-2-4-aps-04082365/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-carlisle-04082370/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-dlya-fast-fud-mglass-04082384/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04082387/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-cambro-04082388/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-restola-04082523/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-restola-04082562/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-cambro-04082565/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-pryamougolnyy-prohotel-04082578/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-aps-04082584/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-cambro-04082575/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-restola-04082586/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-aps-04082583/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plexiline-04082604/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plexiline-04082605/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-plexiline-04082606/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-restola-04082399/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-aps-04082609/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podnos-dlya-podachi-aps-04082608/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L100"/>
+  <dimension ref="A1:L101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I100" sqref="I100"/>
+      <selection activeCell="I101" sqref="I101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4411,910 +4438,910 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0">
         <v>422108909</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L3" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L4" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="0">
         <v>3253101</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G5" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L6" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="B8" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E8" s="0"/>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L8" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D9" s="0">
         <v>1730</v>
       </c>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D10" s="0">
         <v>275001</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D11" s="0">
         <v>275003</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D12" s="0">
         <v>275090</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D13" s="0">
         <v>275004</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L14" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E15" s="0"/>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L15" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="L16" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>81</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>89</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>90</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="L19" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="L20" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="L21" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>103</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L23" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L26" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>120</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>123</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L28" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>119</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>126</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="L29" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>129</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>130</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D31" s="0">
         <v>422106607</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
@@ -5366,115 +5393,115 @@
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D33" s="0">
         <v>422106621</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>133</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D34" s="0">
         <v>422106609</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D35" s="0">
         <v>422106614</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>133</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D36" s="0">
         <v>422106604</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
@@ -5494,83 +5521,83 @@
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D37" s="0">
         <v>422106617</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>133</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D38" s="0">
         <v>422106707</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D39" s="0">
         <v>422106701</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
@@ -5590,1977 +5617,2011 @@
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D40" s="0">
         <v>422106721</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>155</v>
+        <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D41" s="0">
         <v>422106709</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="L41" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D42" s="0">
         <v>422106714</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D43" s="0">
         <v>422106704</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="L43" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D44" s="0">
         <v>422106717</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="L44" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>168</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="G46" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>174</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D47" s="0">
         <v>422106708</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L47" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D48" s="0">
         <v>422106608</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L48" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="G49" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>188</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D50" s="0">
         <v>42210780799</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L50" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D51" s="0">
         <v>422107814</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L51" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D52" s="0">
         <v>422107804</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L52" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D53" s="0">
         <v>422107817</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>199</v>
+        <v>29</v>
       </c>
       <c r="L53" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D54" s="0">
         <v>275093</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D55" s="0">
         <v>422109014</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="L55" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="D56" s="0">
         <v>422109004</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="L56" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D57" s="0">
         <v>422108016</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="L57" s="0">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D58" s="0">
         <v>422108009</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>216</v>
+        <v>29</v>
       </c>
       <c r="L58" s="0">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D60" s="0">
         <v>422108807</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>99</v>
+        <v>218</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D61" s="0">
         <v>42210881399</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>133</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D62" s="0">
         <v>422106711</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="F63" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="G63" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I63" s="1" t="s">
         <v>228</v>
-      </c>
-[...16 lines deleted...]
-        <v>232</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="E64" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="F64" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="G64" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>233</v>
-      </c>
-[...19 lines deleted...]
-        <v>237</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D65" s="0">
         <v>1318116</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D66" s="0">
         <v>275501</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L67" s="0"/>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L68" s="0"/>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D70" s="0">
         <v>422108004</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>259</v>
+        <v>218</v>
       </c>
       <c r="L70" s="0">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="D71" s="0">
         <v>84253</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="D72" s="0">
-        <v>422107813</v>
+        <v>84596</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F72" s="0"/>
+        <v>257</v>
+      </c>
+      <c r="F72" s="0" t="s">
+        <v>263</v>
+      </c>
       <c r="G72" s="0" t="s">
-        <v>15</v>
+        <v>259</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>196</v>
+        <v>264</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>28</v>
+        <v>265</v>
       </c>
       <c r="L72" s="0">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
+      <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D73" s="0">
-        <v>4081028</v>
+        <v>422107813</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>270</v>
+        <v>14</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>271</v>
+        <v>193</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L73" s="0"/>
+        <v>29</v>
+      </c>
+      <c r="L73" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="B74" s="0" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D74" s="0">
-        <v>4081029</v>
+        <v>4081028</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>270</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>215</v>
+        <v>271</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
-      <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="D75" s="0">
-        <v>275002</v>
+        <v>4081029</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>51</v>
+        <v>270</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>276</v>
+        <v>211</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="D76" s="0">
-        <v>15221</v>
+        <v>275002</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>264</v>
+        <v>53</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="D77" s="0">
-        <v>15225</v>
+        <v>15221</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>279</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>280</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="D78" s="0">
-        <v>84362</v>
+        <v>15225</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="F78" s="0"/>
+        <v>257</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>279</v>
+      </c>
       <c r="G78" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D79" s="0">
-        <v>422106611</v>
+        <v>84362</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>14</v>
+        <v>257</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>15</v>
+        <v>259</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>136</v>
+        <v>285</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>288</v>
+        <v>29</v>
       </c>
       <c r="L79" s="0">
-        <v>12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D80" s="0">
-        <v>84402</v>
+        <v>422106611</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>264</v>
+        <v>15</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>292</v>
+        <v>136</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>293</v>
+        <v>29</v>
       </c>
       <c r="L80" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D81" s="0">
-        <v>84404</v>
+        <v>84402</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="F81" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="G81" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>291</v>
-      </c>
-[...7 lines deleted...]
-        <v>296</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>28</v>
+        <v>292</v>
       </c>
       <c r="L81" s="0">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D82" s="0">
-        <v>84824</v>
+        <v>84404</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="L82" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>297</v>
+      </c>
+      <c r="D83" s="0">
+        <v>84824</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="F83" s="0"/>
+        <v>257</v>
+      </c>
+      <c r="F83" s="0" t="s">
+        <v>290</v>
+      </c>
       <c r="G83" s="0" t="s">
-        <v>26</v>
+        <v>259</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="L83" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>1730</v>
+        <v>300</v>
+      </c>
+      <c r="D84" s="0" t="s">
+        <v>301</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="L84" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="D85" s="0">
-        <v>422108007</v>
+        <v>1730</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>14</v>
+        <v>306</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="L85" s="0">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>309</v>
+      </c>
+      <c r="D86" s="0">
+        <v>422108007</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="L86" s="0">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>422108808</v>
+        <v>312</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>313</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F87" s="0"/>
+        <v>26</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>173</v>
+      </c>
       <c r="G87" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>17</v>
+        <v>314</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L87" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="D88" s="0">
-        <v>42210890899</v>
+        <v>422108808</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L88" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>318</v>
+      </c>
+      <c r="D89" s="0">
+        <v>42210890899</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>323</v>
+        <v>21</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L89" s="0"/>
+        <v>29</v>
+      </c>
+      <c r="L89" s="0">
+        <v>16</v>
+      </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>85068</v>
+        <v>324</v>
+      </c>
+      <c r="D91" s="0" t="s">
+        <v>325</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>264</v>
+        <v>68</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>28</v>
+        <v>327</v>
       </c>
       <c r="L91" s="0">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
+      <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>329</v>
+      </c>
+      <c r="D92" s="0">
+        <v>85068</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>25</v>
+        <v>257</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>187</v>
+        <v>330</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>26</v>
+        <v>259</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L92" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="B93" s="0" t="s">
-        <v>165</v>
+        <v>332</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>2210661795</v>
+        <v>333</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>334</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F93" s="0"/>
+        <v>26</v>
+      </c>
+      <c r="F93" s="0" t="s">
+        <v>184</v>
+      </c>
       <c r="G93" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>158</v>
+        <v>335</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L93" s="0"/>
+        <v>29</v>
+      </c>
+      <c r="L93" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
-      <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>338</v>
+        <v>163</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D94" s="0">
-        <v>85275</v>
+        <v>2210661795</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>264</v>
+        <v>15</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>340</v>
+        <v>157</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>338</v>
+      </c>
+      <c r="D95" s="0">
+        <v>85275</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="F95" s="0"/>
+        <v>257</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>330</v>
+      </c>
       <c r="G95" s="0" t="s">
-        <v>345</v>
+        <v>259</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>347</v>
+        <v>38</v>
       </c>
       <c r="L95" s="0">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="H96" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I96" s="1" t="s">
         <v>345</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="L96" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="L97" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>422108014</v>
+        <v>352</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>353</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>14</v>
+        <v>343</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>15</v>
+        <v>344</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>28</v>
+        <v>346</v>
       </c>
       <c r="L98" s="0">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D99" s="0">
-        <v>85401</v>
+        <v>422108014</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L99" s="0"/>
+        <v>29</v>
+      </c>
+      <c r="L99" s="0">
+        <v>14</v>
+      </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D100" s="0">
-        <v>85124</v>
+        <v>85401</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>364</v>
+        <v>330</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L100" s="0"/>
+    </row>
+    <row r="101" spans="1:12" customHeight="1" ht="80">
+      <c r="A101" s="0"/>
+      <c r="B101" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="D101" s="0">
+        <v>85124</v>
+      </c>
+      <c r="E101" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="H101" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="J101" s="0"/>
+      <c r="K101" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="L101" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -7620,50 +7681,51 @@
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="B94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>