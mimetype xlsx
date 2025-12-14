--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -151,68 +151,68 @@
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>4354.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Сквизер для цитрусовых;алюмин.,пластик;,H=8,L=26,B=12см;серебрист.,желт.</t>
   </si>
   <si>
     <t>02121341</t>
   </si>
   <si>
     <t>Westmark</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>32441.00₸</t>
   </si>
   <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
+    <t>Сквизер для цитрусовых «Проотель»;сталь нерж.;,L=80,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>02121343</t>
+  </si>
+  <si>
+    <t>LS1</t>
+  </si>
+  <si>
+    <t>903.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Сквизер для цитрусовых «Проотель»;сталь нерж.;,L=80,B=75мм;металлич.</t>
-[...13 lines deleted...]
-  <si>
     <t>(Санкционный) Сквизер для цитрусовых;алюмин.;,H=5,L=21,B=7см;черный</t>
   </si>
   <si>
     <t>02121357-С</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>13958.00₸</t>
   </si>
   <si>
     <t>Сквизер для цитрусовых;алюмин.;D=85,L=232,B=91мм;черный</t>
   </si>
   <si>
     <t>02121373</t>
   </si>
   <si>
     <t>FK1001</t>
   </si>
   <si>
     <t>Ruiyuan</t>
@@ -253,51 +253,51 @@
   <si>
     <t>02121379</t>
   </si>
   <si>
     <t>10262.00₸</t>
   </si>
   <si>
     <t>Сквизер для лайма «Платинум»;сталь;D=6,L=21см;металлич.</t>
   </si>
   <si>
     <t>02121388</t>
   </si>
   <si>
     <t>L0138</t>
   </si>
   <si>
     <t>Lumian</t>
   </si>
   <si>
     <t>Platinum</t>
   </si>
   <si>
     <t>35859.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Сквизер;алюмин.;D=75,L=200мм;желт.</t>
   </si>
   <si>
     <t>02121397</t>
   </si>
   <si>
     <t>JSA-2YL</t>
   </si>
   <si>
     <t>3339.00₸</t>
   </si>
   <si>
     <t>Сквизер;алюмин.;D=9,L=23см;оранжев.</t>
   </si>
   <si>
     <t>02121398</t>
   </si>
   <si>
     <t>JSA-3OR</t>
   </si>
   <si>
     <t>4305.00₸</t>
   </si>
@@ -1367,51 +1367,51 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D9" s="0">
         <v>93189</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L9" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
@@ -1463,51 +1463,51 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="L12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D13" s="0">
         <v>71431</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>