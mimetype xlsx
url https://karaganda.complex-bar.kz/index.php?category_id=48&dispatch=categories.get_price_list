--- v0 (2025-11-27)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -242,984 +242,987 @@
   <si>
     <t>04142219</t>
   </si>
   <si>
     <t>Libbey</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>15316.00₸</t>
   </si>
   <si>
     <t>Банка «Фидо» круглая с крышкой;стекло;4,96л;D=17,5,H=27,9см;прозр.</t>
   </si>
   <si>
     <t>04142220</t>
   </si>
   <si>
     <t>149270FSA121990</t>
   </si>
   <si>
     <t>10927.00₸</t>
   </si>
   <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;1,65л;,H=22,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142226</t>
+  </si>
+  <si>
+    <t>149230FSA121990</t>
+  </si>
+  <si>
+    <t>4466.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;2л;,H=21,6,L=12,5,B=12,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04142227</t>
+  </si>
+  <si>
+    <t>149240FSA121990</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;3л;,H=24,2,L=14/14см;прозр.</t>
+  </si>
+  <si>
+    <t>04142228</t>
+  </si>
+  <si>
+    <t>149250FSA121990</t>
+  </si>
+  <si>
+    <t>6553.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;0,56л;,H=10,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142229</t>
+  </si>
+  <si>
+    <t>149210FSA121990</t>
+  </si>
+  <si>
+    <t>3134.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;0,75л;,H=13,6,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142230</t>
+  </si>
+  <si>
+    <t>149280FSA121990</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Клаб» круглая с крышкой;стекло;0,75л;D=95,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>04142255</t>
+  </si>
+  <si>
+    <t>5516.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;фарфор,сталь нерж.;0,8л;D=13,H=13см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04142256</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>19628.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;фарфор,сталь нерж.;2л;D=17,H=15см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04142278</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>36614.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло;380мл;,H=16,L=8,B=8см;прозр.</t>
+  </si>
+  <si>
+    <t>04142296</t>
+  </si>
+  <si>
+    <t>1551-15</t>
+  </si>
+  <si>
+    <t>Cal M</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>22261.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;стекло,сталь нерж.;406мл</t>
+  </si>
+  <si>
+    <t>04142297</t>
+  </si>
+  <si>
+    <t>1851-4</t>
+  </si>
+  <si>
+    <t>20240.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая с крышкой;стекло,металл;150мл;D=75,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148501</t>
+  </si>
+  <si>
+    <t>357760MDE121990</t>
+  </si>
+  <si>
+    <t>Quattro Stagioni</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая с крышкой;стекло,металл;250мл;D=84,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148502</t>
+  </si>
+  <si>
+    <t>357750MDE121990</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;фарфор,сталь нерж.;D=18,5,H=17см;белый</t>
+  </si>
+  <si>
+    <t>04148504</t>
+  </si>
+  <si>
+    <t>31570.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло;0,62л;D=79,H=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148505</t>
+  </si>
+  <si>
+    <t>3741.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;1,5л;D=10,5,H=16см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04148507</t>
+  </si>
+  <si>
+    <t>80000/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Bella</t>
+  </si>
+  <si>
+    <t>1288.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;2л;D=10,5,H=17см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04148508</t>
+  </si>
+  <si>
+    <t>80002/b</t>
+  </si>
+  <si>
+    <t>1449.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;0,5л;,H=113,L=67,B=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148512</t>
+  </si>
+  <si>
+    <t>80384/b</t>
+  </si>
+  <si>
+    <t>Homemade</t>
+  </si>
+  <si>
+    <t>952.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;1л;,H=170,L=82,B=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148513</t>
+  </si>
+  <si>
+    <t>80385/b</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;300мл;,H=85,L=67,B=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148514</t>
+  </si>
+  <si>
+    <t>80383/b</t>
+  </si>
+  <si>
+    <t>777.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло,пластик;1,1л;D=94,H=163мм;прозр.,фиолет.</t>
+  </si>
+  <si>
+    <t>04148516</t>
+  </si>
+  <si>
+    <t>43013/b</t>
+  </si>
+  <si>
+    <t>Cesni</t>
+  </si>
+  <si>
+    <t>1561.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло;420мл;D=94,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148517</t>
+  </si>
+  <si>
+    <t>97554/b</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Китчэн» круглая с крышкой;стекло,резина;1,515л;D=99,H=221мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148519</t>
+  </si>
+  <si>
+    <t>98673/b</t>
+  </si>
+  <si>
+    <t>Kitchen</t>
+  </si>
+  <si>
+    <t>2373.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Китчэн» круглая с крышкой;стекло;1,084л;D=99,H=181мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148520</t>
+  </si>
+  <si>
+    <t>98671/b</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло;1,5л;D=94,H=250мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148521</t>
+  </si>
+  <si>
+    <t>97426/b</t>
+  </si>
+  <si>
+    <t>1897.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло;0,5л;D=94,H=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148522</t>
+  </si>
+  <si>
+    <t>97424/b</t>
+  </si>
+  <si>
+    <t>1260.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло,пластик;1,5л;D=94,H=200мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04148523</t>
+  </si>
+  <si>
+    <t>43023/b</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Банка «Фидо» квадратная с крышкой;стекло;1,65л;,H=22,L=10,6,B=10,6см;прозр.</t>
-[...20 lines deleted...]
-    <t>5252.00₸</t>
+    <t>Банка «Кремлин» квадратная с крышкой;стекло;0,74л;,H=108,L=96,B=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148535</t>
+  </si>
+  <si>
+    <t>97624/b</t>
+  </si>
+  <si>
+    <t>Kremlin</t>
+  </si>
+  <si>
+    <t>1589.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;1,7л;D=10,H=16см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>04148536</t>
+  </si>
+  <si>
+    <t>43894/b</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;2л;D=10,5,H=17см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>04148537</t>
+  </si>
+  <si>
+    <t>43994/b</t>
+  </si>
+  <si>
+    <t>2338.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Банка «Фидо» квадратная с крышкой;стекло;3л;,H=24,2,L=14/14см;прозр.</t>
-[...53 lines deleted...]
-    <t>19628.00₸</t>
+    <t>Банка «Кватро Стаджони» круглая с крышкой;стекло,металл;1л;D=11,1,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>04148538</t>
+  </si>
+  <si>
+    <t>365160MDE121990</t>
+  </si>
+  <si>
+    <t>4636.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;200мл;D=75,H=83мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04148539</t>
+  </si>
+  <si>
+    <t>80386/b</t>
+  </si>
+  <si>
+    <t>371.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Банка «Вик» круглая с крышкой;стекло;0,85л;D=10,H=14,7см;прозр.</t>
+  </si>
+  <si>
+    <t>04148542</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>Weck</t>
+  </si>
+  <si>
+    <t>9248.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кремлин» квадратная с крышкой;стекло;1л;,H=148,L=90,B=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148543</t>
+  </si>
+  <si>
+    <t>97626/b</t>
+  </si>
+  <si>
+    <t>2282.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кремлин» квадратная с крышкой;стекло;1,3л;,H=180,L=96,B=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148549</t>
+  </si>
+  <si>
+    <t>97628/b</t>
+  </si>
+  <si>
+    <t>2114.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло,резина;1,1л;D=94,H=220мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148550</t>
+  </si>
+  <si>
+    <t>97425/b</t>
+  </si>
+  <si>
+    <t>1687.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;стекло;D=10,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>04148555</t>
+  </si>
+  <si>
+    <t>B0801421</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло;1,3л;D=10,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>04148556</t>
+  </si>
+  <si>
+    <t>B0801419</t>
+  </si>
+  <si>
+    <t>8055.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло;1,7л;D=10,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>04148558</t>
+  </si>
+  <si>
+    <t>B0801420</t>
+  </si>
+  <si>
+    <t>7567.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая без крышки;стекло;0,5л;D=92,H=136мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148565</t>
+  </si>
+  <si>
+    <t>349750FSA121990</t>
+  </si>
+  <si>
+    <t>1741.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая без крышки;стекло;250мл;D=65/80,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148566</t>
+  </si>
+  <si>
+    <t>357750FSA121990</t>
+  </si>
+  <si>
+    <t>1548.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая без крышки;стекло;150мл;D=87,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148567</t>
+  </si>
+  <si>
+    <t>357760FSB121990</t>
+  </si>
+  <si>
+    <t>1001.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло,резина;0,92л;D=94,H=185мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148573</t>
+  </si>
+  <si>
+    <t>97560/b</t>
+  </si>
+  <si>
+    <t>1477.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло;2л;,H=24,5,L=12,B=12см;прозр.</t>
+  </si>
+  <si>
+    <t>04148574</t>
+  </si>
+  <si>
+    <t>5845.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фиш&amp;Фиш» круглая с крышкой;стекло;0,75л;D=11,H=11,5см;зелен.</t>
+  </si>
+  <si>
+    <t>04148577</t>
+  </si>
+  <si>
+    <t>B0816764</t>
+  </si>
+  <si>
+    <t>Fish&amp;Fish</t>
+  </si>
+  <si>
+    <t>12390.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» круглая с крышкой;стекло,дерево;0,575л;D=90,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148578</t>
+  </si>
+  <si>
+    <t>43573/b</t>
+  </si>
+  <si>
+    <t>Woody</t>
+  </si>
+  <si>
+    <t>2485.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» круглая с крышкой;стекло,дерево;0,86л;D=90,H=138мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148579</t>
+  </si>
+  <si>
+    <t>43583/b</t>
+  </si>
+  <si>
+    <t>2884.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» круглая с крышкой;стекло,дерево;1,13л;D=90,H=178мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148580</t>
+  </si>
+  <si>
+    <t>43593/b</t>
+  </si>
+  <si>
+    <t>3304.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» с крышкой;стекло;200мл;D=89,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148589</t>
+  </si>
+  <si>
+    <t>354757MDE121990</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой открытая прокладка;стекло,силикон;250мл;D=8,H=9см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>04148590</t>
+  </si>
+  <si>
+    <t>Optima</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло,силикон;0,5л;D=90,H=131мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148591</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;0,8л;,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>04148592</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;100мл;D=54,H=79мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148593</t>
+  </si>
+  <si>
+    <t>1202.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая без крышки;стекло;200мл;D=89,H=85мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148594</t>
+  </si>
+  <si>
+    <t>354757VSZ121990</t>
+  </si>
+  <si>
+    <t>1448.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Пучадос» квадратная с крышкой;стекло,пробка натур.;0,5л;,H=11,L=9,B=9см;прозр.</t>
+  </si>
+  <si>
+    <t>04148599</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Puchados</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>3974.00₸</t>
+  </si>
+  <si>
+    <t>Банка для сыпучих продуктов ,стекло;силикон,металл;0,56л;прозр.</t>
+  </si>
+  <si>
+    <t>04148606</t>
+  </si>
+  <si>
+    <t>1183.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;275мл;,H=115,L=60,B=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148608</t>
+  </si>
+  <si>
+    <t>1092.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой закрытая прокладка;стекло,силикон;250мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>04148616</t>
+  </si>
+  <si>
+    <t>УТ-00000115</t>
+  </si>
+  <si>
+    <t>1232.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло,силикон;250мл;D=75,H=89мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148618</t>
+  </si>
+  <si>
+    <t>000000156</t>
+  </si>
+  <si>
+    <t>Банка «Китчен Слим» круглая с крышкой;стекло;0,575л;D=8,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>04148619</t>
+  </si>
+  <si>
+    <t>96763/b</t>
+  </si>
+  <si>
+    <t>Kitchen Slim</t>
+  </si>
+  <si>
+    <t>1792.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Китчен Слим» круглая с крышкой;стекло;0,86л;D=80,H=193мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148620</t>
+  </si>
+  <si>
+    <t>96762/b</t>
+  </si>
+  <si>
+    <t>1848.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Оффисина 1825» круглая с крышкой;стекло;1л;D=11,1,H=16,4см;прозр.</t>
+  </si>
+  <si>
+    <t>04148624</t>
+  </si>
+  <si>
+    <t>540635FSF121990</t>
+  </si>
+  <si>
+    <t>Officina1825</t>
+  </si>
+  <si>
+    <t>4736.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Оффисина 1825» круглая с крышкой;стекло;0,75л;D=10,8,H=13,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04148625</t>
+  </si>
+  <si>
+    <t>540636FSF121990</t>
+  </si>
+  <si>
+    <t>4328.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Оффисина 1825» круглая с крышкой;стекло;0,5л;D=97,H=123мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148626</t>
+  </si>
+  <si>
+    <t>540637FSF121990</t>
+  </si>
+  <si>
+    <t>3427.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Оффисина 1825» круглая с крышкой;стекло;350мл;D=91,H=103мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148627</t>
+  </si>
+  <si>
+    <t>540638FSF121990</t>
+  </si>
+  <si>
+    <t>3504.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Лавана» квадратная с крышкой и этикеткой;стекло;1,5л;,H=22,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04148628</t>
+  </si>
+  <si>
+    <t>149230MRG321656</t>
+  </si>
+  <si>
+    <t>Lavagna</t>
+  </si>
+  <si>
+    <t>Банка «Лавана» квадратная с крышкой и этикеткой;стекло;1л;,H=16,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04148629</t>
+  </si>
+  <si>
+    <t>149220MRG321656</t>
+  </si>
+  <si>
+    <t>7231.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Лавана» квадратная с крышкой;стекло;0,75л;,H=13,6,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04148630</t>
+  </si>
+  <si>
+    <t>149280MRG321656</t>
+  </si>
+  <si>
+    <t>6607.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» квадратная с крышкой;стекло,дерево;1л;,H=11,L=14,B=14см;прозр.,бежев.</t>
+  </si>
+  <si>
+    <t>04148636</t>
+  </si>
+  <si>
+    <t>9996.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» квадратная с крышкой;стекло,дерево;2л;,H=17,L=14,B=14см;прозр.,бежев.</t>
+  </si>
+  <si>
+    <t>04148637</t>
+  </si>
+  <si>
+    <t>10955.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» квадратная с крышкой;стекло,дерево;2,5л;,H=21,5,L=14,B=14см;прозр.</t>
+  </si>
+  <si>
+    <t>04148638</t>
+  </si>
+  <si>
+    <t>12516.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;350мл;,H=11,L=8,B=8см;прозр.</t>
+  </si>
+  <si>
+    <t>04148640</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;0,65л;D=8,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>04148641</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло,силикон;250мл;D=8,H=9см;прозр.</t>
+  </si>
+  <si>
+    <t>04148642</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;100мл;,H=75,L=55,B=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148940</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло;0,56л;D=9см;прозр.</t>
+  </si>
+  <si>
+    <t>09100872</t>
+  </si>
+  <si>
+    <t>In Situ</t>
+  </si>
+  <si>
+    <t>2744.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;стекло,пластик;250мл;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04142275</t>
+  </si>
+  <si>
+    <t>4172.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;полипроп.;2л;,H=283,L=95,B=95мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04141975</t>
+  </si>
+  <si>
+    <t>Phibo</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
   </si>
   <si>
     <t>21 шт.</t>
-  </si>
-[...844 lines deleted...]
-    <t>20 шт.</t>
   </si>
   <si>
     <t>Банка квадратная с крышкой;полипроп.;1,3л;,H=190,L=95,B=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141973</t>
   </si>
   <si>
     <t>Банка квадратная с крышкой;полипроп.;0,6л;,H=95,L=95,B=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141974</t>
   </si>
   <si>
     <t>963.00₸</t>
   </si>
   <si>
     <t>Банка круглая с крышкой;полипроп.;0,6л;D=100,H=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141976</t>
   </si>
   <si>
     <t>Банка «Кватро Стаджони» круглая с крышкой;стекло;3,175л;D=16,H=21,8см;прозр.</t>
   </si>
@@ -5181,1534 +5184,1534 @@
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D20" s="0">
         <v>83310</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="L20" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D25" s="0">
         <v>83309</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D26" s="0">
         <v>70996</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>68</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="E27" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L28" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="F29" s="0" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="L29" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L31" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="E32" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>160</v>
-      </c>
-[...7 lines deleted...]
-        <v>162</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="E34" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="F34" s="0" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="E39" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="F39" s="0" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>203</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>204</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>207</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>208</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>75</v>
+        <v>209</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D44" s="0">
         <v>466799</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>65</v>
+        <v>186</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D55" s="0">
         <v>82328</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D61" s="0">
         <v>4148590</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>284</v>
+        <v>57</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>286</v>
       </c>
       <c r="D62" s="0">
         <v>4148591</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>287</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>57</v>
       </c>
       <c r="L62" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>289</v>
       </c>
       <c r="D63" s="0">
         <v>4148592</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>290</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>291</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>293</v>
       </c>
       <c r="D64" s="0">
         <v>4148593</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="L64" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>297</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>298</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>57</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>300</v>
@@ -6724,216 +6727,216 @@
       </c>
       <c r="G66" s="0" t="s">
         <v>303</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>304</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>305</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>306</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>307</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>308</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>309</v>
       </c>
       <c r="D68" s="0">
         <v>4148608</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>310</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>84</v>
+        <v>200</v>
       </c>
       <c r="L68" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>312</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>313</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>314</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>315</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>317</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>318</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>314</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>320</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>321</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>322</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>323</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L71" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>325</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>326</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>322</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>327</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>328</v>
@@ -6973,51 +6976,51 @@
         <v>333</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>334</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>335</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>331</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>336</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>104</v>
+        <v>186</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>338</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>339</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>331</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>55</v>
       </c>
@@ -7164,634 +7167,634 @@
         <v>356</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>357</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>358</v>
       </c>
       <c r="D80" s="0">
         <v>82255</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>359</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>360</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>361</v>
       </c>
       <c r="D81" s="0">
         <v>82256</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>362</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>364</v>
       </c>
       <c r="D82" s="0">
         <v>82257</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>365</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>367</v>
       </c>
       <c r="D83" s="0">
         <v>4148640</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>368</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>57</v>
       </c>
       <c r="L83" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>369</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>370</v>
       </c>
       <c r="D84" s="0">
         <v>4148641</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L84" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>372</v>
       </c>
       <c r="D85" s="0">
         <v>4148642</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>314</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D86" s="0">
         <v>4148940</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D87" s="0">
         <v>532524</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D88" s="0"/>
       <c r="E88" s="0"/>
       <c r="F88" s="0"/>
       <c r="G88" s="0"/>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D89" s="0">
         <v>440100313</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D90" s="0">
         <v>440200313</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
       <c r="L90" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D91" s="0">
         <v>440300313</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>386</v>
+        <v>186</v>
       </c>
       <c r="L91" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D92" s="0">
         <v>440300213</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="L92" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="0"/>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D95" s="0">
         <v>82252</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D96" s="0">
         <v>82250</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D97" s="0">
         <v>82253</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D98" s="0">
         <v>82251</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>102</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>69</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>