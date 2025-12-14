--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2262">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -140,4730 +140,4748 @@
   <si>
     <t>2819.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;4,5л;,H=14,L=28,B=18,3см;прозр.</t>
   </si>
   <si>
     <t>02050518</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>Tex-Box</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>1925.00₸</t>
   </si>
   <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;10л;,H=14,L=38,B=28см;прозр.</t>
+  </si>
+  <si>
+    <t>02050519</t>
+  </si>
+  <si>
+    <t>3042.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;21л;,H=27,2,L=38,B=28см;прозр.</t>
+  </si>
+  <si>
+    <t>02050520</t>
+  </si>
+  <si>
+    <t>4197.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;28л;,H=17,L=57,B=38см;прозр.</t>
+  </si>
+  <si>
+    <t>02050521</t>
+  </si>
+  <si>
+    <t>6083.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов для фруктов 4 отделения;пластик;,H=90,L=495,B=156мм;черный</t>
+  </si>
+  <si>
+    <t>02120904</t>
+  </si>
+  <si>
+    <t>CHD015</t>
+  </si>
+  <si>
+    <t>Co-rect</t>
+  </si>
+  <si>
+    <t>27279.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 4 отделения с крышкой;абс-пластик,полипроп.;,H=9,L=50,B=16</t>
+  </si>
+  <si>
+    <t>02120914</t>
+  </si>
+  <si>
+    <t>JD-B4B</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>Контейнеры для фруктов и специй</t>
+  </si>
+  <si>
+    <t>17178.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 5 отделений с крышкой;абс-пластик,полипроп.;,H=97,L=490,B=</t>
+  </si>
+  <si>
+    <t>02120915</t>
+  </si>
+  <si>
+    <t>JD-B5B</t>
+  </si>
+  <si>
+    <t>14784.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 6 отделений с крышкой;абс-пластик,полипроп.;,H=97,L=490,B=</t>
+  </si>
+  <si>
+    <t>02120916</t>
+  </si>
+  <si>
+    <t>JD-B6B</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой 5 отделений;поликарбонат;,H=11,5,L=42,B=15,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02120917</t>
+  </si>
+  <si>
+    <t>44947-03</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>29830.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 6 отделений с крышкой + 2 отделения для трубочек;пластик;,</t>
+  </si>
+  <si>
+    <t>02120923</t>
+  </si>
+  <si>
+    <t>JW-BN6D</t>
+  </si>
+  <si>
+    <t>24171.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 3 отделения с крышкой + 2 отделения для трубочек;пластик;,</t>
+  </si>
+  <si>
+    <t>02120924</t>
+  </si>
+  <si>
+    <t>JW-BN3/JW-BN3D</t>
+  </si>
+  <si>
+    <t>36183.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Пробар» 6 отделений с крышкой + 2 отделения для трубочек;пластик;,H=</t>
+  </si>
+  <si>
+    <t>02120925</t>
+  </si>
+  <si>
+    <t>JW-BN6L</t>
+  </si>
+  <si>
+    <t>Probar</t>
+  </si>
+  <si>
+    <t>31206.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Чехол для сифона термостойкий 1л[3шт];резина;,H=66,L=45,B=35мм;красный</t>
+  </si>
+  <si>
+    <t>02140538</t>
+  </si>
+  <si>
+    <t>Isi</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>Чехлы, сумки, чемоданы</t>
+  </si>
+  <si>
+    <t>16140.00₸</t>
+  </si>
+  <si>
+    <t>Чехол для сифона термостойкий 0,5л[3шт];резина;красный</t>
+  </si>
+  <si>
+    <t>02140540</t>
+  </si>
+  <si>
+    <t>19481.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло;2л;D=15,H=21,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080290</t>
+  </si>
+  <si>
+    <t>6033/2вел-27247</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>Банки</t>
+  </si>
+  <si>
+    <t>15631.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;300мл;D=7,H=9см;серебрист</t>
+  </si>
+  <si>
+    <t>03171957</t>
+  </si>
+  <si>
+    <t>47022-12</t>
+  </si>
+  <si>
+    <t>16563.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;34л;,H=17,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04011050</t>
+  </si>
+  <si>
+    <t>44511-34</t>
+  </si>
+  <si>
+    <t>40510.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов 12183CW, 12183CW;поликарбонат;,L=45,7,B=30,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011210</t>
+  </si>
+  <si>
+    <t>1218CCW135</t>
+  </si>
+  <si>
+    <t>8925.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой[2шт];пластик;1л;D=11,H=14,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011249</t>
+  </si>
+  <si>
+    <t>A0011320</t>
+  </si>
+  <si>
+    <t>3391.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для посуды;пластик;,H=12,7,L=52,B=39см;серый</t>
+  </si>
+  <si>
+    <t>04011259</t>
+  </si>
+  <si>
+    <t>44031-04</t>
+  </si>
+  <si>
+    <t>Контейнеры для посуды</t>
+  </si>
+  <si>
+    <t>15685.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;33,1л;,H=15,L=66,B=46см;прозр.</t>
+  </si>
+  <si>
+    <t>04011262</t>
+  </si>
+  <si>
+    <t>18266CW135</t>
+  </si>
+  <si>
+    <t>52461.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов 18263CW, 18266CW, 18269CW, 182612CW, 182615CW;поликарбонат;,L=66</t>
+  </si>
+  <si>
+    <t>04011263</t>
+  </si>
+  <si>
+    <t>1826CCW135</t>
+  </si>
+  <si>
+    <t>26442.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов</t>
+  </si>
+  <si>
+    <t>04011311</t>
+  </si>
+  <si>
+    <t>0116</t>
+  </si>
+  <si>
+    <t>877.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов на колесах;поликарбонат;161л;,H=74,L=75,B=47см;белый</t>
+  </si>
+  <si>
+    <t>04011334</t>
+  </si>
+  <si>
+    <t>IB44148</t>
+  </si>
+  <si>
+    <t>Контейнеры для сыпучих продуктов</t>
+  </si>
+  <si>
+    <t>301879.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;12л;,H=21,L=28,5,B=28,5см;белый</t>
+  </si>
+  <si>
+    <t>04011370</t>
+  </si>
+  <si>
+    <t>P-064P</t>
+  </si>
+  <si>
+    <t>17164.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов «Проотель» 2л и 4л;полиэтилен;,H=15,L=187,B=187мм;зелен.</t>
+  </si>
+  <si>
+    <t>04011377</t>
+  </si>
+  <si>
+    <t>P-080</t>
+  </si>
+  <si>
+    <t>1365.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов «Проотель» 6л и 8л;полиэтилен;,L=23,B=23см;красный</t>
+  </si>
+  <si>
+    <t>04011378</t>
+  </si>
+  <si>
+    <t>P-081</t>
+  </si>
+  <si>
+    <t>1869.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов «Проотель» 12л, 18л и 22л;полиэтилен;,L=29,B=29см;синий</t>
+  </si>
+  <si>
+    <t>04011379</t>
+  </si>
+  <si>
+    <t>P-082</t>
+  </si>
+  <si>
+    <t>3206.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;2л;,H=10,L=17,8,B=17,8см;белый</t>
+  </si>
+  <si>
+    <t>04011380</t>
+  </si>
+  <si>
+    <t>P-060P</t>
+  </si>
+  <si>
+    <t>2240.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;4л;,H=19,L=17,8,B=17,8см;белый</t>
+  </si>
+  <si>
+    <t>04011381</t>
+  </si>
+  <si>
+    <t>P-061P</t>
+  </si>
+  <si>
+    <t>4291.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;6л;,H=19,L=22,5,B=22,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011382</t>
+  </si>
+  <si>
+    <t>P-062P</t>
+  </si>
+  <si>
+    <t>10171.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;8л;,H=23,L=22,5,B=22,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011383</t>
+  </si>
+  <si>
+    <t>P-063P</t>
+  </si>
+  <si>
+    <t>9163.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;18л;,H=32,L=28,5,B=28,5см;белый</t>
+  </si>
+  <si>
+    <t>04011384</t>
+  </si>
+  <si>
+    <t>P-065P</t>
+  </si>
+  <si>
+    <t>16667.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;22л;,H=40,L=28,5,B=28,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011385</t>
+  </si>
+  <si>
+    <t>P-066P</t>
+  </si>
+  <si>
+    <t>18739.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;10л;,H=23,L=30,B=22см;прозр.</t>
+  </si>
+  <si>
+    <t>04011387</t>
+  </si>
+  <si>
+    <t>К-10</t>
+  </si>
+  <si>
+    <t>NS</t>
+  </si>
+  <si>
+    <t>3273.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;6л;,H=14,L=30,B=22см;прозр.</t>
+  </si>
+  <si>
+    <t>04011388</t>
+  </si>
+  <si>
+    <t>К-6</t>
+  </si>
+  <si>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;8л;,H=17,L=30,B=22см;прозр.</t>
+  </si>
+  <si>
+    <t>04011389</t>
+  </si>
+  <si>
+    <t>К-8</t>
+  </si>
+  <si>
+    <t>2873.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для хлеба перфорированный;полиэтилен;40л;,H=34,L=57,B=36см;белый</t>
+  </si>
+  <si>
+    <t>04011390</t>
+  </si>
+  <si>
+    <t>44982-04</t>
+  </si>
+  <si>
+    <t>Контейнеры для хлеба</t>
+  </si>
+  <si>
+    <t>16887.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для хлеба перфорированный;полиэтилен;60л;,H=35,L=66,B=45см;белый</t>
+  </si>
+  <si>
+    <t>04011392</t>
+  </si>
+  <si>
+    <t>44982-06</t>
+  </si>
+  <si>
+    <t>22585.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для хлеба перфорированный;полиэтилен;100л;,H=40,L=78,B=52см;белый</t>
+  </si>
+  <si>
+    <t>04011393</t>
+  </si>
+  <si>
+    <t>44982-10</t>
+  </si>
+  <si>
+    <t>51706.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;14л;,H=75,L=600,B=400мм;белый</t>
+  </si>
+  <si>
+    <t>04011433</t>
+  </si>
+  <si>
+    <t>41762-07</t>
+  </si>
+  <si>
+    <t>Контейнеры для теста</t>
+  </si>
+  <si>
+    <t>20405.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;19л;,H=95,L=600,B=400мм;белый</t>
+  </si>
+  <si>
+    <t>04011436</t>
+  </si>
+  <si>
+    <t>41762-09</t>
+  </si>
+  <si>
+    <t>22654.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;0,9л;D=15,4,H=12,7см;белый</t>
+  </si>
+  <si>
+    <t>04011469</t>
+  </si>
+  <si>
+    <t>RFS1148</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов RFS1, RFS1PP;полиэтилен;D=15,4см;белый</t>
+  </si>
+  <si>
+    <t>04011470</t>
+  </si>
+  <si>
+    <t>RFSC1148</t>
+  </si>
+  <si>
+    <t>1017.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;пластик;3,8л;,H=18,7,L=18,5,B=18,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04011472</t>
+  </si>
+  <si>
+    <t>4SFSCW135</t>
+  </si>
+  <si>
+    <t>Camsquare</t>
+  </si>
+  <si>
+    <t>10927.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;5,7л;,H=18,5,L=21,5,B=21,5см;белый</t>
+  </si>
+  <si>
+    <t>04011473</t>
+  </si>
+  <si>
+    <t>6SFSP148</t>
+  </si>
+  <si>
+    <t>6769.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста без крышки;полипроп.;,H=7,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011474</t>
+  </si>
+  <si>
+    <t>ACONTEN</t>
+  </si>
+  <si>
+    <t>Zio Pepe</t>
+  </si>
+  <si>
+    <t>21491.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста без крышки;полипроп.;,H=10,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011475</t>
+  </si>
+  <si>
+    <t>ACONTEN2</t>
+  </si>
+  <si>
+    <t>24879.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для теста арт.4011474, 4011475;полипроп.;,L=60,5,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011476</t>
+  </si>
+  <si>
+    <t>ACOPER</t>
+  </si>
+  <si>
+    <t>Крышки для контейнеров для теста</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;44,2л;,H=22,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011477</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>40749.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;64,5л;,H=32,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011478</t>
+  </si>
+  <si>
+    <t>47078.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для теста арт.510111, 510112;полипроп.;,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011479</t>
+  </si>
+  <si>
+    <t>19928.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов на колесах;полиэтилен;89л;,H=67,2,L=61,B=47см;белый</t>
+  </si>
+  <si>
+    <t>04011480</t>
+  </si>
+  <si>
+    <t>543289.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;пластик;50л;,H=30,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04011489</t>
+  </si>
+  <si>
+    <t>53477.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;35,6л;,H=17,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04011496</t>
+  </si>
+  <si>
+    <t>27774.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов;полипроп.;,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04011497</t>
+  </si>
+  <si>
+    <t>10249.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для тортильи с крышкой;пластик;D=325,H=70,L=320,B=320мм;черный</t>
+  </si>
+  <si>
+    <t>04011503</t>
+  </si>
+  <si>
+    <t>071703</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>39432.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для тортильи;пластик;D=31,5,H=13,5,L=32,5,B=32,5см;черный</t>
+  </si>
+  <si>
+    <t>04011504</t>
+  </si>
+  <si>
+    <t>070703</t>
+  </si>
+  <si>
+    <t>43398.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для тортильи с крышкой;поликарбонат;D=184,H=49мм;красный</t>
+  </si>
+  <si>
+    <t>04011523</t>
+  </si>
+  <si>
+    <t>047005</t>
+  </si>
+  <si>
+    <t>11142.00₸</t>
+  </si>
+  <si>
+    <t>Задняя часть крышки для контейнера для сыпучих продуктов IBS27148;поликарбонат;прозр.</t>
+  </si>
+  <si>
+    <t>04011538</t>
+  </si>
+  <si>
+    <t>19759.00₸</t>
+  </si>
+  <si>
+    <t>Передняя часть крышки для контейнера для сыпучих продуктов IBS27148;поликарбонат;прозр.</t>
+  </si>
+  <si>
+    <t>04011539</t>
+  </si>
+  <si>
+    <t>18627.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;40л;,H=30,L=50,B=34см;белый</t>
+  </si>
+  <si>
+    <t>04011810</t>
+  </si>
+  <si>
+    <t>41881.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;100л;,H=40,L=80,B=52см;белый</t>
+  </si>
+  <si>
+    <t>04011812</t>
+  </si>
+  <si>
+    <t>71018.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;60л;,H=30,L=62,B=42см;белый</t>
+  </si>
+  <si>
+    <t>04011813</t>
+  </si>
+  <si>
+    <t>52476.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой и тележкой;полиэтилен;75,7л;D=49,5,H=58см;белый</t>
+  </si>
+  <si>
+    <t>04011824</t>
+  </si>
+  <si>
+    <t>236460.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;23,9л;,H=12,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04011832</t>
+  </si>
+  <si>
+    <t>32718.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;20л;,H=14,L=53,B=41см;белый</t>
+  </si>
+  <si>
+    <t>04011837</t>
+  </si>
+  <si>
+    <t>38108.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для теста 510501, 510505;полипроп.;,L=53,B=41см;белый</t>
+  </si>
+  <si>
+    <t>04011838</t>
+  </si>
+  <si>
+    <t>20652.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «БРЮТ»;полиэтилен;75,7л;D=49,5,H=58см;белый</t>
+  </si>
+  <si>
+    <t>04011856</t>
+  </si>
+  <si>
+    <t>107569.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов «БРЮТ» 510516;полиэтилен;D=50см;белый</t>
+  </si>
+  <si>
+    <t>04011857</t>
+  </si>
+  <si>
+    <t>21560.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;10л;,H=8,L=53,B=41см;белый</t>
+  </si>
+  <si>
+    <t>04011858</t>
+  </si>
+  <si>
+    <t>25772.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Термоконтейнер с электрическим подогревом и фронтальной загрузкой;полиэтилен;,H=63,2,L=70,9,B=47,8см</t>
+  </si>
+  <si>
+    <t>04012137</t>
+  </si>
+  <si>
+    <t>SHERPA</t>
+  </si>
+  <si>
+    <t>Термоконтейнеры</t>
+  </si>
+  <si>
+    <t>1681149.00₸</t>
+  </si>
+  <si>
+    <t>Термоконтейнер 2 секции;полипроп.;,H=16,5,L=42,5,B=26,5см;синий</t>
+  </si>
+  <si>
+    <t>04012148</t>
+  </si>
+  <si>
+    <t>44976-02</t>
+  </si>
+  <si>
+    <t>47964.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 3 отделения с крышкой;сталь нерж.,пластик;,H=85,L=450,B=14</t>
+  </si>
+  <si>
+    <t>04012303</t>
+  </si>
+  <si>
+    <t>CD3</t>
+  </si>
+  <si>
+    <t>16940.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 5 отделений с крышкой;сталь нерж.,пластик;,H=85,L=380,B=14</t>
+  </si>
+  <si>
+    <t>04012304</t>
+  </si>
+  <si>
+    <t>CD5</t>
+  </si>
+  <si>
+    <t>18760.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 4 отделения с крышкой;сталь нерж.,пластик;,H=85,L=305,B=14</t>
+  </si>
+  <si>
+    <t>04012305</t>
+  </si>
+  <si>
+    <t>CD4</t>
+  </si>
+  <si>
+    <t>12166.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 6 отделений с крышкой;сталь нерж.,пластик;,H=85,L=455,B=14</t>
+  </si>
+  <si>
+    <t>04012306</t>
+  </si>
+  <si>
+    <t>CD6</t>
+  </si>
+  <si>
+    <t>21497.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй «Проотель» 8 отделений с крышкой;сталь нерж.,пластик;,H=85,L=605,B=14</t>
+  </si>
+  <si>
+    <t>04012307</t>
+  </si>
+  <si>
+    <t>CD8</t>
+  </si>
+  <si>
+    <t>24269.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для специй с охлаждающими элементами (2 шт) и гастроемкостями GN 1/9 (5 шт);сталь нерж.;,H</t>
+  </si>
+  <si>
+    <t>04012308</t>
+  </si>
+  <si>
+    <t>556641.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй 6 отделений с крышкой;полипроп.,поликарбонат;,H=10,L=50,B=16см;черный</t>
+  </si>
+  <si>
+    <t>04012309</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>18619.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для фруктов и специй с крышкой;сталь нерж.,абс-пластик;,H=10,L=47,B=16см;серебрист.</t>
+  </si>
+  <si>
+    <t>04012310</t>
+  </si>
+  <si>
+    <t>41782-06</t>
+  </si>
+  <si>
+    <t>38277.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;64,4л;,H=30,L=66,B=46см;прозр.</t>
+  </si>
+  <si>
+    <t>04012403</t>
+  </si>
+  <si>
+    <t>182612CW135</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>87996.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;64,5л;,H=32,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04012406</t>
+  </si>
+  <si>
+    <t>34373.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;5л;,H=12,L=33,B=19см;прозр.</t>
+  </si>
+  <si>
+    <t>04012417</t>
+  </si>
+  <si>
+    <t>Кристалл</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;9л;,H=85,L=400,B=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>04012418</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;18л;,H=17,L=40,B=33,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04012419</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;46л;,H=29,L=56,B=39,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04012420</t>
+  </si>
+  <si>
+    <t>8701.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;31л;,H=19,5,L=56,B=39,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04012421</t>
+  </si>
+  <si>
+    <t>7431.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов 18263CW, 18266CW, 18269CW, 182612CW, 182615CW раздвижная;поликар</t>
+  </si>
+  <si>
+    <t>04012445</t>
+  </si>
+  <si>
+    <t>1826SCCW135</t>
+  </si>
+  <si>
+    <t>35243.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;6,6л;,H=90,L=460,B=305мм;прозр.</t>
+  </si>
+  <si>
+    <t>04012458</t>
+  </si>
+  <si>
+    <t>12183CW135</t>
+  </si>
+  <si>
+    <t>15770.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Дуобокс» перфорированный;полипроп.;0,6л;,H=29,5,L=23,8,B=15,4см;прозр.,желт</t>
+  </si>
+  <si>
+    <t>04012478</t>
+  </si>
+  <si>
+    <t>DUOBOX</t>
+  </si>
+  <si>
+    <t>61331.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;,H=15,L=53,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04012480</t>
+  </si>
+  <si>
+    <t>31039.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;поликарбонат;0,9л;D=15,4,H=12,7см;прозр.</t>
+  </si>
+  <si>
+    <t>04012508</t>
+  </si>
+  <si>
+    <t>RFSCW1135</t>
+  </si>
+  <si>
+    <t>4466.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;10л;,H=10,L=40,B=30см;белый</t>
+  </si>
+  <si>
+    <t>04012529</t>
+  </si>
+  <si>
+    <t>14731.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;,H=65,L=648,B=424мм;белый</t>
+  </si>
+  <si>
+    <t>04012530</t>
+  </si>
+  <si>
+    <t>18057.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;90л;D=51,H=70см;белый</t>
+  </si>
+  <si>
+    <t>04012531</t>
+  </si>
+  <si>
+    <t>92246.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;пластик;11,4л;,H=21,L=31,B=25,6см;белый</t>
+  </si>
+  <si>
+    <t>04012573</t>
+  </si>
+  <si>
+    <t>12SFSP148</t>
+  </si>
+  <si>
+    <t>12336.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов 12SFSP, 18SFSP, 22SFSP;полиэтилен;,L=25,6,B=25,6см;синий</t>
+  </si>
+  <si>
+    <t>04012574</t>
+  </si>
+  <si>
+    <t>SFC12453</t>
+  </si>
+  <si>
+    <t>5383.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;11,4л;D=37,8,H=21,3см;белый</t>
+  </si>
+  <si>
+    <t>04012576</t>
+  </si>
+  <si>
+    <t>RFS12148</t>
+  </si>
+  <si>
+    <t>14553.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов RFS12,RFS18,RFS22;полиэтилен;D=37,8см;белый</t>
+  </si>
+  <si>
+    <t>04012577</t>
+  </si>
+  <si>
+    <t>RFSC12148</t>
+  </si>
+  <si>
+    <t>4567.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;5,7л;D=25,2,H=20,2см;белый</t>
+  </si>
+  <si>
+    <t>04012578</t>
+  </si>
+  <si>
+    <t>RFS6148</t>
+  </si>
+  <si>
+    <t>6199.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов RFSCW6, RFSCW8;поликарбонат;D=25,2см;прозр.</t>
+  </si>
+  <si>
+    <t>04012579</t>
+  </si>
+  <si>
+    <t>RFSC6148</t>
+  </si>
+  <si>
+    <t>2018.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;33,1л;,H=15,L=66,B=46см;белый</t>
+  </si>
+  <si>
+    <t>04012580</t>
+  </si>
+  <si>
+    <t>18266P148</t>
+  </si>
+  <si>
+    <t>39686.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;0,76л;D=13,3,H=13,7см;прозр.</t>
+  </si>
+  <si>
+    <t>04012581</t>
+  </si>
+  <si>
+    <t>CCP12152</t>
+  </si>
+  <si>
+    <t>6561.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полиэтилен;45л;D=42,H=42,L=48,B=42см;белый</t>
+  </si>
+  <si>
+    <t>04012586</t>
+  </si>
+  <si>
+    <t>54555.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов для яиц на 120 штук с крышкой + 4 лотка;полипроп.;,H=20,L=35,4,B=32,5см;проз</t>
+  </si>
+  <si>
+    <t>04012587</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>55417.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;2л;,H=90,L=190,B=157мм;прозр.</t>
+  </si>
+  <si>
+    <t>04012594</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;1,25л;,H=75,L=210,B=160мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04012595</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;2,1л;,H=90,L=190,B=185мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04012596</t>
+  </si>
+  <si>
+    <t>1155.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;450мл;,H=40,L=155,B=100мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04012597</t>
+  </si>
+  <si>
+    <t>362.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;3,4л;,H=85,L=290,B=190мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04012598</t>
+  </si>
+  <si>
+    <t>1502.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов RFSCW1;поликарбонат;D=15,4см;прозр.</t>
+  </si>
+  <si>
+    <t>04012614</t>
+  </si>
+  <si>
+    <t>RFSCWC1135</t>
+  </si>
+  <si>
+    <t>1448.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;26л;,H=13,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04012801</t>
+  </si>
+  <si>
+    <t>41762-13</t>
+  </si>
+  <si>
+    <t>23971.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;20,8л;,H=40,L=31,B=25,6см;белый</t>
+  </si>
+  <si>
+    <t>04012809</t>
+  </si>
+  <si>
+    <t>22SFSP148</t>
+  </si>
+  <si>
+    <t>27235.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;42л;,H=22,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04012810</t>
+  </si>
+  <si>
+    <t>44511-42</t>
+  </si>
+  <si>
+    <t>37746.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для контейнера для посуды;полипроп.;,L=40,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04012818</t>
+  </si>
+  <si>
+    <t>44042-00</t>
+  </si>
+  <si>
+    <t>3412.00₸</t>
+  </si>
+  <si>
+    <t>Разделитель для контейнера для посуды;полипроп.;,L=40,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04012819</t>
+  </si>
+  <si>
+    <t>44043-00</t>
+  </si>
+  <si>
+    <t>8440.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;поликарбонат;18,9л;,H=9,L=66,B=46см;прозр.</t>
+  </si>
+  <si>
+    <t>04012833</t>
+  </si>
+  <si>
+    <t>18263CW135</t>
+  </si>
+  <si>
+    <t>28644.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;20л;,H=10,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04012838</t>
+  </si>
+  <si>
+    <t>24440.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для хлеба перфорированный;пластик;70л;,H=40,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04012839</t>
+  </si>
+  <si>
+    <t>35343.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;21л;,H=22,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04012868</t>
+  </si>
+  <si>
+    <t>44521-21</t>
+  </si>
+  <si>
+    <t>18326.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;31л;,H=32,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04012869</t>
+  </si>
+  <si>
+    <t>44521-31</t>
+  </si>
+  <si>
+    <t>19343.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;62л;,H=38,L=67,B=46см;серый</t>
+  </si>
+  <si>
+    <t>04013637</t>
+  </si>
+  <si>
+    <t>44033-38</t>
+  </si>
+  <si>
+    <t>75607.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;поликарбонат;5,7л;D=25,2,H=20,2см;прозр.</t>
+  </si>
+  <si>
+    <t>04013638</t>
+  </si>
+  <si>
+    <t>RFSCW6135</t>
+  </si>
+  <si>
+    <t>11989.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов на колесах;поликарбонат;102л;,H=72,5,L=76,5,B=33см;белый</t>
+  </si>
+  <si>
+    <t>04013653</t>
+  </si>
+  <si>
+    <t>IBSF27148</t>
+  </si>
+  <si>
+    <t>295788.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от 0 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04013655</t>
+  </si>
+  <si>
+    <t>102/black</t>
+  </si>
+  <si>
+    <t>Tara</t>
+  </si>
+  <si>
+    <t>Ящики</t>
+  </si>
+  <si>
+    <t>5891.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04013682</t>
+  </si>
+  <si>
+    <t>201/green</t>
+  </si>
+  <si>
+    <t>11165.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками с усилением;полипроп.;63,5л;,H=34,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04013688</t>
+  </si>
+  <si>
+    <t>28175.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов на колесах;полипроп.;79л;,H=71,L=74,B=33,5см;белый</t>
+  </si>
+  <si>
+    <t>04013702</t>
+  </si>
+  <si>
+    <t>49381-01</t>
+  </si>
+  <si>
+    <t>1101393.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой;полипроп.;0,5л;D=9,H=12см;прозр.</t>
+  </si>
+  <si>
+    <t>04013726</t>
+  </si>
+  <si>
+    <t>Винтаж</t>
+  </si>
+  <si>
+    <t>563.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой;полипроп.;1л;D=10,7,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>04013727</t>
+  </si>
+  <si>
+    <t>647.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой;полипроп.;1,5л;D=12,5,H=18см;прозр.</t>
+  </si>
+  <si>
+    <t>04013728</t>
+  </si>
+  <si>
+    <t>809.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;0,5л;D=107,H=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013729</t>
+  </si>
+  <si>
+    <t>747.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой;полипроп.;0,75л;D=125,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013730</t>
+  </si>
+  <si>
+    <t>586.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой;полипроп.;1,2л;D=14,H=11см;прозр.</t>
+  </si>
+  <si>
+    <t>04013731</t>
+  </si>
+  <si>
+    <t>778.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с крышкой;полипроп.;1,5л;,H=157,L=220,B=75мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013732</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриз» с крышкой для СВЧ;полипроп.;1,75л;,H=75,L=224,B=170мм;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>04013734</t>
+  </si>
+  <si>
+    <t>BREEZE</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриз» с крышкой для СВЧ;полипроп.;2,5л;,H=10,5,L=22,4,B=17см;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>04013735</t>
+  </si>
+  <si>
+    <t>824.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов на колесах;полипроп.;97,5л;,H=71,L=75,B=39,5см;белый</t>
+  </si>
+  <si>
+    <t>04013740</t>
+  </si>
+  <si>
+    <t>49381-02</t>
+  </si>
+  <si>
+    <t>627242.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов;полипроп.;0,5л;,H=75,L=150,B=70мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013748</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов;полипроп.;0,75л;,H=10,L=15,B=7см;прозр.</t>
+  </si>
+  <si>
+    <t>04013749</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов;полипроп.;1л;,H=135,L=150,B=70мм;прозр.,разноцветн.</t>
+  </si>
+  <si>
+    <t>04013750</t>
+  </si>
+  <si>
+    <t>878.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов;полипроп.;1,5л;,H=215,L=150,B=70мм;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04013751</t>
+  </si>
+  <si>
+    <t>1132.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полиэтилен;1,9л;D=20,8,H=11,1см;белый</t>
+  </si>
+  <si>
+    <t>04013774</t>
+  </si>
+  <si>
+    <t>RFS2148</t>
+  </si>
+  <si>
+    <t>3165.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;10л;,H=14,5,L=38,9,B=27,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013779</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;2,8л;,H=88,L=273,B=190мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013812</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,5л;,H=70,L=135,B=105мм;салатов.,пр</t>
+  </si>
+  <si>
+    <t>04013820</t>
+  </si>
+  <si>
+    <t>Smart Lock</t>
+  </si>
+  <si>
+    <t>801.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;0,6л;,H=7,L=13,B=13см;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>04013821</t>
+  </si>
+  <si>
+    <t>Safe-Food</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;16л;,H=21,5,L=38,9,B=27,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013846</t>
+  </si>
+  <si>
+    <t>3735.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;5,5л;,H=17,L=27,3,B=19см;прозр.</t>
+  </si>
+  <si>
+    <t>04013848</t>
+  </si>
+  <si>
+    <t>1887.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;22л;,H=28,6,L=38,9,B=27,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013849</t>
+  </si>
+  <si>
+    <t>43127520121/20116</t>
+  </si>
+  <si>
+    <t>3581.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;70л;,H=43,5,L=55,5,B=39см;прозр.</t>
+  </si>
+  <si>
+    <t>04013850</t>
+  </si>
+  <si>
+    <t>11550.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;4,2л;,H=12,4,L=29,B=19см;прозр.</t>
+  </si>
+  <si>
+    <t>04013851</t>
+  </si>
+  <si>
+    <t>2734.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;6,65л;,H=18,L=29,B=19см;прозр.</t>
+  </si>
+  <si>
+    <t>04013852</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;10л;,H=12,4,L=39,B=29см;прозр.</t>
+  </si>
+  <si>
+    <t>04013853</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;15,3л;,H=18,L=39,B=29см;прозр.</t>
+  </si>
+  <si>
+    <t>04013854</t>
+  </si>
+  <si>
+    <t>5467.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;5л;,H=15,L=33,B=19см;прозр.</t>
+  </si>
+  <si>
+    <t>04013856</t>
+  </si>
+  <si>
+    <t>К-5</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;9л;,H=21,L=36,B=18см;прозр.</t>
+  </si>
+  <si>
+    <t>04013857</t>
+  </si>
+  <si>
+    <t>К-9</t>
+  </si>
+  <si>
+    <t>2426.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;14л;,H=22,L=42,5,B=26,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013858</t>
+  </si>
+  <si>
+    <t>К-14</t>
+  </si>
+  <si>
+    <t>3727.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;19л;,H=23,L=47,B=29см;прозр.</t>
+  </si>
+  <si>
+    <t>04013859</t>
+  </si>
+  <si>
+    <t>К-19</t>
+  </si>
+  <si>
+    <t>4351.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;10л;,H=14,5,L=38,9,B=27,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013862</t>
+  </si>
+  <si>
+    <t>2719.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;9л;,H=85,L=400,B=335мм;прозр.</t>
+  </si>
+  <si>
+    <t>04013863</t>
+  </si>
+  <si>
+    <t>2942.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;18л;,H=17,L=40,B=33,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013864</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;46л;,H=29,L=55,5,B=39см;прозр.</t>
+  </si>
+  <si>
+    <t>04013867</t>
+  </si>
+  <si>
+    <t>7739.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Кристалл» с крышкой  ;полипроп.;31л;,H=19,L=55,5,B=39см;прозр.</t>
+  </si>
+  <si>
+    <t>04013868</t>
+  </si>
+  <si>
+    <t>6607.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,5л;,H=70,L=135,B=105мм;прозр.,мятн</t>
+  </si>
+  <si>
+    <t>04013869</t>
+  </si>
+  <si>
+    <t>1001.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,9л;,H=11,4,L=13,5,B=10,5см;прозр.,</t>
+  </si>
+  <si>
+    <t>04013870</t>
+  </si>
+  <si>
+    <t>1086.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,4л;,H=17,8,L=13,5,B=10,5см;прозр.,</t>
+  </si>
+  <si>
+    <t>04013871</t>
+  </si>
+  <si>
+    <t>1456.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,1л;,H=7,L=20,B=13см;прозр.,мятный</t>
+  </si>
+  <si>
+    <t>04013872</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,6л;,H=98,L=130,B=200мм;прозр.,мятн</t>
+  </si>
+  <si>
+    <t>04013873</t>
+  </si>
+  <si>
+    <t>1510.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1л;,H=7,L=16,B=16см;прозр.,мятный</t>
+  </si>
+  <si>
+    <t>04013874</t>
+  </si>
+  <si>
+    <t>1348.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,6л;,H=10,4,L=16,B=16см;прозр.,мятн</t>
+  </si>
+  <si>
+    <t>04013875</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,5л;,H=72,L=235,B=168мм;прозр.,голу</t>
+  </si>
+  <si>
+    <t>04013876</t>
+  </si>
+  <si>
+    <t>1810.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой;полипроп.;0,6л;,H=7,L=13,B=13см;прозр.,сиренев.</t>
+  </si>
+  <si>
+    <t>04013878</t>
+  </si>
+  <si>
+    <t>955.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой;полипроп.;1л;,H=8,L=16/16см;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04013879</t>
+  </si>
+  <si>
+    <t>1125.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;0,5л;,H=45,L=157,B=106мм;прозр.,сиренев.</t>
+  </si>
+  <si>
+    <t>04013880</t>
+  </si>
+  <si>
+    <t>Фриз</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;0,9л;D=149,H=73мм;прозр.,в ассорт.</t>
+  </si>
+  <si>
+    <t>04013882</t>
+  </si>
+  <si>
+    <t>SOFT TOP</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с завинчивающейся крышкой;полипроп.;1,8л;D=15,3,H=13,3см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04013884</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с завинчивающейся крышкой;полипроп.;3,2л;D=17,5,H=18см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04013885</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с крышкой;полипроп.;2л;,H=210,L=220,B=75мм;прозр.,бежев.</t>
+  </si>
+  <si>
+    <t>04013894</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов;полиэтилен;60л;,H=19,L=84,7,B=51,5см;белый</t>
+  </si>
+  <si>
+    <t>04013895</t>
+  </si>
+  <si>
+    <t>212-1 м</t>
+  </si>
+  <si>
+    <t>20328.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;44,2л;,H=22,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04013900</t>
+  </si>
+  <si>
+    <t>24841.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов RFCW6, RFCW8;поликарбонат;D=25,2см;прозр.</t>
+  </si>
+  <si>
+    <t>04013902</t>
+  </si>
+  <si>
+    <t>RFSCWC6135</t>
+  </si>
+  <si>
+    <t>4490.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов 12183CW, 12186CW, 12189CW раздвижная;поликарбонат;,L=45,7,B=30,5</t>
+  </si>
+  <si>
+    <t>04013904</t>
+  </si>
+  <si>
+    <t>1218SCCW135</t>
+  </si>
+  <si>
+    <t>22223.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;полипроп.;20,8л;,H=40,L=31,B=25,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04013927</t>
+  </si>
+  <si>
+    <t>22SFSPP190</t>
+  </si>
+  <si>
+    <t>21868.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов 12SFSCW, 18SFSCW, 22SFSCW;поликарбонат;,L=26,5,B=25,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04013933</t>
+  </si>
+  <si>
+    <t>SFC12SCPP190</t>
+  </si>
+  <si>
+    <t>4174.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов 2SFSCW, 4SFSCW;поликарбонат;,L=18,5,B=18,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04013936</t>
+  </si>
+  <si>
+    <t>SFC2SCPP190</t>
+  </si>
+  <si>
+    <t>2411.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов «SPKM» сплошной с крышкой (от 0 до +50°C);полипроп.;38л;,H=35,L=40,B=30см;синий</t>
+  </si>
+  <si>
+    <t>04013966</t>
+  </si>
+  <si>
+    <t>SPKM 4332-1</t>
+  </si>
+  <si>
+    <t>SPKM</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>7208.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;27л;,H=19,L=60,B=30см;синий</t>
+  </si>
+  <si>
+    <t>04013977</t>
+  </si>
+  <si>
+    <t>417 м/blue</t>
+  </si>
+  <si>
+    <t>9394.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>04013979</t>
+  </si>
+  <si>
+    <t>201-1/red</t>
+  </si>
+  <si>
+    <t>11897.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04013981</t>
+  </si>
+  <si>
+    <t>204/green</t>
+  </si>
+  <si>
+    <t>13522.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;,H=8,L=65,B=43см;белый</t>
+  </si>
+  <si>
+    <t>04013991</t>
+  </si>
+  <si>
+    <t>8355.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;,H=8,L=65,B=43см;голуб.</t>
+  </si>
+  <si>
+    <t>04013992</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для теста;полипроп.;,H=28,L=665,B=440мм;белый</t>
+  </si>
+  <si>
+    <t>04013993</t>
+  </si>
+  <si>
+    <t>5236.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для теста;полипроп.;,H=28,L=665,B=440мм;голуб.</t>
+  </si>
+  <si>
+    <t>04013994</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов RFSCW12,RFSCW18,RFSCW22;поликарбонат;D=37,8см;прозр.</t>
+  </si>
+  <si>
+    <t>04014213</t>
+  </si>
+  <si>
+    <t>RFSCWC12</t>
+  </si>
+  <si>
+    <t>11882.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04014222</t>
+  </si>
+  <si>
+    <t>201-1/blue</t>
+  </si>
+  <si>
+    <t>9618.00₸</t>
+  </si>
+  <si>
+    <t>Бочка с крышкой;полиэтилен;35л;D=38,H=40,5см;белый</t>
+  </si>
+  <si>
+    <t>04014237</t>
+  </si>
+  <si>
+    <t>БП 35</t>
+  </si>
+  <si>
+    <t>10472.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;40л;,H=13,8,L=78,8,B=47см;белый</t>
+  </si>
+  <si>
+    <t>04014238</t>
+  </si>
+  <si>
+    <t>15901.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов;полипроп.;,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04014257</t>
+  </si>
+  <si>
+    <t>41763-30</t>
+  </si>
+  <si>
+    <t>12551.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;1,5л;D=12,5,H=18см;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>04014299</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;6л;,H=19,L=22,5,B=22,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04014308</t>
+  </si>
+  <si>
+    <t>13537.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,55л;D=136,H=70мм;прозр.,мятный</t>
+  </si>
+  <si>
+    <t>04014322</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,15л;D=13,6,H=13,7см;прозр.,мятный</t>
+  </si>
+  <si>
+    <t>04014323</t>
+  </si>
+  <si>
+    <t>1540.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;1,3л;,H=80,L=180,B=125мм;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>04014324</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой;полипроп.;1,7л;,H=11,L=18,B=12,5см;прозр.,голуб.</t>
+  </si>
+  <si>
+    <t>04014325</t>
+  </si>
+  <si>
+    <t>901.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;0,75л;D=125,H=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>04014328</t>
+  </si>
+  <si>
+    <t>963.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;0,5л;D=9,H=12см;прозр.</t>
+  </si>
+  <si>
+    <t>04014329</t>
+  </si>
+  <si>
+    <t>886.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;1л;D=10,7,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>04014330</t>
+  </si>
+  <si>
+    <t>1040.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;1л;,H=8,L=16,B=16см;прозр.</t>
+  </si>
+  <si>
+    <t>04014331</t>
+  </si>
+  <si>
+    <t>1733.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;1,2л;D=14,H=11см;прозр.</t>
+  </si>
+  <si>
+    <t>04014333</t>
+  </si>
+  <si>
+    <t>1225.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Винтаж» с крышкой  ;полипроп.;250мл;D=90,H=62мм;прозр.</t>
+  </si>
+  <si>
+    <t>04014334</t>
+  </si>
+  <si>
+    <t>817.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой  ;полипроп.;0,6л;,H=7,L=13,B=13см;голуб.,прозр.</t>
+  </si>
+  <si>
+    <t>04014335</t>
+  </si>
+  <si>
+    <t>1463.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;14л;D=48,H=12см;белый</t>
+  </si>
+  <si>
+    <t>04014342</t>
+  </si>
+  <si>
+    <t>20082.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полиэтилен;24л;D=48,H=18см;белый</t>
+  </si>
+  <si>
+    <t>04014343</t>
+  </si>
+  <si>
+    <t>25041.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для теста 510531,510532;полиэтилен;D=48,H=3см;белый</t>
+  </si>
+  <si>
+    <t>04014344</t>
+  </si>
+  <si>
+    <t>18427.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04014345</t>
+  </si>
+  <si>
+    <t>204/blue</t>
+  </si>
+  <si>
+    <t>13552.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>04014503</t>
+  </si>
+  <si>
+    <t>506/red</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;63л;,H=35,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04014504</t>
+  </si>
+  <si>
+    <t>603/green</t>
+  </si>
+  <si>
+    <t>17056.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками (от 0 до +50°C);полиэтилен;25л;,H=26,L=40,B=30см;черный</t>
+  </si>
+  <si>
+    <t>04014505</t>
+  </si>
+  <si>
+    <t>303/black</t>
+  </si>
+  <si>
+    <t>Фин-Пак</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;59л;,H=30,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014506</t>
+  </si>
+  <si>
+    <t>210/white</t>
+  </si>
+  <si>
+    <t>19404.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов с крышкой и совком;полипроп.;24л;,H=42,7,L=59,7,B=29,3см;белый</t>
+  </si>
+  <si>
+    <t>04014508</t>
+  </si>
+  <si>
+    <t>FG9G5700WHT</t>
+  </si>
+  <si>
+    <t>Rubber</t>
+  </si>
+  <si>
+    <t>280935.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов 506 (от -30 до +60°C);полиэтилен;,L=61,B=41см;белый</t>
+  </si>
+  <si>
+    <t>04014509</t>
+  </si>
+  <si>
+    <t>506/white</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручками (от -18 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04014511</t>
+  </si>
+  <si>
+    <t>206/blue</t>
+  </si>
+  <si>
+    <t>7931.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;46л;,H=25,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014512</t>
+  </si>
+  <si>
+    <t>204/white</t>
+  </si>
+  <si>
+    <t>15015.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;52л;,H=30,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014513</t>
+  </si>
+  <si>
+    <t>218-1/white</t>
+  </si>
+  <si>
+    <t>16555.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;63л;,H=35,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014514</t>
+  </si>
+  <si>
+    <t>603/white</t>
+  </si>
+  <si>
+    <t>22484.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручками (от -18 до +50°C);полиэтилен;63л;,H=35,L=60,B=40см;красный</t>
+  </si>
+  <si>
+    <t>04014515</t>
+  </si>
+  <si>
+    <t>603/red</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;63л;,H=35,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04014517</t>
+  </si>
+  <si>
+    <t>603/blue</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов 503 (от -30 до +60°C);полиэтилен;,L=61,B=41см;зелен.</t>
+  </si>
+  <si>
+    <t>04014518</t>
+  </si>
+  <si>
+    <t>503/green</t>
+  </si>
+  <si>
+    <t>6276.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;пластик;1,9л;,H=7,L=21/22,B=21см;прозр.</t>
+  </si>
+  <si>
+    <t>04014520</t>
+  </si>
+  <si>
+    <t>44620-01</t>
+  </si>
+  <si>
+    <t>17880.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов градуированный;пластик;17л;,H=30,L=27/29,B=27см;прозр.</t>
+  </si>
+  <si>
+    <t>04014522</t>
+  </si>
+  <si>
+    <t>44620-06</t>
+  </si>
+  <si>
+    <t>89174.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов с крышкой и совком;полипроп.;10л;,H=21,5,L=38,B=30см;белый</t>
+  </si>
+  <si>
+    <t>04014523</t>
+  </si>
+  <si>
+    <t>49382-10</t>
+  </si>
+  <si>
+    <t>206976.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от -18 до +50°C);полиэтилен;39л;,H=14,5,L=74,B=46,5см;</t>
+  </si>
+  <si>
+    <t>04014528</t>
+  </si>
+  <si>
+    <t>404-Т/green</t>
+  </si>
+  <si>
+    <t>12667.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;39л;,H=14,5,L=74,B=46,5см;зелен.</t>
+  </si>
+  <si>
+    <t>04014529</t>
+  </si>
+  <si>
+    <t>404-Т-1/green</t>
+  </si>
+  <si>
+    <t>5629.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный складной;пластик;9,5л;,H=23,L=48,B=35см;черный,желт.</t>
+  </si>
+  <si>
+    <t>04014530</t>
+  </si>
+  <si>
+    <t>5737.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;40л;,H=26,4,L=50,B=30см;зелен.</t>
+  </si>
+  <si>
+    <t>04014532</t>
+  </si>
+  <si>
+    <t>112/green</t>
+  </si>
+  <si>
+    <t>6391.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;52л;,H=30,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04014533</t>
+  </si>
+  <si>
+    <t>601/blue</t>
+  </si>
+  <si>
+    <t>15708.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от 0 до +50°C);полиэтилен;84л;,H=41,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04014534</t>
+  </si>
+  <si>
+    <t>203-1/green</t>
+  </si>
+  <si>
+    <t>18480.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручками (от 0 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04014535</t>
+  </si>
+  <si>
+    <t>206/black</t>
+  </si>
+  <si>
+    <t>6160.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;полипроп.;0,9л;D=149,H=73мм;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>04014702</t>
+  </si>
+  <si>
+    <t>786.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов с крышкой;полипроп.;1л;,H=135,L=155,B=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>04014703</t>
+  </si>
+  <si>
+    <t>1394.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов с крышкой;полипроп.;1,5л;,H=215,L=155,B=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>04014704</t>
+  </si>
+  <si>
+    <t>1771.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1л;,H=7,L=16,B=16см;прозр.,в ассорт.</t>
+  </si>
+  <si>
+    <t>04014705</t>
+  </si>
+  <si>
+    <t>1094.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;450мл;,H=66,L=140,B=110мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04014706</t>
+  </si>
+  <si>
+    <t>Brilliant</t>
+  </si>
+  <si>
+    <t>2695.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;0,7л;,H=9,L=14,B=11см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04014707</t>
+  </si>
+  <si>
+    <t>2965.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1л;,H=65,L=225,B=135мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04014708</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1,35л;,H=82,L=225,B=135мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04014709</t>
+  </si>
+  <si>
+    <t>4081.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;0,6л;D=140,H=77мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04014710</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1,15л;D=14,H=13см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04014711</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1,15л;,H=8,L=16,B=16см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04014712</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов крышка герметичная с клапаном;тритан;1,7л;,H=11,1,L=16,B=16см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04014713</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для теста;полипроп.;14л;,H=7,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014714</t>
+  </si>
+  <si>
+    <t>CASS604007</t>
+  </si>
+  <si>
+    <t>Gimetal</t>
+  </si>
+  <si>
+    <t>16186.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для теста без крышки;полипроп.;20л;,H=10,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014715</t>
+  </si>
+  <si>
+    <t>CASS604010</t>
+  </si>
+  <si>
+    <t>18411.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для контейнера для продуктов универсальная;полипроп.;,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014716</t>
+  </si>
+  <si>
+    <t>CASS6040CP</t>
+  </si>
+  <si>
+    <t>11019.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;3,7л;,H=82,L=292,B=228мм;прозр.,мятн</t>
+  </si>
+  <si>
+    <t>04014717</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;5,4л;,H=11,L=29,2,B=22,8см;прозр.,мя</t>
+  </si>
+  <si>
+    <t>04014718</t>
+  </si>
+  <si>
+    <t>4328.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с крышкой для СВЧ;полипроп.;5л;,H=85,L=352,B=256мм;прозр.,бордо</t>
+  </si>
+  <si>
+    <t>04014719</t>
+  </si>
+  <si>
+    <t>АРТ-ДЕКОР</t>
+  </si>
+  <si>
+    <t>2118.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;16л;,H=17,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04014720</t>
+  </si>
+  <si>
+    <t>44521-16</t>
+  </si>
+  <si>
+    <t>15816.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов;пластик;21л;,H=10,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04014723</t>
+  </si>
+  <si>
+    <t>44511E21</t>
+  </si>
+  <si>
+    <t>30770.00₸</t>
+  </si>
+  <si>
+    <t>Передняя часть крышки для контейнера для сыпучих продуктов IBS20148;пластик</t>
+  </si>
+  <si>
+    <t>04014809</t>
+  </si>
+  <si>
+    <t>12605.00₸</t>
+  </si>
+  <si>
+    <t>Задняя часть крышки для контейнера для сыпучих продуктов IBS20148;пластик</t>
+  </si>
+  <si>
+    <t>04014810</t>
+  </si>
+  <si>
+    <t>Термоконтейнер;полипроп.;48л;,H=34,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04014814</t>
+  </si>
+  <si>
+    <t>KN-48</t>
+  </si>
+  <si>
+    <t>93940.00₸</t>
+  </si>
+  <si>
+    <t>Термоконтейнер с фронтальной загрузкой;полиэтилен;,H=62,L=65,B=45см;синий</t>
+  </si>
+  <si>
+    <t>04014815</t>
+  </si>
+  <si>
+    <t>257929.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фляга» квадратная с крышкой;полиэтилен;90л;синий</t>
+  </si>
+  <si>
+    <t>04015201</t>
+  </si>
+  <si>
+    <t>ФЛ-90Н</t>
+  </si>
+  <si>
+    <t>22538.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;450мл;,H=66,L=140,B=110мм;прозр.,си</t>
+  </si>
+  <si>
+    <t>04019010</t>
+  </si>
+  <si>
+    <t>1895.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;0,7л;,H=9,L=14,B=11см;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019011</t>
+  </si>
+  <si>
+    <t>2387.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1л;,H=65,L=225,B=135мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019012</t>
+  </si>
+  <si>
+    <t>2903.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1,35л;,H=82,L=225,B=135мм;прозр.,си</t>
+  </si>
+  <si>
+    <t>04019013</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;0,6л;D=140,H=77мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019014</t>
+  </si>
+  <si>
+    <t>2064.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1,15л;D=14,H=13см;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019015</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1,15л;,H=8,L=16,B=16см;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04019016</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Бриллиант» с герметичной крышкой;тритан;1,7л;,H=11,1,L=16,B=16см;прозр.,син</t>
+  </si>
+  <si>
+    <t>04019017</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от -18 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;зеле</t>
+  </si>
+  <si>
+    <t>04019028</t>
+  </si>
+  <si>
+    <t>102/green</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов без крышки (от -18 до +50°C);полиэтилен;22л;,H=14,1,L=53,2,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04019031</t>
+  </si>
+  <si>
+    <t>306/blue</t>
+  </si>
+  <si>
+    <t>10934.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от 0 до +50°C);полиэтилен;50л;,H=30,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04019032</t>
+  </si>
+  <si>
+    <t>108/black</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками (от -18 до +50°C);полиэтилен;22л;,H=12,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04019033</t>
+  </si>
+  <si>
+    <t>704.03.01/green</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками;полипроп.;41л;,H=23,L=60,B=40см;свет.-сер.</t>
+  </si>
+  <si>
+    <t>04019034</t>
+  </si>
+  <si>
+    <t>809.01/grey</t>
+  </si>
+  <si>
+    <t>24078.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручками;полипроп.;27,6л;,H=22,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04019035</t>
+  </si>
+  <si>
+    <t>805.01/grey</t>
+  </si>
+  <si>
+    <t>13976.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от -18 до +50°C);полиэтилен;35л;,H=14,L=60,B=40см;сини</t>
+  </si>
+  <si>
+    <t>04019037</t>
+  </si>
+  <si>
+    <t>705.02.01/blue</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками (от 0 до +50°C);полиэтилен;84л;,H=41,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04019038</t>
+  </si>
+  <si>
+    <t>203-2/grey</t>
+  </si>
+  <si>
+    <t>19635.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками;полиэтилен;43,2л;,H=18,L=60,B=40см;синий</t>
+  </si>
+  <si>
+    <t>04019039</t>
+  </si>
+  <si>
+    <t>706.01.01/blue</t>
+  </si>
+  <si>
+    <t>11396.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от 0 до +50°C);полиэтилен;38л;,H=26,L=54,B=36см;черный</t>
+  </si>
+  <si>
+    <t>04019040</t>
+  </si>
+  <si>
+    <t>105/black</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручками (от -30 до +60°C);полиэтилен;40л;,H=20,L=60,B=40см;белый</t>
+  </si>
+  <si>
+    <t>04019041</t>
+  </si>
+  <si>
+    <t>207/white</t>
+  </si>
+  <si>
+    <t>14430.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками (от 0 до +50°C);полипроп.;27л;,H=28,L=40,B=30см;черный</t>
+  </si>
+  <si>
+    <t>04019042</t>
+  </si>
+  <si>
+    <t>303-Т/black</t>
+  </si>
+  <si>
+    <t>6853.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Проотель»;полипроп.;22л;,H=40,L=28,5,B=28,5см;белый</t>
+  </si>
+  <si>
+    <t>04019061</t>
+  </si>
+  <si>
+    <t>P-066P/white</t>
+  </si>
+  <si>
+    <t>18256.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с крышкой (от 0 до +50°C);полипроп.;30л;,H=26,5,L=40,B=30см;синий</t>
+  </si>
+  <si>
+    <t>04019062</t>
+  </si>
+  <si>
+    <t>SPKM 4325-1</t>
+  </si>
+  <si>
+    <t>14561.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов 306/blue;полиэтилен;,H=27,L=532,B=400мм;синий</t>
+  </si>
+  <si>
+    <t>04019064</t>
+  </si>
+  <si>
+    <t>306-1/blue</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,1л;,H=7,L=20,B=13см;прозр.,в ассор</t>
+  </si>
+  <si>
+    <t>04019067</t>
+  </si>
+  <si>
+    <t>431129230/431129209</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,6л;,H=98,L=200,B=130мм;прозр.,в ас</t>
+  </si>
+  <si>
+    <t>04019068</t>
+  </si>
+  <si>
+    <t>431129330/431129309</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной (от -10 до +60°C);полипроп.;21л;,H=22,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04019069</t>
+  </si>
+  <si>
+    <t>ЕС 4322.2</t>
+  </si>
+  <si>
+    <t>8778.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками с усиленным дном (от 0 до +50°C);полипроп.;40,8л;,H=17,L=60,B=</t>
+  </si>
+  <si>
+    <t>04019070</t>
+  </si>
+  <si>
+    <t>SPK 6017</t>
+  </si>
+  <si>
+    <t>21175.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;2,5л;,H=10,5,L=23,5,B=16,8см;в ассор</t>
+  </si>
+  <si>
+    <t>04019071</t>
+  </si>
+  <si>
+    <t>431181909/431181930</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,5л;,H=70,L=135,B=105мм;прозр.,в ас</t>
+  </si>
+  <si>
+    <t>04019073</t>
+  </si>
+  <si>
+    <t>431129030/431129009</t>
+  </si>
+  <si>
+    <t>04019074</t>
+  </si>
+  <si>
+    <t>1386.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;0,55л;D=136,H=70мм;прозр.,олив.</t>
+  </si>
+  <si>
+    <t>04019075</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,5л;,H=72,L=235,B=168мм;прозр.,олив</t>
+  </si>
+  <si>
+    <t>04019076</t>
+  </si>
+  <si>
+    <t>2087.00₸</t>
+  </si>
+  <si>
+    <t>04019079</t>
+  </si>
+  <si>
+    <t>431160130/431160109</t>
+  </si>
+  <si>
+    <t>1964.00₸</t>
+  </si>
+  <si>
+    <t>04019086</t>
+  </si>
+  <si>
+    <t>1479.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для сыпучих продуктов;полипроп.;12л;,H=21,L=28,5,B=28,5см;белый</t>
+  </si>
+  <si>
+    <t>04019103</t>
+  </si>
+  <si>
+    <t>23832.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;1,6л;,H=10,4,L=16,B=16см;прозр.,олив</t>
+  </si>
+  <si>
+    <t>04019113</t>
+  </si>
+  <si>
+    <t>2272.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;5,4л;,H=11,L=29,2,B=22,8см;в ассорт.</t>
+  </si>
+  <si>
+    <t>04019114</t>
+  </si>
+  <si>
+    <t>433116709/433116730</t>
+  </si>
+  <si>
+    <t>5521.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Смарт Лок» с крышкой для СВЧ;полипроп.;3,7л;,H=82,L=292,B=228мм;прозр.,в ас</t>
+  </si>
+  <si>
+    <t>04019115</t>
+  </si>
+  <si>
+    <t>433116630/433116609</t>
+  </si>
+  <si>
+    <t>4990.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов с клапаном;полипроп.;0,6л;,H=60,L=160,B=115мм;в ассорт.</t>
+  </si>
+  <si>
+    <t>04019116</t>
+  </si>
+  <si>
+    <t>431147909/431147908</t>
+  </si>
+  <si>
+    <t>616.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;75л;,H=41,5,L=60,B=40см;синий,ора</t>
+  </si>
+  <si>
+    <t>04019120</t>
+  </si>
+  <si>
+    <t>605-1 SP/blue</t>
+  </si>
+  <si>
+    <t>23562.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной с ручками с усиленным дном (от 0 до +50°C);полипроп.;52,8л;,H=23,L=60,B=</t>
+  </si>
+  <si>
+    <t>04019123</t>
+  </si>
+  <si>
+    <t>SPK 6022</t>
+  </si>
+  <si>
+    <t>26719.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для продуктов «Дракон» ланч-бокс;полипроп.;0,98л;,H=55,L=180,B=130мм;зелен.,разноцветн.</t>
+  </si>
+  <si>
+    <t>04019138</t>
+  </si>
+  <si>
+    <t>Дракон</t>
+  </si>
+  <si>
+    <t>1048.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;62,4л;,H=26,L=60,3,B=40,3см;красный</t>
+  </si>
+  <si>
+    <t>04019141</t>
+  </si>
+  <si>
+    <t>202 T/red</t>
+  </si>
+  <si>
+    <t>16016.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;27л;,H=15,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>04019144</t>
+  </si>
+  <si>
+    <t>403/green</t>
+  </si>
+  <si>
+    <t>6006.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов 405/blue;полиэтилен;,H=2,L=43,B=33см;синий</t>
+  </si>
+  <si>
+    <t>04019145</t>
+  </si>
+  <si>
+    <t>405-К/blue</t>
+  </si>
+  <si>
+    <t>2849.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов сплошной;полипроп.;36л;,H=25,L=50,B=39см;прозр.</t>
+  </si>
+  <si>
+    <t>04019146</t>
+  </si>
+  <si>
+    <t>Rox Box 36</t>
+  </si>
+  <si>
+    <t>9972.00₸</t>
+  </si>
+  <si>
+    <t>Чехол для ножа на 4 предмета;полиэстер;,L=46,B=27,5см;черный</t>
+  </si>
+  <si>
+    <t>04071606</t>
+  </si>
+  <si>
+    <t>Arcos</t>
+  </si>
+  <si>
+    <t>Bolsas para cuchillos</t>
+  </si>
+  <si>
+    <t>20321.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Чехол для ножа на 8 предметов;полиэстер;,L=51,B=50см;черный</t>
+  </si>
+  <si>
+    <t>04071607</t>
+  </si>
+  <si>
+    <t>38439.00₸</t>
+  </si>
+  <si>
+    <t>Чехол для ножа на 12 предметов;полиэстер;,L=73,B=51см;черный</t>
+  </si>
+  <si>
+    <t>04071608</t>
+  </si>
+  <si>
+    <t>46924.00₸</t>
+  </si>
+  <si>
+    <t>Чехол для ножа на 17 предметов;полиэстер;,L=92,B=52см;черный</t>
+  </si>
+  <si>
+    <t>04071609</t>
+  </si>
+  <si>
+    <t>69439.00₸</t>
+  </si>
+  <si>
+    <t>Рюкзак для ножей на 9 предметов;полиэстер;,H=48,L=33,B=18,5см;черный</t>
+  </si>
+  <si>
+    <t>04071610</t>
+  </si>
+  <si>
+    <t>95311.00₸</t>
+  </si>
+  <si>
+    <t>Банка для сыпучих продуктов без крышки;стекло;0,5л;D=125,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>04082534</t>
+  </si>
+  <si>
+    <t>BU_GJ002</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>42812.00₸</t>
+  </si>
+  <si>
+    <t>Термоконтейнер для гастроемкостей GN 1/1 с фронтальной загрузкой;пластик;,H=63,L=63,5,B=46см;серый</t>
+  </si>
+  <si>
+    <t>04121048</t>
+  </si>
+  <si>
+    <t>UPCS400480</t>
+  </si>
+  <si>
+    <t>ULTRA PAN CARRIER</t>
+  </si>
+  <si>
+    <t>384254.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов перфорированный с ручками (от 0 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04121310</t>
+  </si>
+  <si>
+    <t>201/black</t>
+  </si>
+  <si>
+    <t>7354.00₸</t>
+  </si>
+  <si>
+    <t>04121311</t>
+  </si>
+  <si>
+    <t>201-1/black</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов с ручкой;пластик;,H=17,5,L=34,B=32см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>04121723</t>
+  </si>
+  <si>
+    <t>00912</t>
+  </si>
+  <si>
+    <t>95480.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для емкости для сыпучих продуктов сменная для приправ;поликарбонат;D=8,L=9см;оранжев.</t>
+  </si>
+  <si>
+    <t>04130301</t>
+  </si>
+  <si>
+    <t>96SKRLM408</t>
+  </si>
+  <si>
+    <t>Крышки для емкостей для сыпучих продуктов</t>
+  </si>
+  <si>
+    <t>1494.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для емкости для сыпучих продуктов сменная для банки для зелени;поликарбонат;D=8,L=9см;белый</t>
+  </si>
+  <si>
+    <t>04130302</t>
+  </si>
+  <si>
+    <t>96SKRLP148</t>
+  </si>
+  <si>
+    <t>Банка «Инспайред» круглая с крышкой;стекло;5л;D=19,2,H=29,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04141953</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Inspired</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>69993.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Инспайред» круглая с крышкой;стекло;2,5л;D=19,2,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>04141954</t>
+  </si>
+  <si>
+    <t>57250.00₸</t>
+  </si>
+  <si>
+    <t>Банка для сыпучих продуктов без крышки;стекло;3л;D=21,8,H=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04141955</t>
+  </si>
+  <si>
+    <t>BU_GJ001</t>
+  </si>
+  <si>
+    <t>66436.00₸</t>
+  </si>
+  <si>
+    <t>Банка для сыпучих продуктов с крупными отверстиями;сталь нерж.;300мл;D=65/4,H=100мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141956</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>4032.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для какао;сталь нерж.;300мл;D=65,H=100мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142201</t>
+  </si>
+  <si>
+    <t>01030000IVV</t>
+  </si>
+  <si>
+    <t>20182.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с сеткой для сахарной пудры;сталь нерж.;300мл;D=6,H=10см;серебрист.</t>
+  </si>
+  <si>
+    <t>04142202</t>
+  </si>
+  <si>
+    <t>01040000IVV</t>
+  </si>
+  <si>
+    <t>22204.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;300мл;D=70,H=82мм;серебри</t>
+  </si>
+  <si>
+    <t>04142203</t>
+  </si>
+  <si>
+    <t>01290030ICV</t>
+  </si>
+  <si>
+    <t>16817.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;0,5л;D=8,H=10см;серебрист</t>
+  </si>
+  <si>
+    <t>04142204</t>
+  </si>
+  <si>
+    <t>01290060ICV</t>
+  </si>
+  <si>
+    <t>13576.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для сахарной пудры;сталь нерж.;0,7л;D=90,H=117мм;серебри</t>
+  </si>
+  <si>
+    <t>04142205</t>
+  </si>
+  <si>
+    <t>01290090ICV</t>
+  </si>
+  <si>
+    <t>15801.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями 2,5 мм для сахарной пудры;сталь нерж.;300мл;D=70,H=85мм;</t>
+  </si>
+  <si>
+    <t>04142207</t>
+  </si>
+  <si>
+    <t>47023-02</t>
+  </si>
+  <si>
+    <t>14453.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с сеткой для сахарной пудры;сталь нерж.;300мл;D=70,H=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142208</t>
+  </si>
+  <si>
+    <t>47023-04</t>
+  </si>
+  <si>
+    <t>16540.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;1л;,H=16,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142209</t>
+  </si>
+  <si>
+    <t>149220FSA121990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Fido</t>
+  </si>
+  <si>
+    <t>3874.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Клаб» круглая с крышкой;стекло;2л;D=11,5,H=24см;прозр.</t>
+  </si>
+  <si>
+    <t>04142211</t>
+  </si>
+  <si>
+    <t>34819/V8008</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Club</t>
+  </si>
+  <si>
+    <t>8400.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов для хранения сахара;сталь нерж.;1л;D=12,H=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>04142212</t>
+  </si>
+  <si>
+    <t>10750010ICV</t>
+  </si>
+  <si>
+    <t>10496.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов для соли;сталь нерж.;1л;D=12,H=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>04142213</t>
+  </si>
+  <si>
+    <t>10750020ICV</t>
+  </si>
+  <si>
+    <t>11704.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов для хранения кофе;сталь нерж.;1л;D=12,H=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>04142214</t>
+  </si>
+  <si>
+    <t>10750030ICV</t>
+  </si>
+  <si>
+    <t>7154.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло;5,7л;D=19,4,H=34см;прозр.</t>
+  </si>
+  <si>
+    <t>04142219</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>15316.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» круглая с крышкой;стекло;4,96л;D=17,5,H=27,9см;прозр.</t>
+  </si>
+  <si>
+    <t>04142220</t>
+  </si>
+  <si>
+    <t>149270FSA121990</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями 4 мм;сталь нерж.;300мл;D=70,H=85мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142221</t>
+  </si>
+  <si>
+    <t>47023-03</t>
+  </si>
+  <si>
+    <t>14484.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями 1,5 мм для сахарной пудры;сталь нерж.;300мл;D=70,H=85мм;</t>
+  </si>
+  <si>
+    <t>04142222</t>
+  </si>
+  <si>
+    <t>47023-01</t>
+  </si>
+  <si>
+    <t>14931.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для какао;сталь нерж.;160мл;D=55,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142223</t>
+  </si>
+  <si>
+    <t>41607-00</t>
+  </si>
+  <si>
+    <t>15169.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов с отверстиями для какао;сталь нерж.;130мл;D=45,H=80мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142224</t>
+  </si>
+  <si>
+    <t>0128W000ICV</t>
+  </si>
+  <si>
+    <t>11982.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов для тертого сыра;сталь нерж.;300мл;D=67,H=100мм;стальной</t>
+  </si>
+  <si>
+    <t>04142225</t>
+  </si>
+  <si>
+    <t>12820000IVV</t>
+  </si>
+  <si>
+    <t>7686.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;1,65л;,H=22,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142226</t>
+  </si>
+  <si>
+    <t>149230FSA121990</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;2л;,H=21,6,L=12,5,B=12,5см;прозр.</t>
+  </si>
+  <si>
+    <t>04142227</t>
+  </si>
+  <si>
+    <t>149240FSA121990</t>
+  </si>
+  <si>
+    <t>5252.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;3л;,H=24,2,L=14/14см;прозр.</t>
+  </si>
+  <si>
+    <t>04142228</t>
+  </si>
+  <si>
+    <t>149250FSA121990</t>
+  </si>
+  <si>
+    <t>6553.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;0,56л;,H=10,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142229</t>
+  </si>
+  <si>
+    <t>149210FSA121990</t>
+  </si>
+  <si>
+    <t>3134.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фидо» квадратная с крышкой;стекло;0,75л;,H=13,6,L=10,6,B=10,6см;прозр.</t>
+  </si>
+  <si>
+    <t>04142230</t>
+  </si>
+  <si>
+    <t>149280FSA121990</t>
+  </si>
+  <si>
+    <t>4659.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй с сеткой;сталь нерж.;230мл;D=70,H=135мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142231</t>
+  </si>
+  <si>
+    <t>19381.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов «Проотель» с отверстиями для сахарной пудры;сталь нерж.;240мл;D=6,H=9с</t>
+  </si>
+  <si>
+    <t>04142232</t>
+  </si>
+  <si>
+    <t>DRG86M</t>
+  </si>
+  <si>
+    <t>2205.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй «Проотель» с отверстиями;сталь нерж.;240мл;D=60,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142233</t>
+  </si>
+  <si>
+    <t>DRG86F</t>
+  </si>
+  <si>
+    <t>2380.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй «Проотель» с отверстиями 1,8 мм и ручкой;алюмин.;350мл;D=75,H=100мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142234</t>
+  </si>
+  <si>
+    <t>DRAN10H</t>
+  </si>
+  <si>
+    <t>2394.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй «Проотель» с отверстиями 2 мм и ручкой;алюмин.;200мл;D=7,H=9см;серебрист.</t>
+  </si>
+  <si>
+    <t>04142235</t>
+  </si>
+  <si>
+    <t>DRAL10H</t>
+  </si>
+  <si>
+    <t>1596.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй с отверстиями;сталь нерж.;300мл;D=65,H=95мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142239</t>
+  </si>
+  <si>
+    <t>Контейнер для специй 6 отделений;сталь нерж.,абс-пластик;0,54л;,H=14,5,L=38,B=36см;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04142240</t>
+  </si>
+  <si>
+    <t>017082</t>
+  </si>
+  <si>
+    <t>564434.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй;сталь нерж.;400мл;D=70,H=145мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142241</t>
+  </si>
+  <si>
+    <t>10010.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй с отверстиями;поликарбонат;300мл;D=80,H=95мм;прозр.,белый</t>
+  </si>
+  <si>
+    <t>04142242</t>
+  </si>
+  <si>
+    <t>96SKRP135</t>
+  </si>
+  <si>
+    <t>9094.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для емкости для сыпучих продуктов сменная для соли и перца;поликарбонат;D=80,L=95мм;бежев.</t>
+  </si>
+  <si>
+    <t>04142243</t>
+  </si>
+  <si>
+    <t>96SKRLD406</t>
+  </si>
+  <si>
+    <t>Емкость для сыпучих продуктов «Проотель» с сеткой для сахарной пудры;сталь нерж.;450мл;D=65,H=135мм;</t>
+  </si>
+  <si>
+    <t>04142245</t>
+  </si>
+  <si>
+    <t>DRG15MH</t>
+  </si>
+  <si>
+    <t>5789.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Клаб» круглая с крышкой;стекло;0,75л;D=95,H=175мм;прозр.</t>
+  </si>
+  <si>
+    <t>04142255</t>
+  </si>
+  <si>
+    <t>5516.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;фарфор,сталь нерж.;0,8л;D=13,H=13см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04142256</t>
+  </si>
+  <si>
+    <t>19628.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для специй с отверстиями;сталь нерж.;150мл;D=55,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04142268</t>
+  </si>
+  <si>
+    <t>00777</t>
+  </si>
+  <si>
+    <t>6867.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;фарфор,сталь нерж.;2л;D=17,H=15см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04142278</t>
+  </si>
+  <si>
+    <t>36614.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло;380мл;,H=16,L=8,B=8см;прозр.</t>
+  </si>
+  <si>
+    <t>04142296</t>
+  </si>
+  <si>
+    <t>1551-15</t>
+  </si>
+  <si>
+    <t>Cal M</t>
+  </si>
+  <si>
+    <t>22261.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;стекло,сталь нерж.;406мл</t>
+  </si>
+  <si>
+    <t>04142297</t>
+  </si>
+  <si>
+    <t>1851-4</t>
+  </si>
+  <si>
+    <t>20240.00₸</t>
+  </si>
+  <si>
+    <t>Сумка для доставки пиццы на 5 шт Dmax=33см термостойкая;нейлон;,H=22,L=35,B=35см;зелен.</t>
+  </si>
+  <si>
+    <t>04145001</t>
+  </si>
+  <si>
+    <t>DB035</t>
+  </si>
+  <si>
+    <t>94518.00₸</t>
+  </si>
+  <si>
+    <t>Сумка для доставки пиццы на 3 шт Dmax=48см термостойкая;нейлон;,H=14,L=50,B=50см;зелен.</t>
+  </si>
+  <si>
+    <t>04145003</t>
+  </si>
+  <si>
+    <t>DB050</t>
+  </si>
+  <si>
+    <t>82229.00₸</t>
+  </si>
+  <si>
+    <t>Сумка для доставки пиццы на 2 шт диаметром 33 см;полиуретан;,H=10,L=35,B=35см;красный,черный</t>
+  </si>
+  <si>
+    <t>04145005</t>
+  </si>
+  <si>
+    <t>513/1</t>
+  </si>
+  <si>
+    <t>23355.00₸</t>
+  </si>
+  <si>
+    <t>Сумка для доставки для обедов;полиуретан,фольга;,H=45,L=60,B=40см;черный</t>
+  </si>
+  <si>
+    <t>04145008</t>
+  </si>
+  <si>
+    <t>43736.00₸</t>
+  </si>
+  <si>
+    <t>Сумка для доставки пиццы на 5 шт Dmax=33см термостойкая;полиэстер;,H=19,L=34,B=34см;голуб.</t>
+  </si>
+  <si>
+    <t>04145010</t>
+  </si>
+  <si>
+    <t>BT3220</t>
+  </si>
+  <si>
+    <t>73566.00₸</t>
+  </si>
+  <si>
+    <t>Сумка для доставки пиццы на 5 шт Dmax=33см термостойкая;полиэстер;,H=17,L=36,B=36см;красный</t>
+  </si>
+  <si>
+    <t>04145011</t>
+  </si>
+  <si>
+    <t>BTD3320</t>
+  </si>
+  <si>
+    <t>57789.00₸</t>
+  </si>
+  <si>
+    <t>Инфузер для специй;сталь нерж.;220мл;D=45,H=130мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04147001</t>
+  </si>
+  <si>
+    <t>071351</t>
+  </si>
+  <si>
+    <t>27905.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для банки;металл;D=76мм;золотой</t>
+  </si>
+  <si>
+    <t>04148401</t>
+  </si>
+  <si>
+    <t>Крышки для банок</t>
+  </si>
+  <si>
+    <t>507.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для банки;металл;D=67мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04148402</t>
+  </si>
+  <si>
+    <t>555.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для банки «Кватро Стаджони» 3.57760, 3.65642, 3.65641;металл;D=56мм</t>
+  </si>
+  <si>
+    <t>04148407</t>
+  </si>
+  <si>
+    <t>895051ST5021990</t>
+  </si>
+  <si>
+    <t>Quattro Stagioni</t>
+  </si>
+  <si>
+    <t>401.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для банки «Кватро Стаджони» с отверстием;сталь нерж.;D=7/1см</t>
+  </si>
+  <si>
+    <t>04148410</t>
+  </si>
+  <si>
+    <t>880240EAA021990</t>
+  </si>
+  <si>
+    <t>1883.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для банки «Кватро Cтаджони» 3.49760, 3.54756, 3.54757, 3.65630;металл;D=86мм</t>
+  </si>
+  <si>
+    <t>04148413</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая с крышкой;стекло,металл;150мл;D=75,H=84мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148501</t>
+  </si>
+  <si>
+    <t>357760MDE121990</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая с крышкой;стекло,металл;250мл;D=84,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148502</t>
+  </si>
+  <si>
+    <t>357750MDE121990</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;фарфор,сталь нерж.;D=18,5,H=17см;белый</t>
+  </si>
+  <si>
+    <t>04148504</t>
+  </si>
+  <si>
+    <t>31570.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло;0,62л;D=79,H=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148505</t>
+  </si>
+  <si>
+    <t>3741.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;1,5л;D=10,5,H=16см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04148507</t>
+  </si>
+  <si>
+    <t>80000/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Bella</t>
+  </si>
+  <si>
+    <t>1288.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;2л;D=10,5,H=17см;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04148508</t>
+  </si>
+  <si>
+    <t>80002/b</t>
+  </si>
+  <si>
+    <t>1449.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;0,5л;,H=113,L=67,B=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148512</t>
+  </si>
+  <si>
+    <t>80384/b</t>
+  </si>
+  <si>
+    <t>Homemade</t>
+  </si>
+  <si>
+    <t>952.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;1л;,H=170,L=82,B=82мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148513</t>
+  </si>
+  <si>
+    <t>80385/b</t>
+  </si>
+  <si>
+    <t>Банка «Хоммэйд» квадратная с крышкой;стекло,металл;300мл;,H=85,L=67,B=67мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148514</t>
+  </si>
+  <si>
+    <t>80383/b</t>
+  </si>
+  <si>
+    <t>777.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло,пластик;1,1л;D=94,H=163мм;прозр.,фиолет.</t>
+  </si>
+  <si>
+    <t>04148516</t>
+  </si>
+  <si>
+    <t>43013/b</t>
+  </si>
+  <si>
+    <t>Cesni</t>
+  </si>
+  <si>
+    <t>1561.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло;420мл;D=94,H=130мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148517</t>
+  </si>
+  <si>
+    <t>97554/b</t>
+  </si>
+  <si>
+    <t>Банка «Китчэн» круглая с крышкой;стекло,резина;1,515л;D=99,H=221мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148519</t>
+  </si>
+  <si>
+    <t>98673/b</t>
+  </si>
+  <si>
+    <t>Kitchen</t>
+  </si>
+  <si>
+    <t>2373.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Китчэн» круглая с крышкой;стекло;1,084л;D=99,H=181мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148520</t>
+  </si>
+  <si>
+    <t>98671/b</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло;1,5л;D=94,H=250мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148521</t>
+  </si>
+  <si>
+    <t>97426/b</t>
+  </si>
+  <si>
+    <t>1897.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло;0,5л;D=94,H=125мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148522</t>
+  </si>
+  <si>
+    <t>97424/b</t>
+  </si>
+  <si>
+    <t>1260.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло,пластик;1,5л;D=94,H=200мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>04148523</t>
+  </si>
+  <si>
+    <t>43023/b</t>
+  </si>
+  <si>
+    <t>Банка «Кремлин» квадратная с крышкой;стекло;0,74л;,H=108,L=96,B=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148535</t>
+  </si>
+  <si>
+    <t>97624/b</t>
+  </si>
+  <si>
+    <t>Kremlin</t>
+  </si>
+  <si>
+    <t>1589.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;1,7л;D=10,H=16см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>04148536</t>
+  </si>
+  <si>
+    <t>43894/b</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;2л;D=10,5,H=17см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>04148537</t>
+  </si>
+  <si>
+    <t>43994/b</t>
+  </si>
+  <si>
+    <t>2338.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая с крышкой;стекло,металл;1л;D=11,1,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>04148538</t>
+  </si>
+  <si>
+    <t>365160MDE121990</t>
+  </si>
+  <si>
+    <t>4636.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Бэлла» круглая с крышкой;стекло,пластик;200мл;D=75,H=83мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>04148539</t>
+  </si>
+  <si>
+    <t>80386/b</t>
+  </si>
+  <si>
+    <t>371.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вик» круглая с крышкой;стекло;0,85л;D=10,H=14,7см;прозр.</t>
+  </si>
+  <si>
+    <t>04148542</t>
+  </si>
+  <si>
+    <t>Weck</t>
+  </si>
+  <si>
+    <t>9248.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кремлин» квадратная с крышкой;стекло;1л;,H=148,L=90,B=90мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148543</t>
+  </si>
+  <si>
+    <t>97626/b</t>
+  </si>
+  <si>
+    <t>2282.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кремлин» квадратная с крышкой;стекло;1,3л;,H=180,L=96,B=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148549</t>
+  </si>
+  <si>
+    <t>97628/b</t>
+  </si>
+  <si>
+    <t>2114.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло,резина;1,1л;D=94,H=220мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148550</t>
+  </si>
+  <si>
+    <t>97425/b</t>
+  </si>
+  <si>
+    <t>1687.00₸</t>
+  </si>
+  <si>
+    <t>Банка с крышкой;стекло;D=10,H=27см;прозр.</t>
+  </si>
+  <si>
+    <t>04148555</t>
+  </si>
+  <si>
+    <t>B0801421</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло;1,3л;D=10,H=17см;прозр.</t>
+  </si>
+  <si>
+    <t>04148556</t>
+  </si>
+  <si>
+    <t>B0801419</t>
+  </si>
+  <si>
+    <t>8055.00₸</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло;1,7л;D=10,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>04148558</t>
+  </si>
+  <si>
+    <t>B0801420</t>
+  </si>
+  <si>
+    <t>7567.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая без крышки;стекло;0,5л;D=92,H=136мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148565</t>
+  </si>
+  <si>
+    <t>349750FSA121990</t>
+  </si>
+  <si>
+    <t>1741.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая без крышки;стекло;250мл;D=65/80,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148566</t>
+  </si>
+  <si>
+    <t>357750FSA121990</t>
+  </si>
+  <si>
+    <t>1548.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» круглая без крышки;стекло;150мл;D=87,H=93мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148567</t>
+  </si>
+  <si>
+    <t>357760FSB121990</t>
+  </si>
+  <si>
+    <t>Банка «Чешни» круглая с крышкой;стекло,резина;0,92л;D=94,H=185мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148573</t>
+  </si>
+  <si>
+    <t>97560/b</t>
+  </si>
+  <si>
+    <t>1477.00₸</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло;2л;,H=24,5,L=12,B=12см;прозр.</t>
+  </si>
+  <si>
+    <t>04148574</t>
+  </si>
+  <si>
+    <t>5845.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Фиш&amp;Фиш» круглая с крышкой;стекло;0,75л;D=11,H=11,5см;зелен.</t>
+  </si>
+  <si>
+    <t>04148577</t>
+  </si>
+  <si>
+    <t>B0816764</t>
+  </si>
+  <si>
+    <t>Fish&amp;Fish</t>
+  </si>
+  <si>
+    <t>12390.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» круглая с крышкой;стекло,дерево;0,575л;D=90,H=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148578</t>
+  </si>
+  <si>
+    <t>43573/b</t>
+  </si>
+  <si>
+    <t>Woody</t>
+  </si>
+  <si>
+    <t>2485.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» круглая с крышкой;стекло,дерево;0,86л;D=90,H=138мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148579</t>
+  </si>
+  <si>
+    <t>43583/b</t>
+  </si>
+  <si>
+    <t>2884.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Вуди» круглая с крышкой;стекло,дерево;1,13л;D=90,H=178мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148580</t>
+  </si>
+  <si>
+    <t>43593/b</t>
+  </si>
+  <si>
+    <t>3304.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для специй с сеткой;сталь нерж.;150мл;D=55,H=75мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04148584</t>
+  </si>
+  <si>
+    <t>00776</t>
+  </si>
+  <si>
+    <t>5275.00₸</t>
+  </si>
+  <si>
+    <t>Банка «Кватро Стаджони» с крышкой;стекло;200мл;D=89,H=86мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148589</t>
+  </si>
+  <si>
+    <t>354757MDE121990</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой открытая прокладка;стекло,силикон;250мл;D=8,H=9см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>04148590</t>
+  </si>
+  <si>
+    <t>Optima</t>
+  </si>
+  <si>
+    <t>Банка круглая с крышкой;стекло,силикон;0,5л;D=90,H=131мм;прозр.</t>
+  </si>
+  <si>
+    <t>04148591</t>
+  </si>
+  <si>
+    <t>Банка квадратная с крышкой;стекло,силикон;0,8л;,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>04148592</t>
+  </si>
+  <si>
     <t>49 шт.</t>
   </si>
   <si>
-    <t>Контейнер для продуктов «Текс-Бокс» с крышкой;полипроп.;10л;,H=14,L=38,B=28см;прозр.</t>
-[...4675 lines deleted...]
-  <si>
     <t>Банка квадратная с крышкой;стекло,силикон;100мл;D=54,H=79мм;прозр.</t>
   </si>
   <si>
     <t>04148593</t>
   </si>
   <si>
     <t>1202.00₸</t>
   </si>
   <si>
     <t>Банка «Кватро Стаджони» круглая без крышки;стекло;200мл;D=89,H=85мм;прозр.</t>
   </si>
   <si>
     <t>04148594</t>
   </si>
   <si>
     <t>354757VSZ121990</t>
   </si>
   <si>
     <t>Банка «Пучадос» квадратная с крышкой;стекло,пробка натур.;0,5л;,H=11,L=9,B=9см;прозр.</t>
   </si>
   <si>
     <t>04148599</t>
   </si>
   <si>
     <t>San Miguel</t>
@@ -5687,150 +5705,153 @@
   <si>
     <t>Контейнер для продуктов градуированный;поликарбонат;18л;,H=32,L=28,5,B=28,5см;прозр.</t>
   </si>
   <si>
     <t>07020184</t>
   </si>
   <si>
     <t>JD-2273C</t>
   </si>
   <si>
     <t>Plastic products</t>
   </si>
   <si>
     <t>22988.00₸</t>
   </si>
   <si>
     <t>Банка с крышкой;стекло,пластик;250мл;прозр.,черный</t>
   </si>
   <si>
     <t>04142275</t>
   </si>
   <si>
     <t>4172.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной;полиэтилен;122л;,H=45,5,L=71,B=50см;черный</t>
+    <t>Ящик для продуктов сплошной (от 0 до +50°C);полиэтилен;122л;,H=45,5,L=71,B=50см;черный</t>
   </si>
   <si>
     <t>04019155</t>
   </si>
   <si>
+    <t>425/black</t>
+  </si>
+  <si>
     <t>31332.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной с гладким дном;полипроп.;,H=17,L=40,B=30см;серый</t>
+    <t>Ящик для продуктов сплошной с ручками (от 0 до +50°C);полипроп.;20л;,H=17,L=40,B=30см;серый</t>
   </si>
   <si>
     <t>04014934</t>
   </si>
   <si>
     <t>SPK4017</t>
   </si>
   <si>
     <t>11666.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной;полиэтилен;75л;,H=40,L=60,B=40см;синий</t>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;75л;,H=40,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04019140</t>
   </si>
   <si>
     <t>606/blue</t>
   </si>
   <si>
     <t>Крышка для банки;дуб;D=207,H=29мм;св. дерево</t>
   </si>
   <si>
     <t>04148945</t>
   </si>
   <si>
     <t>BU_OL001</t>
   </si>
   <si>
     <t>190152.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов ЕС 4322.2/grey;полиэтилен;,H=27,L=400,B=400мм;серый</t>
+    <t>Крышка для ящика для продуктов ЕС 4322.2/grey (от -18 до +50°C);полиэтилен;,H=27,L=400,B=300мм;серый</t>
   </si>
   <si>
     <t>04019161</t>
   </si>
   <si>
     <t>500 KLT/grey</t>
   </si>
   <si>
     <t>4582.00₸</t>
   </si>
   <si>
-    <t>Контейнер для продуктов сплошной с усилением;полипроп.;67,2л;,H=28,L=60,B=40см;серый</t>
+    <t>Ящик для продуктов сплошной с усиленным дном (от 0 до +50°C);полипроп.;67,2л;,H=28,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>04019139</t>
   </si>
   <si>
     <t>SPK 6028</t>
   </si>
   <si>
     <t>28028.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный, с ручками;полиэтилен;67,2л;,H=30,L=60,B=40см;зелен.</t>
+    <t>Ящик для продуктов перфорированный, с ручками (от 0 до +50°C);полиэтилен;50л;,H=30,L=60,B=40см;зелен</t>
   </si>
   <si>
     <t>04019060</t>
   </si>
   <si>
     <t>108/green</t>
   </si>
   <si>
     <t>7007.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной с гладким дном;полипроп.;,H=12,L=40,B=30см;серый</t>
+    <t>Ящик для продуктов сплошной (от 0 до +50°C);полипроп.;15л;,H=12,L=40,B=30см;серый</t>
   </si>
   <si>
     <t>04014933</t>
   </si>
   <si>
     <t>SPK4011</t>
   </si>
   <si>
     <t>8663.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной;полипроп.;11,42л;,H=15,5,L=13,5,B=22см;прозр.</t>
+    <t>Ящик для продуктов сплошной;полипроп.;11,42л;,H=15,L=33,5,B=22см;прозр.</t>
   </si>
   <si>
     <t>04019147</t>
   </si>
   <si>
     <t>Rox Box 8</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной;полиэтилен;52л;,H=30,L=60,B=40см;красный</t>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;52л;,H=30,L=60,B=40см;красный</t>
   </si>
   <si>
     <t>04019152</t>
   </si>
   <si>
     <t>601/red</t>
   </si>
   <si>
     <t>13475.00₸</t>
   </si>
   <si>
     <t>Ящик для продуктов «Вало» GN 1/1;дерево;,H=45,L=530,B=325мм;св. дерево</t>
   </si>
   <si>
     <t>04019163</t>
   </si>
   <si>
     <t>Valo</t>
   </si>
   <si>
     <t>73458.00₸</t>
   </si>
   <si>
     <t>Чехол «Коравин» для системы для подачи вина;нейлон;черный</t>
   </si>
@@ -5858,345 +5879,345 @@
   <si>
     <t>Phibo</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
     <t>Банка квадратная с крышкой;полипроп.;1,3л;,H=190,L=95,B=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141973</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Зайки» с крышкой;полипроп.;1,5л;,H=10,5,L=18,6,B=12,2см;прозр.,зелен.</t>
   </si>
   <si>
     <t>04019170</t>
   </si>
   <si>
     <t>Банка квадратная с крышкой;полипроп.;0,6л;,H=95,L=95,B=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141974</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Контейнер для продуктов «Твист»;полипроп.;0,5л;D=107,H=80мм;прозр.</t>
   </si>
   <si>
     <t>04019178</t>
   </si>
   <si>
     <t>770.00₸</t>
   </si>
   <si>
     <t>Банка круглая с крышкой;полипроп.;0,6л;D=100,H=95мм;прозр.,черный</t>
   </si>
   <si>
     <t>04141976</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной с крышкой;полиэтилен;63л;,H=36,5,L=60,B=40см;красный,синий</t>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;63л;,H=36,5,L=60,B=40см;красный,с</t>
   </si>
   <si>
     <t>04019181</t>
   </si>
   <si>
-    <t>603-1 SP</t>
+    <t>603-1 SP/red</t>
   </si>
   <si>
     <t>19712.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной с крышкой;полиэтилен;75л;,H=41,5,L=60,B=40см;красный,синий</t>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;75л;,H=41,5,L=60,B=40см;красный,с</t>
   </si>
   <si>
     <t>04019182</t>
   </si>
   <si>
     <t>605-1 SP/red</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной без крышки;полиэтилен;10,6л;,H=12,L=30,B=40см;зелен.</t>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;10,6л;,H=12,L=30,B=40см;зелен.</t>
   </si>
   <si>
     <t>04019183</t>
   </si>
   <si>
     <t>701.02.02/green</t>
   </si>
   <si>
     <t>6545.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной без крышки;полиэтилен;25л;,H=12,L=40,B=60см;красный</t>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;25л;,H=12,L=40,B=60см;красный</t>
   </si>
   <si>
     <t>04019185</t>
   </si>
   <si>
     <t>205/red</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной без крышки;полиэтилен;25л;,H=12,L=40,B=60см;синий</t>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;25л;,H=12,L=40,B=60см;синий</t>
   </si>
   <si>
     <t>04019184</t>
   </si>
   <si>
     <t>205/blue</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;синий</t>
+    <t>Крышка для ящика для продуктов  (от -18 до +50°C);полиэтилен;,H=4,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04019189</t>
   </si>
   <si>
     <t>506-1/blue</t>
   </si>
   <si>
     <t>7161.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;красный</t>
+    <t>Крышка для ящика для продуктов  (от -18 до +50°C);полиэтилен;,H=4,L=60,B=40см;красный</t>
   </si>
   <si>
     <t>04019187</t>
   </si>
   <si>
     <t>506-1/red</t>
   </si>
   <si>
     <t>Паллет на ножках;пластик;,H=14,L=60,B=80см;черный</t>
   </si>
   <si>
     <t>08014065</t>
   </si>
   <si>
     <t>SD 680 P</t>
   </si>
   <si>
     <t>29953.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной без крышки;полиэтилен;46л;,H=25,L=40,B=60см;красный</t>
+    <t>Ящик для продуктов сплошной (от -18 до +50°C);полиэтилен;46л;,H=25,L=40,B=60см;красный</t>
   </si>
   <si>
     <t>04019186</t>
   </si>
   <si>
     <t>204/red</t>
   </si>
   <si>
     <t>12705.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной без крышки;полиэтилен;46л;,H=25,L=40,B=60см;черный</t>
+    <t>Ящик для продуктов сплошной (от 0 до +50°C);полиэтилен;46л;,H=25,L=40,B=60см;черный</t>
   </si>
   <si>
     <t>04019188</t>
   </si>
   <si>
     <t>204/black</t>
   </si>
   <si>
     <t>10773.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов 603/blue морозостойкая;полиэтилен;,H=15,L=610,B=410мм;синий</t>
+    <t>Крышка для ящика для продуктов 603/blue (от -30 до +60°C);полиэтилен;,H=15,L=610,B=410мм;синий</t>
   </si>
   <si>
     <t>04019190</t>
   </si>
   <si>
     <t>503/blue</t>
   </si>
   <si>
     <t>7546.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной;полиэтилен;22л;,H=14,1,L=53,2,B=40см;белый</t>
+    <t>Ящик для продуктов сплошной (от -30 до +60°C);полиэтилен;22л;,H=14,1,L=53,2,B=40см;белый</t>
   </si>
   <si>
     <t>04014537</t>
   </si>
   <si>
+    <t>306/white</t>
+  </si>
+  <si>
     <t>16286.00₸</t>
   </si>
   <si>
-    <t>Паллет;пластик;,H=13,L=60,B=40см;серый</t>
+    <t>Паллет сплошной на ножках;полиэтилен;,H=13,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>08014055</t>
   </si>
   <si>
-    <t>TR 400-1</t>
+    <t>TR 400-1/grey</t>
   </si>
   <si>
     <t>Крышка для ящика для продуктов SPK 6017/grey (от 0 до +50 C);полипроп.;,H=1,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>04019191</t>
   </si>
   <si>
     <t>Lid SPK 6040L</t>
   </si>
   <si>
     <t>9895.00₸</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов;полиэтилен;,H=4,L=41,B=61см;зелен.</t>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,H=4,L=60,B=40см;зелен.</t>
   </si>
   <si>
     <t>04019199</t>
   </si>
   <si>
     <t>506/green</t>
   </si>
   <si>
     <t>7662.00₸</t>
   </si>
   <si>
     <t>Паллет на 3-х полозьях;полиэтилен;,H=15,L=80,B=60см;синий</t>
   </si>
   <si>
     <t>08014095</t>
   </si>
   <si>
     <t>TR 680/blue</t>
   </si>
   <si>
     <t>38770.00₸</t>
   </si>
   <si>
     <t>04019198</t>
   </si>
   <si>
     <t>218-1/red</t>
   </si>
   <si>
     <t>12320.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной Е3;полиэтилен;61л;,H=30,L=60,B=40см;красный</t>
+    <t>Ящик для продуктов сплошной Е3 с ручками (от -18 до +50°C);полиэтилен;59л;,H=30,L=60,B=40см;красный</t>
   </si>
   <si>
     <t>04019192</t>
   </si>
   <si>
     <t>210/red</t>
   </si>
   <si>
     <t>15939.00₸</t>
   </si>
   <si>
-    <t>Контейнер для продуктов для хранения (до 3000 кг);полиэтилен;515л;,H=80,L=120,B=80см;серый</t>
+    <t>Контейнер для продуктов для хранения (до 3000 кг);полиэтилен;470л;,H=80,L=120,B=80см;серый</t>
   </si>
   <si>
     <t>04019196</t>
   </si>
   <si>
     <t>SDBOX 1208 SS</t>
   </si>
   <si>
     <t>319165.00₸</t>
   </si>
   <si>
     <t>Паллет;полиэтилен;,H=15,L=120,B=80см;синий</t>
   </si>
   <si>
     <t>08014097</t>
   </si>
   <si>
     <t>TR 1208-1/blue</t>
   </si>
   <si>
     <t>72380.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный для овощей и фруктов;полиэтилен;48л;,H=19,L=60,B=40см;зелен.</t>
+    <t>Ящик для продуктов перфорированный (от 0 до +50°C);полиэтилен;48л;,H=19,L=60,B=40см;зелен.</t>
   </si>
   <si>
     <t>04019197</t>
   </si>
   <si>
     <t>106/green</t>
   </si>
   <si>
-    <t>Бочка с винтовой крышкой, с вкладышем внутри, с усиленными ручками;полиэтилен,металл;50л;D=25,3,H=59</t>
+    <t>Бочка с винтовой крышкой, с вкладышем внутри, с усиленными ручками;полиэтилен,металл;50л;D=38,H=59,5</t>
   </si>
   <si>
     <t>04019195</t>
   </si>
   <si>
     <t>БПЗ 50</t>
   </si>
   <si>
     <t>12821.00₸</t>
   </si>
   <si>
     <t>Бочка с крышкой на обруче с ручками;полиэтилен,металл;20л;D=31,6,H=36,5см;синий,металлич.</t>
   </si>
   <si>
     <t>04019193</t>
   </si>
   <si>
     <t>БП 20</t>
   </si>
   <si>
     <t>Бочка с крышкой на обруче с ручками;полиэтилен,металл;48л;D=40,2,H=49,2см;синий,черный</t>
   </si>
   <si>
     <t>04019194</t>
   </si>
   <si>
     <t>БП 48р</t>
   </si>
   <si>
-    <t>37 шт.</t>
+    <t>Крышка для ящика для продуктов  (от -30 до +60°C);полиэтилен;,H=4,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04019201</t>
   </si>
   <si>
     <t>506/blue</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной Е2 с ручками;полиэтилен;42л;,H=20,L=60,B=40см;белый</t>
+    <t>Ящик для продуктов сплошной Е2 с ручками;полиэтилен;40л;,H=20,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04019200</t>
   </si>
   <si>
     <t>207-P м</t>
   </si>
   <si>
-    <t>Крышка для ящика для продуктов (для арт. 203-2/grey);полиэтилен;,H=4,L=41,B=61см;серый</t>
+    <t>Крышка для ящика для продуктов утяжеленная (для арт. 203-2/grey) (от -18 до +50°C);полиэтилен;,H=4,L</t>
   </si>
   <si>
     <t>04019202</t>
   </si>
   <si>
     <t>506-1 М/000/grey</t>
   </si>
   <si>
     <t>8278.00₸</t>
   </si>
   <si>
     <t>Термоконтейнер «Нормал» до 15 кг;полипроп.;22л;,H=32,L=40,B=30см;черный</t>
   </si>
   <si>
     <t>04014844</t>
   </si>
   <si>
     <t>4332N</t>
   </si>
   <si>
     <t>Termobox</t>
   </si>
   <si>
     <t>Normal</t>
   </si>
@@ -6569,159 +6590,261 @@
   <si>
     <t>Банка «Кватро Стаджони» круглая с крышкой;стекло;1,5л;D=12,2,H=21см;прозр.</t>
   </si>
   <si>
     <t>04141997</t>
   </si>
   <si>
     <t>359920MDD121990</t>
   </si>
   <si>
     <t>3404.00₸</t>
   </si>
   <si>
     <t>Контейнер для продуктов «Фриговерре» круглый с крышкой;стекло,полиэтилен;90мл;D=150,H=65мм;прозр.,го</t>
   </si>
   <si>
     <t>04019204</t>
   </si>
   <si>
     <t>388440MEZ121990</t>
   </si>
   <si>
     <t>5052.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный морозостойкий;полиэтилен;46л;,H=25,L=60,B=40см;белый</t>
+    <t>Ящик для продуктов перфорированный (от -30 до +60°C);полиэтилен;46л;,H=25,L=60,B=40см;белый</t>
   </si>
   <si>
     <t>04013967</t>
   </si>
   <si>
     <t>201/white</t>
   </si>
   <si>
     <t>10626.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный;полиэтилен;46л;,H=25,L=60,B=40см;серый</t>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;46л;,H=25,L=60,B=40см;серый</t>
   </si>
   <si>
     <t>04013968</t>
   </si>
   <si>
     <t>201/gray</t>
   </si>
   <si>
     <t>9048.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной с крышкой;полиэтилен;52л;,H=31,5,L=60,B=40см;серый,синий</t>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;52л;,H=31,5,L=60,B=40см;серый,син</t>
   </si>
   <si>
     <t>04014538</t>
   </si>
   <si>
     <t>601-1 SP/gray</t>
   </si>
   <si>
     <t>13591.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов сплошной с крышкой;полиэтилен;72л;,H=41,5,L=60,B=40см;серый,синий</t>
+    <t>Ящик для продуктов сплошной с крышкой (от -18 до +50°C);полиэтилен;75л;,H=41,5,L=60,B=40см;серый,син</t>
   </si>
   <si>
     <t>04014539</t>
   </si>
   <si>
     <t>605-1 SP/gray</t>
   </si>
   <si>
     <t>15670.00₸</t>
   </si>
   <si>
-    <t>Ящик для продуктов перфорированный;полиэтилен;37л;,H=20,L=60,B=40см;синий</t>
+    <t>Ящик для продуктов перфорированный (от -18 до +50°C);полиэтилен;37л;,H=20,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>04013969</t>
   </si>
   <si>
     <t>102/blue</t>
   </si>
   <si>
     <t>6268.00₸</t>
   </si>
   <si>
-    <t>Паллет;полиэтилен;,H=14,L=60,B=40см;синий</t>
+    <t>Паллет сплошной на ножках;полиэтилен;,H=14,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>08014100</t>
   </si>
   <si>
     <t>TR 400-1/blue</t>
   </si>
   <si>
     <t>15031.00₸</t>
   </si>
   <si>
     <t>Банка «Классик» круглая с крышкой;стекло,стекло;4л;D=18,H=26см;прозр.</t>
   </si>
   <si>
     <t>04148645</t>
   </si>
   <si>
     <t>Classic</t>
   </si>
   <si>
     <t>18781.00₸</t>
   </si>
   <si>
     <t>Банка «Классик» круглая с крышкой;стекло,стекло;0,9л;D=11,5,H=16см;прозр.</t>
   </si>
   <si>
     <t>04148643</t>
   </si>
   <si>
     <t>6783.00₸</t>
   </si>
   <si>
     <t>Банка «Классик» круглая с крышкой;стекло,стекло;6л;D=20,H=30см;прозр.</t>
   </si>
   <si>
     <t>04148646</t>
   </si>
   <si>
     <t>22085.00₸</t>
   </si>
   <si>
     <t>Банка «Классик» круглая с крышкой;стекло,стекло;2л;D=14,H=21,5см;прозр.</t>
   </si>
   <si>
     <t>04148644</t>
   </si>
   <si>
     <t>11473.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для банки BU_GJ002;орех;D=116,H=17мм;деревян.</t>
+  </si>
+  <si>
+    <t>04148844</t>
+  </si>
+  <si>
+    <t>BU_WL002</t>
+  </si>
+  <si>
+    <t>89713.00₸</t>
+  </si>
+  <si>
+    <t>Паллет сплошной на ножках;полипроп.;,H=13,L=60,B=40см;зелен.</t>
+  </si>
+  <si>
+    <t>08012903</t>
+  </si>
+  <si>
+    <t>TR400-1/green</t>
+  </si>
+  <si>
+    <t>12859.00₸</t>
+  </si>
+  <si>
+    <t>Паллет на 3-х полозьях;полиэтилен;,H=15,L=80,B=60см;черный</t>
+  </si>
+  <si>
+    <t>08012906</t>
+  </si>
+  <si>
+    <t>TR 680/black</t>
+  </si>
+  <si>
+    <t>Паллет перфорированный на ножках;полипроп.;,H=13,5,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>08012904</t>
+  </si>
+  <si>
+    <t>TR400/grey</t>
+  </si>
+  <si>
+    <t>5698.00₸</t>
+  </si>
+  <si>
+    <t>Паллет;полиэтилен;,H=15,L=120,B=80см;серый</t>
+  </si>
+  <si>
+    <t>08012905</t>
+  </si>
+  <si>
+    <t>TR 1208-1/grey</t>
+  </si>
+  <si>
+    <t>62139.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов «Евробокс» сплошной (от -20 °C);полипроп.;45л;,H=22,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04014540</t>
+  </si>
+  <si>
+    <t>9587.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов «Евробокс» (от -20 °C);полипроп.;,H=18,L=405,B=305мм;серый</t>
+  </si>
+  <si>
+    <t>04014543</t>
+  </si>
+  <si>
+    <t>2156.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов «Евробокс» сплошной (от -20 °C);полипроп.;21,5л;,H=22,L=40,B=30см;серый</t>
+  </si>
+  <si>
+    <t>04014542</t>
+  </si>
+  <si>
+    <t>5544.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для ящика для продуктов «Евробокс» (от -20 °C);полипроп.;,H=18,L=605,B=405мм;серый</t>
+  </si>
+  <si>
+    <t>04014544</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Ящик для продуктов «Евробокс» перфорированный (от -20 °C);полипроп.;27л;,H=13,L=60,B=40см;серый</t>
+  </si>
+  <si>
+    <t>04014541</t>
+  </si>
+  <si>
+    <t>6699.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -6736,51 +6859,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B74B8-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D4153DB-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9ED9-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A478770-011E-11ED-BBFC-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0D99D00-011E-11ED-BBFC-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0D99CFF-011E-11ED-BBFC-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0D99CFD-011E-11ED-BBFC-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C4D-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D54820-7BA4-11EC-BBF7-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14B6-424D-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3399295-20D0-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D105ADBA-424D-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030747F-4251-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394171-4251-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394172-4251-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225181-4252-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47CDC48D-20CE-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD6B2-4253-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD540E-21C1-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C6053A-696D-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE418-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E67F88-21C1-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D305FEC1-F162-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC729A-424E-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2B6DB9-AEC9-11EE-BC40-00505692492F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EF3801-EB96-11ED-BC09-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDDA06-21C1-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD954-21C1-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0834-21C1-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB50088-071C-11F0-BC57-00505692E04930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E67ED6-21C1-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEFD-E3D5-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEFC-E3D5-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EF374F-EB96-11ED-BC09-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AF00-E3D5-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14009-E3D5-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14008-E3D5-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14007-E3D5-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78515-21C1-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78475-21C1-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE786F5-21C1-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C6053D-696D-11EC-BBF7-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C6053C-696D-11EC-BBF7-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE788D5-21C1-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637548EF-424F-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E67E36-21C1-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA2A349A-AEC9-11EE-BC40-00505692492F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8776840C-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8776840D-424F-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8776840E-424F-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEFB-E3D5-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEFA-E3D5-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671444-E3D5-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA3-E3D7-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78795-21C1-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCE14C4B-F162-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F544-424F-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E680C8-21C1-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89FE-424F-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E68028-21C1-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BB14-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC87C6BF-E3D5-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC87C6BE-E3D5-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78835-21C1-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089829-4250-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14004-E3D5-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671445-E3D5-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA4-E3D7-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F12-E3D5-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14005-E3D5-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA619EE1-21BB-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E07074C2-21BB-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389506-4251-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389507-4251-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389508-4251-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389509-4251-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389515-4251-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263B0A1-21C5-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D134-4252-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B689E1F9-EA58-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F431F4B9-AEC9-11EE-BC40-00505692492F81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA972B-21C4-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029053-4250-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029054-4250-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029055-4250-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029056-4250-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029057-4250-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A22-4250-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D305FEC5-F162-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A40-4250-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE88-4250-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F001915E-21C4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14002-E3D5-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE5C-4251-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14003-E3D5-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F65958F7-21C4-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59413A15-21C4-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0018F7E-21C4-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C36E96C9-AEC9-11EE-BC40-00505692492F99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057FA8-21C4-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C15760-F162-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D305FEC0-F162-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA2A306A-AEC9-11EE-BC40-00505692492F103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC9C-4251-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0051E96-F5E7-11EE-BC46-00505692C447105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC5D-4251-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC5E-4251-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC5F-4251-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC60-4251-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC61-4251-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806B7-4250-11E8-A155-00259035BB67111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B03858C0-EA58-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0018EDE-21C4-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A334D6A3-EA58-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/930913D9-21C5-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65A8CF-21C3-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D22A1-4251-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236BFC-4251-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236BFD-4251-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B689E1F7-EA58-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA95EB-21C4-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057968-21C4-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F001901E-21C4-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2B6F8C-AEC9-11EE-BC40-00505692492F124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3C6E-21C3-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E29EB5-2658-11EA-BBCA-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DF54-21C3-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5476D65A-4253-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEF7-E3D5-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEF6-E3D5-11EB-BBF2-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF64-4254-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AEC1-21C5-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AE21-21C5-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF67-4254-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF68-4254-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CC7EC38-4A81-11EB-BBE0-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E16E-21C4-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280AB726-9F22-11EC-BBFA-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38ED-4254-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38EE-4254-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A71261D-21C5-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38F0-4254-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC11E-4254-11E8-A155-00259035BB67143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC252F-4254-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BBA8A4-814C-11E9-BBBA-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8552AD2-104C-11EA-BBC6-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03769272-4769-11EA-BBCE-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95D70016-6544-11EA-BBCE-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BA22D94-0D46-11EA-BBC6-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF67EFD4-FB16-11E9-BBC6-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95D70017-6544-11EA-BBCE-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057B48-21C4-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057A08-21C4-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2A812D2-E3D1-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2A812D1-E3D1-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C48F6FF2-12C1-11EA-BBC6-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60978F21-FAF6-11E9-BBC6-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C324CD8-FAF6-11E9-BBC6-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76C2026A-FAF6-11E9-BBC6-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C48F6FF3-12C1-11EA-BBC6-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03769274-4769-11EA-BBCE-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03769275-4769-11EA-BBCE-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D72D6A-2653-11EA-BBCA-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03769277-4769-11EA-BBCE-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC283F-1B45-11EA-BBC6-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2840-1B45-11EA-BBC6-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2841-1B45-11EA-BBC6-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2842-1B45-11EA-BBC6-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2843-1B45-11EA-BBC6-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2845-1B45-11EA-BBC6-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2846-1B45-11EA-BBC6-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2847-1B45-11EA-BBC6-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2849-1B45-11EA-BBC6-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC284A-1B45-11EA-BBC6-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC284B-1B45-11EA-BBC6-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC284D-1B45-11EA-BBC6-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3405D0AC-1B45-11EA-BBC6-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3405D0AD-1B45-11EA-BBC6-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E9990D8-E3D6-11EB-BBF2-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FC4DDE-EA55-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA954B-21C4-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A5F-F162-11EB-BBF2-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35CE-3126-11EC-BBF4-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00358BB7-AECA-11EE-BC40-00505692492F184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C15763-F162-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A60-F162-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B026A33A-814A-11E9-BBBA-005056921CC4187.gif"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED9501-FAF6-11E9-BBC6-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DC22-21C3-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672E094-21C3-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DEB4-21C3-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99BA-814B-11E9-BBBA-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99BB-814B-11E9-BBBA-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99BC-814B-11E9-BBBA-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99BD-814B-11E9-BBBA-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92D0F22F-F13D-11EC-BBFA-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DFF4-21C3-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AC698CE-4257-11F0-BC50-00505692C447198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FBDD7D2-4257-11F0-BC50-00505692C447199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7541CB51-E19B-11EC-BBFA-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CE1F5BE-F2B6-11EA-BBDB-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA94AB-21C4-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07D17BB5-F1ED-11EA-BBDB-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263B001-21C5-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07D17BB7-F1ED-11EA-BBDB-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07D17BB8-F1ED-11EA-BBDB-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DA0C42E-FCED-11EA-BBDB-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DA0C42F-FCED-11EA-BBDB-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DA0C430-FCED-11EA-BBDB-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DA0C431-FCED-11EA-BBDB-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595AD7-21C4-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595A37-21C4-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057BE8-21C4-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C6DF-21C4-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C63F-21C4-11EE-BC0D-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915E-F13D-11EC-BBFA-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DE14-21C3-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DCD4-21C3-11EE-BC0D-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913D4FCD-2658-11EA-BBCA-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3D0E-21C3-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09913FEA-7259-11EC-BBF7-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EF122AB-FB2F-11ED-BC09-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FAC47-4257-11F0-BC50-00505692C447223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B4D49D-A3A2-11F0-BC58-00505692C447224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB7EE-4257-11F0-BC50-00505692C447225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB6F3-4257-11F0-BC50-00505692C447226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6670EC0F-4257-11F0-BC50-00505692C447227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02712A8-06B4-11EE-BC09-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83813A18-D749-11EE-BC41-00505692492F229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595997-21C4-11EE-BC0D-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7F3D53C-0683-11ED-BBFC-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E50B5FB-D8EE-11EB-BBF2-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D188266-D749-11EE-BC41-00505692492F233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3DAE-21C3-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F3EE3-3157-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DD74-21C3-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0F9E-2C93-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0B1A-2C93-11EE-BC0D-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB8C2F54-E16C-11EA-BBD9-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA9167-21C4-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA9219-21C4-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AF61-21C5-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E34E-21C4-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AC41-21C5-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E3EE-21C4-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E52E-21C4-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263ACE1-21C5-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E5E0-21C4-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AB8F-21C5-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E48E-21C4-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/931CCFA1-D1AC-11EB-BBF2-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/931CCFA0-D1AC-11EB-BBF2-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86DA0AFC-D1AC-11EB-BBF2-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/931CCFA2-D1AC-11EB-BBF2-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E50B5FC-D8EE-11EB-BBF2-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057C88-21C4-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7F3D537-0683-11ED-BBFC-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7F3D538-0683-11ED-BBFC-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02713FA-06B4-11EE-BC09-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7459552E-21C3-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595B77-21C4-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E02E-21C4-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595C17-21C4-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595D57-21C4-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E0CE-21C4-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595DF7-21C4-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60DF8E-21C4-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595CB7-21C4-11EE-BC0D-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A492E49E-1E00-11ED-BBFC-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3E57-21C3-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4180-21C3-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4040-21C3-11EE-BC0D-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63C76B0E-799D-11ED-BC03-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0DAC-2C93-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3DB7-21C3-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3FA0-21C3-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3D17-21C3-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4220-21C3-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0D0C-2C93-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F40E0-21C3-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3FC176E-6987-11ED-BC01-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0C6C-2C93-11EE-BC0D-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FCC8E7-9B35-11ED-BC04-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8362A9FB-225B-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013D86-E44E-11ED-BC09-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0BCC-2C93-11EE-BC0D-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0EFE-2C93-11EE-BC0D-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013C46-E44E-11ED-BC09-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A0A0E-DD2F-11ED-BC08-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A094A-DD2F-11ED-BC08-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A0AAE-DD2F-11ED-BC08-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A0874-DD2F-11ED-BC08-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013CE6-E44E-11ED-BC09-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A401D-1CC1-11EE-BC0C-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A00BE96-015A-11EE-BC09-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3F22-1CC1-11EE-BC0C-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3D70-1CC1-11EE-BC0C-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3E4C-1CC1-11EE-BC0C-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ECD402-19AE-11EE-BC0A-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E19B30-27BC-11EE-BC0D-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49581A77-4BF6-11EE-BC0D-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDC8B144-9347-11EE-BC28-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D088C26C-A111-11EE-BC36-005056921CC4303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83813978-D749-11EE-BC41-00505692492F304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83813B26-D749-11EE-BC41-00505692492F305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838138D8-D749-11EE-BC41-00505692492F306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B6-4254-11E8-A155-00259035BB67307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B7-4254-11E8-A155-00259035BB67308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B2399-21C3-11EE-BC0D-005056921CC4309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B9-4254-11E8-A155-00259035BB67310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0BA-4254-11E8-A155-00259035BB67311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A4F2-CFDA-11ED-BC05-005056921CC4312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6604776D-AEC8-11EE-BC40-00505692492F313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020407-21C6-11EE-BC0D-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020367-21C6-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BAA58451-2A43-11EE-BC0D-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FB63F27-21C8-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FB63FC7-21C8-11EE-BC0D-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88B2E-DC9C-11ED-BC07-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88CA6-DC9C-11ED-BC07-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA9BE65-2259-11EE-BC0D-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC27CE60-0AA8-11EE-BC09-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC645C-21C8-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D76FA7-21C8-11EE-BC0D-005056921CC4324.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB246C-424C-11E8-A155-00259035BB67325.gif"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB246D-424C-11E8-A155-00259035BB67326.gif"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8FF3651-424C-11E8-A155-00259035BB67327.gif"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0A-696D-11EC-BBF7-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F09-696D-11EC-BBF7-005056921CC4329.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E28-424E-11E8-A155-00259035BB67330.gif"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44BE-424E-11E8-A155-00259035BB67331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7C35-21C8-11EE-BC0D-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7B83-21C8-11EE-BC0D-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D76E55-21C8-11EE-BC0D-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D4C858-E3D6-11EB-BBF2-005056921CC4335.jpg"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C0-424E-11E8-A155-00259035BB67336.gif"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0B-696D-11EC-BBF7-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83FCEDE4-8147-11E9-BBBA-005056921CC4338.jpg"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD3803AA-424E-11E8-A155-00259035BB67339.gif"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC650E-21C8-11EE-BC0D-005056921CC4340.jpg"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8B5-424F-11E8-A155-00259035BB67341.gif"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B629-21C9-11EE-BC0D-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B577-21C9-11EE-BC0D-005056921CC4343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161C8-424F-11E8-A155-00259035BB67344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B78D-21C9-11EE-BC0D-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B6DB-21C9-11EE-BC0D-005056921CC4346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B5A78D4-424F-11E8-A155-00259035BB67347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D771AB-21C8-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC63AA-21C8-11EE-BC0D-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D7725D-21C8-11EE-BC0D-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D7730F-21C8-11EE-BC0D-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D773C1-21C8-11EE-BC0D-005056921CC4352.jpg"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089828-4250-11E8-A155-00259035BB67353.gif"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA024-4250-11E8-A155-00259035BB67354.gif"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC62F8-21C8-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FB63E87-21C8-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D770F9-21C8-11EE-BC0D-005056921CC4357.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651A-4251-11E8-A155-00259035BB67358.gif"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D4C855-E3D6-11EB-BBF2-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D77461-21C8-11EE-BC0D-005056921CC4360.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA318BFB-4251-11E8-A155-00259035BB67361.gif"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F96-4252-11E8-A155-00259035BB67362.gif"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F97-4252-11E8-A155-00259035BB67363.gif"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89DF-424F-11E8-A155-00259035BB67364.gif"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFCA25-21C7-11EE-BC0D-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A027135A-06B4-11EE-BC09-005056921CC4366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A3E6F54-1A16-11F0-BC4F-00505692C447367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFC8E5-21C7-11EE-BC0D-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFC985-21C7-11EE-BC0D-005056921CC4369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F83-4252-11E8-A155-00259035BB67370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B8E8675-F162-11EB-BBF2-005056921CC4371.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635567B-4252-11E8-A155-00259035BB67372.gif"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6632745C-2224-11EE-BC0D-005056921CC4373.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C77-4254-11E8-A155-00259035BB67374.gif"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6632757B-2224-11EE-BC0D-005056921CC4375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F19624F0-AECA-11EE-BC40-00505692492F376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1962408-AECA-11EE-BC40-00505692492F377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C07FD3-F163-11EB-BBF2-005056921CC4378.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C387489-4252-11E8-A155-00259035BB67379.gif"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3D8F-2224-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3B79-2224-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381ED80-2225-11EE-BC0D-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EC3E-2225-11EE-BC0D-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EAFC-2225-11EE-BC0D-005056921CC4384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355667-4252-11E8-A155-00259035BB67385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545DDBD-2224-11EE-BC0D-005056921CC4386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566C-4252-11E8-A155-00259035BB67387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566E-4252-11E8-A155-00259035BB67388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566F-4252-11E8-A155-00259035BB67389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9AE690-E3D6-11EB-BBF2-005056921CC4390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355671-4252-11E8-A155-00259035BB67391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09960445-2225-11EE-BC0D-005056921CC4392.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59C7-4252-11E8-A155-00259035BB67393.gif"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3C2B-2224-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAE48-2224-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3CDD-2224-11EE-BC0D-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3AD9-2224-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099602BD-2225-11EE-BC0D-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996036F-2225-11EE-BC0D-005056921CC4399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656079-4253-11E8-A155-00259035BB67400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7A-1DC1-11EA-BBC7-005056921CC4401.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD862593-8148-11E9-BBBA-005056921CC4402.gif"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C07FD4-F163-11EB-BBF2-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD75718B-2224-11EE-BC0D-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F75329E6-2224-11EE-BC0D-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7532B6B-2224-11EE-BC0D-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9AE68F-E3D6-11EB-BBF2-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD75724C-2224-11EE-BC0D-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545E0F5-2224-11EE-BC0D-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CB14A-2224-11EE-BC0D-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7964256-712C-11EB-BBE2-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7964255-712C-11EB-BBE2-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC3A1-2224-11EE-BC0D-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E31F-2224-11EE-BC0D-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E489-2224-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF39AF5B-2224-11EE-BC0D-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381E9A4-2225-11EE-BC0D-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757546-2224-11EE-BC0D-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7532A98-2224-11EE-BC0D-005056921CC4419.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6B9944F-4254-11E8-A155-00259035BB67420.gif"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB05A7E-2225-11EE-BC0D-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD7573CE-2224-11EE-BC0D-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E3D7-2224-11EE-BC0D-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8E2A588-2666-11EA-BBCA-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A77B21E-073A-11EB-BBDB-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A77B21F-073A-11EB-BBDB-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CA8C2-2224-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAAA6-2224-11EE-BC0D-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAC1E-2224-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545E27F-2224-11EE-BC0D-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099601F9-2225-11EE-BC0D-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09960123-2225-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996004D-2225-11EE-BC0D-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB059B4-2225-11EE-BC0D-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0585C-2225-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB058FC-2225-11EE-BC0D-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757304-2224-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EA56-2225-11EE-BC0D-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF39AEA9-2224-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757652-2224-11EE-BC0D-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C8B0E77-E5B5-11ED-BC09-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06933F25-E5B5-11ED-BC09-005056921CC4442.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A32B-424F-11E8-A155-00259035BB67443.gif"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A32C-424F-11E8-A155-00259035BB67444.gif"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2773BD4A-222F-11EE-BC0D-005056921CC4445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D45-4254-11E8-A155-00259035BB67446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AB2AA7A-EA55-11EB-BBF2-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AB2AA79-EA55-11EB-BBF2-005056921CC4448.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE60-424E-11E8-A155-00259035BB67449.gif"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE62-424E-11E8-A155-00259035BB67450.gif"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE66-424E-11E8-A155-00259035BB67451.gif"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A95FEB03-EA58-11EB-BBF2-005056921CC4452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660478D6-AEC8-11EE-BC40-00505692492F453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A69-F162-11EB-BBF2-005056921CC4454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C96DFB76-AEC9-11EE-BC40-00505692492F455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113ABD-424E-11E8-A155-00259035BB67456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992A8CF0-2230-11EE-BC0D-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A6A-F162-11EB-BBF2-005056921CC4458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062DBED6-AECA-11EE-BC40-00505692492F459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AC1-424E-11E8-A155-00259035BB67460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC845-0683-11ED-BBFC-005056921CC4461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7F3D53B-0683-11ED-BBFC-005056921CC4462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7135BFF8-EA58-11EB-BBF2-005056921CC4463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1692EA-EA58-11EB-BBF2-005056921CC4464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FD1A7C3-696D-11EC-BBF7-005056921CC4465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B46-424E-11E8-A155-00259035BB67466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCE14C44-F162-11EB-BBF2-005056921CC4467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92005C5-F160-11EB-BBF2-005056921CC4468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C298E-424E-11E8-A155-00259035BB67469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74C3410B-2230-11EE-BC0D-005056921CC4470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22647A3A-F162-11EB-BBF2-005056921CC4471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C2991-424E-11E8-A155-00259035BB67472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C2D2677-AECA-11EE-BC40-00505692492F473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992A8DB4-2230-11EE-BC0D-005056921CC4474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C96DF94F-AEC9-11EE-BC40-00505692492F475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C96DF660-AEC9-11EE-BC40-00505692492F476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062DC5FB-AECA-11EE-BC40-00505692492F477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992A8AE8-2230-11EE-BC0D-005056921CC4478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992A8A48-2230-11EE-BC0D-005056921CC4479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329BF46-2230-11EE-BC0D-005056921CC4480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A5A4-CFDA-11ED-BC05-005056921CC4481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E130C0A-222F-11EE-BC0D-005056921CC4482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329C0AA-2230-11EE-BC0D-005056921CC4483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F10-E3D5-11EB-BBF2-005056921CC4484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AD9-424E-11E8-A155-00259035BB67485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329C00A-2230-11EE-BC0D-005056921CC4486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6B9E77A-F162-11EB-BBF2-005056921CC4487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C15764-F162-11EB-BBF2-005056921CC4488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07D2-424E-11E8-A155-00259035BB67489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E19071E4-2230-11EE-BC0D-005056921CC4490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1907144-2230-11EE-BC0D-005056921CC4491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E19072C9-2230-11EE-BC0D-005056921CC4492.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BF2-424E-11E8-A155-00259035BB67493.gif"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C60539-696D-11EC-BBF7-005056921CC4494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDFACC53-5CB3-11EE-BC0E-005056921CC4495.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CB-4251-11E8-A155-00259035BB67496.gif"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890BEAA5-45F0-11EF-BC57-00505692E049497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24F93FD1-753E-11EF-BC4D-00505692C447498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ED7B7EE-7D18-11EF-BC57-00505692E049499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B9B59E5-753E-11EF-BC4D-00505692C447500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773EE0C1-8CCF-11EF-BC4E-00505692C447501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690C4FCB-A1A0-11EF-BC57-00505692E049502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9374261-B3F0-11EF-BC4E-00505692C447503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506492FA-071C-11F0-BC57-00505692E049504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52B6EDF9-071C-11F0-BC57-00505692E049505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2DADB57-B3F0-11EF-BC4E-00505692C447506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52B6EEE1-071C-11F0-BC57-00505692E049507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84467B89-E3B3-11EF-BC57-00505692E049508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B647A0-EAEE-11EF-BC4E-00505692C447509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C2873DA-04E1-11F0-BC53-00505692E2D0510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD387439-FC6E-11EF-BC53-00505692E2D0511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B3C661F-071C-11F0-BC57-00505692E049512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383FB099-071C-11F0-BC57-00505692E049513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C7661C3-071C-11F0-BC57-00505692E049514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43EA67C3-071C-11F0-BC57-00505692E049515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383F9ACC-071C-11F0-BC57-00505692E049516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB9CA7-4257-11F0-BC50-00505692C447517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10577F93-1A16-11F0-BC4F-00505692C447518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A3E6C8A-1A16-11F0-BC4F-00505692C447519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67A467F3-6ECE-11EF-BC53-00505692E2D0520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929BCA6E-3C8C-11F0-BC59-00505692E049521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ED7588F-4257-11F0-BC50-00505692C447522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D803DE-4257-11F0-BC50-00505692C447523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB641-4257-11F0-BC50-00505692C447524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB8227-4257-11F0-BC50-00505692C447525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ED75ABB-4257-11F0-BC50-00505692C447526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D7FC48-4257-11F0-BC50-00505692C447527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17883382-42B3-11F0-BC50-00505692C447528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93C0B468-4257-11F0-BC50-00505692C447529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9291C0EE-4257-11F0-BC50-00505692C447530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8DA54590-4257-11F0-BC50-00505692C447531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ED7575E-4257-11F0-BC50-00505692C447532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB87C5-4257-11F0-BC50-00505692C447533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45335EB9-5CD4-11F0-BC49-0050569297EB534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5846F8B9-6621-11F0-BC4B-00505692492F535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46113CC7-6621-11F0-BC4B-00505692492F536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40177A23-6621-11F0-BC4B-00505692492F537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2857F3-6621-11F0-BC4B-00505692492F538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645F4445-6621-11F0-BC4B-00505692492F539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645F4660-6621-11F0-BC4B-00505692492F540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4017769A-6621-11F0-BC4B-00505692492F541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4CCB62-6621-11F0-BC4B-00505692492F542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645F422A-6621-11F0-BC4B-00505692492F543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4CC927-6621-11F0-BC4B-00505692492F544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523B6A6B-6621-11F0-BC4B-00505692492F545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4CCD70-6621-11F0-BC4B-00505692492F546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5846FBDF-6621-11F0-BC4B-00505692492F547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C285657-6621-11F0-BC4B-00505692492F548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523B6878-6621-11F0-BC4B-00505692492F549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A66918D-6621-11F0-BC4B-00505692492F550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461136F1-6621-11F0-BC4B-00505692492F551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5846FA31-6621-11F0-BC4B-00505692492F552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40177845-6621-11F0-BC4B-00505692492F553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2853E2-6621-11F0-BC4B-00505692492F554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523B663A-6621-11F0-BC4B-00505692492F555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523B64C1-6621-11F0-BC4B-00505692492F556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46113E99-6621-11F0-BC4B-00505692492F557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46113AE2-6621-11F0-BC4B-00505692492F558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40177361-6621-11F0-BC4B-00505692492F559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A668FEB-6621-11F0-BC4B-00505692492F560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5846FDF8-6621-11F0-BC4B-00505692492F561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437024E-731D-11F0-BC56-00505692E2D0562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258B1253-731D-11F0-BC56-00505692E2D0563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437131A-731D-11F0-BC56-00505692E2D0564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11FE62ED-731D-11F0-BC56-00505692E2D0565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27B1ABB1-731D-11F0-BC56-00505692E2D0566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11FE7317-731D-11F0-BC56-00505692E2D0567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1EA1-9154-11F0-BC58-00505692E2D0568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1DEE-9154-11F0-BC58-00505692E2D0569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1D3C-9154-11F0-BC58-00505692E2D0570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1746C1-90FA-11F0-BC4E-00505692492F571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F9B692B-C7D9-11F0-BC5A-00505692E2D0572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6593598F-C7D9-11F0-BC5A-00505692E2D0573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B31D33-C7F0-11F0-BC5A-00505692E2D0574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B327CD-C7F0-11F0-BC5A-00505692E2D0575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB76C1F-C7F0-11F0-BC5A-00505692E2D0576.jpg"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B32241-C7F0-11F0-BC5A-00505692E2D0577.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D38B74B8-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9D4153DB-20D0-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF0A9ED9-424D-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A478770-011E-11ED-BBFC-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0D99D00-011E-11ED-BBFC-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0D99CFF-011E-11ED-BBFC-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A0D99CFD-011E-11ED-BBFC-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C4D-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9D54820-7BA4-11EC-BBF7-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A14B6-424D-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3399295-20D0-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D105ADBA-424D-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5030747F-4251-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394171-4251-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394172-4251-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225181-4252-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47CDC48D-20CE-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD6B2-4253-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD540E-21C1-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C6053A-696D-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE418-424D-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E67F88-21C1-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D305FEC1-F162-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC729A-424E-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2B6DB9-AEC9-11EE-BC40-00505692492F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EF3801-EB96-11ED-BC09-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDDA06-21C1-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05CDD954-21C1-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BCE0834-21C1-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DB50088-071C-11F0-BC57-00505692E04930.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E67ED6-21C1-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEFD-E3D5-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEFC-E3D5-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97EF374F-EB96-11ED-BC09-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AF00-E3D5-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14009-E3D5-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14008-E3D5-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14007-E3D5-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78515-21C1-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78475-21C1-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE786F5-21C1-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C6053D-696D-11EC-BBF7-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C6053C-696D-11EC-BBF7-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE788D5-21C1-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637548EF-424F-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E67E36-21C1-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA2A349A-AEC9-11EE-BC40-00505692492F47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8776840C-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8776840D-424F-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8776840E-424F-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEFB-E3D5-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEFA-E3D5-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671444-E3D5-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA3-E3D7-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78795-21C1-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCE14C4B-F162-11EB-BBF2-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F544-424F-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E680C8-21C1-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89FE-424F-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23E68028-21C1-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC05BB14-424F-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC87C6BF-E3D5-11EB-BBF2-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC87C6BE-E3D5-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1DE78835-21C1-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089829-4250-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14004-E3D5-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66671445-E3D5-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA4-E3D7-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F12-E3D5-11EB-BBF2-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14005-E3D5-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA619EE1-21BB-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E07074C2-21BB-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389506-4251-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389507-4251-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389508-4251-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389509-4251-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26389515-4251-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263B0A1-21C5-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D134-4252-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B689E1F9-EA58-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F431F4B9-AEC9-11EE-BC40-00505692492F81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA972B-21C4-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029053-4250-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029054-4250-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029055-4250-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029056-4250-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029057-4250-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A22-4250-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D305FEC5-F162-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900D1A40-4250-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE88-4250-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F001915E-21C4-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14002-E3D5-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0210BE5C-4251-11E8-A155-00259035BB6794.gif"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8D14003-E3D5-11EB-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F65958F7-21C4-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59413A15-21C4-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0018F7E-21C4-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C36E96C9-AEC9-11EE-BC40-00505692492F99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057FA8-21C4-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C15760-F162-11EB-BBF2-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D305FEC0-F162-11EB-BBF2-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA2A306A-AEC9-11EE-BC40-00505692492F103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC9C-4251-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0051E96-F5E7-11EE-BC46-00505692C447105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC5D-4251-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC5E-4251-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC5F-4251-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC60-4251-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC61-4251-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806B7-4250-11E8-A155-00259035BB67111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B03858C0-EA58-11EB-BBF2-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F0018EDE-21C4-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A334D6A3-EA58-11EB-BBF2-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/930913D9-21C5-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC65A8CF-21C3-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D22A1-4251-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236BFC-4251-11E8-A155-00259035BB67118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC236BFD-4251-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B689E1F7-EA58-11EB-BBF2-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA95EB-21C4-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057968-21C4-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F001901E-21C4-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE2B6F8C-AEC9-11EE-BC40-00505692492F124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3C6E-21C3-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80E29EB5-2658-11EA-BBCA-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DF54-21C3-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5476D65A-4253-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEF7-E3D5-11EB-BBF2-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B2C6AEF6-E3D5-11EB-BBF2-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF64-4254-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AEC1-21C5-11EE-BC0D-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AE21-21C5-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF67-4254-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF68-4254-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0CC7EC38-4A81-11EB-BBE0-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E16E-21C4-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280AB726-9F22-11EC-BBFA-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38ED-4254-11E8-A155-00259035BB67139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38EE-4254-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A71261D-21C5-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38F0-4254-11E8-A155-00259035BB67142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A8DC11E-4254-11E8-A155-00259035BB67143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC252F-4254-11E8-A155-00259035BB67144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44BBA8A4-814C-11E9-BBBA-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8552AD2-104C-11EA-BBC6-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03769272-4769-11EA-BBCE-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95D70016-6544-11EA-BBCE-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3BA22D94-0D46-11EA-BBC6-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF67EFD4-FB16-11E9-BBC6-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95D70017-6544-11EA-BBCE-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057B48-21C4-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057A08-21C4-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2A812D2-E3D1-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2A812D1-E3D1-11EB-BBF2-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C48F6FF2-12C1-11EA-BBC6-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60978F21-FAF6-11E9-BBC6-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C324CD8-FAF6-11E9-BBC6-005056921CC4158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76C2026A-FAF6-11E9-BBC6-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C48F6FF3-12C1-11EA-BBC6-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03769274-4769-11EA-BBCE-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03769275-4769-11EA-BBCE-005056921CC4162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7D72D6A-2653-11EA-BBCA-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03769277-4769-11EA-BBCE-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC283F-1B45-11EA-BBC6-005056921CC4165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2840-1B45-11EA-BBC6-005056921CC4166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2841-1B45-11EA-BBC6-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2842-1B45-11EA-BBC6-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2843-1B45-11EA-BBC6-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2845-1B45-11EA-BBC6-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2846-1B45-11EA-BBC6-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2847-1B45-11EA-BBC6-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC2849-1B45-11EA-BBC6-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC284A-1B45-11EA-BBC6-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC284B-1B45-11EA-BBC6-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DEC284D-1B45-11EA-BBC6-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3405D0AC-1B45-11EA-BBC6-005056921CC4177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3405D0AD-1B45-11EA-BBC6-005056921CC4178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E9990D8-E3D6-11EB-BBF2-005056921CC4179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44FC4DDE-EA55-11EB-BBF2-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA954B-21C4-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A5F-F162-11EB-BBF2-005056921CC4182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35CE-3126-11EC-BBF4-005056921CC4183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00358BB7-AECA-11EE-BC40-00505692492F184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C15763-F162-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A60-F162-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ED9501-FAF6-11E9-BBC6-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DC22-21C3-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672E094-21C3-11EE-BC0D-005056921CC4189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DEB4-21C3-11EE-BC0D-005056921CC4190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99BA-814B-11E9-BBBA-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99BB-814B-11E9-BBBA-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99BC-814B-11E9-BBBA-005056921CC4193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153A99BD-814B-11E9-BBBA-005056921CC4194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92D0F22F-F13D-11EC-BBFA-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DFF4-21C3-11EE-BC0D-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AC698CE-4257-11F0-BC50-00505692C447197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FBDD7D2-4257-11F0-BC50-00505692C447198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7541CB51-E19B-11EC-BBFA-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2CE1F5BE-F2B6-11EA-BBDB-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA94AB-21C4-11EE-BC0D-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07D17BB5-F1ED-11EA-BBDB-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263B001-21C5-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07D17BB7-F1ED-11EA-BBDB-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07D17BB8-F1ED-11EA-BBDB-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DA0C42E-FCED-11EA-BBDB-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DA0C42F-FCED-11EA-BBDB-005056921CC4207.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DA0C430-FCED-11EA-BBDB-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DA0C431-FCED-11EA-BBDB-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595AD7-21C4-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595A37-21C4-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057BE8-21C4-11EE-BC0D-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C6DF-21C4-11EE-BC0D-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDF2C63F-21C4-11EE-BC0D-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8624915E-F13D-11EC-BBFA-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DE14-21C3-11EE-BC0D-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DCD4-21C3-11EE-BC0D-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/913D4FCD-2658-11EA-BBCA-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3D0E-21C3-11EE-BC0D-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09913FEA-7259-11EC-BBF7-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2EF122AB-FB2F-11ED-BC09-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FAC47-4257-11F0-BC50-00505692C447222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5B4D49D-A3A2-11F0-BC58-00505692C447223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB7EE-4257-11F0-BC50-00505692C447224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB6F3-4257-11F0-BC50-00505692C447225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6670EC0F-4257-11F0-BC50-00505692C447226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02712A8-06B4-11EE-BC09-005056921CC4227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83813A18-D749-11EE-BC41-00505692492F228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595997-21C4-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7F3D53C-0683-11ED-BBFC-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E50B5FB-D8EE-11EB-BBF2-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D188266-D749-11EE-BC41-00505692492F232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3DAE-21C3-11EE-BC0D-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB3F3EE3-3157-11EE-BC0D-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672DD74-21C3-11EE-BC0D-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0F9E-2C93-11EE-BC0D-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0B1A-2C93-11EE-BC0D-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB8C2F54-E16C-11EA-BBD9-005056921CC4238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA9167-21C4-11EE-BC0D-005056921CC4239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3EA9219-21C4-11EE-BC0D-005056921CC4240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AF61-21C5-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E34E-21C4-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AC41-21C5-11EE-BC0D-005056921CC4243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E3EE-21C4-11EE-BC0D-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E52E-21C4-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263ACE1-21C5-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E5E0-21C4-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0263AB8F-21C5-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E48E-21C4-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/931CCFA1-D1AC-11EB-BBF2-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/931CCFA0-D1AC-11EB-BBF2-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86DA0AFC-D1AC-11EB-BBF2-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/931CCFA2-D1AC-11EB-BBF2-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E50B5FC-D8EE-11EB-BBF2-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA057C88-21C4-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7F3D537-0683-11ED-BBFC-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7F3D538-0683-11ED-BBFC-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A02713FA-06B4-11EE-BC09-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7459552E-21C3-11EE-BC0D-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595B77-21C4-11EE-BC0D-005056921CC4260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E02E-21C4-11EE-BC0D-005056921CC4261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595C17-21C4-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595D57-21C4-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60E0CE-21C4-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595DF7-21C4-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC60DF8E-21C4-11EE-BC0D-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6595CB7-21C4-11EE-BC0D-005056921CC4267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A492E49E-1E00-11ED-BBFC-005056921CC4268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3E57-21C3-11EE-BC0D-005056921CC4269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4180-21C3-11EE-BC0D-005056921CC4270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4040-21C3-11EE-BC0D-005056921CC4271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63C76B0E-799D-11ED-BC03-005056921CC4272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0DAC-2C93-11EE-BC0D-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3DB7-21C3-11EE-BC0D-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F3FA0-21C3-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626A3D17-21C3-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F4220-21C3-11EE-BC0D-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0D0C-2C93-11EE-BC0D-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C6F40E0-21C3-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3FC176E-6987-11ED-BC01-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0C6C-2C93-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5FCC8E7-9B35-11ED-BC04-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8362A9FB-225B-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013D86-E44E-11ED-BC09-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0BCC-2C93-11EE-BC0D-005056921CC4285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C8F0EFE-2C93-11EE-BC0D-005056921CC4286.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013C46-E44E-11ED-BC09-005056921CC4287.jpg"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A0A0E-DD2F-11ED-BC08-005056921CC4288.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A094A-DD2F-11ED-BC08-005056921CC4289.jpg"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A0AAE-DD2F-11ED-BC08-005056921CC4290.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/183A0874-DD2F-11ED-BC08-005056921CC4291.jpg"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E013CE6-E44E-11ED-BC09-005056921CC4292.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A401D-1CC1-11EE-BC0C-005056921CC4293.jpg"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A00BE96-015A-11EE-BC09-005056921CC4294.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3F22-1CC1-11EE-BC0C-005056921CC4295.jpg"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3D70-1CC1-11EE-BC0C-005056921CC4296.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3E4C-1CC1-11EE-BC0C-005056921CC4297.jpg"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ECD402-19AE-11EE-BC0A-005056921CC4298.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20E19B30-27BC-11EE-BC0D-005056921CC4299.jpg"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49581A77-4BF6-11EE-BC0D-005056921CC4300.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDC8B144-9347-11EE-BC28-005056921CC4301.jpg"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D088C26C-A111-11EE-BC36-005056921CC4302.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83813978-D749-11EE-BC41-00505692492F303.jpg"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83813B26-D749-11EE-BC41-00505692492F304.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/838138D8-D749-11EE-BC41-00505692492F305.jpg"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B6-4254-11E8-A155-00259035BB67306.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B7-4254-11E8-A155-00259035BB67307.jpg"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E5B2399-21C3-11EE-BC0D-005056921CC4308.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0B9-4254-11E8-A155-00259035BB67309.jpg"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628BD0BA-4254-11E8-A155-00259035BB67310.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A4F2-CFDA-11ED-BC05-005056921CC4311.jpg"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6604776D-AEC8-11EE-BC40-00505692492F312.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020407-21C6-11EE-BC0D-005056921CC4313.jpg"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A020367-21C6-11EE-BC0D-005056921CC4314.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BAA58451-2A43-11EE-BC0D-005056921CC4315.jpg"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FB63F27-21C8-11EE-BC0D-005056921CC4316.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FB63FC7-21C8-11EE-BC0D-005056921CC4317.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88B2E-DC9C-11ED-BC07-005056921CC4318.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B88CA6-DC9C-11ED-BC07-005056921CC4319.jpg"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEA9BE65-2259-11EE-BC0D-005056921CC4320.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC27CE60-0AA8-11EE-BC09-005056921CC4321.jpg"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC645C-21C8-11EE-BC0D-005056921CC4322.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D76FA7-21C8-11EE-BC0D-005056921CC4323.jpg"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB246C-424C-11E8-A155-00259035BB67324.gif"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB246D-424C-11E8-A155-00259035BB67325.gif"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8FF3651-424C-11E8-A155-00259035BB67326.gif"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0A-696D-11EC-BBF7-005056921CC4327.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F09-696D-11EC-BBF7-005056921CC4328.jpg"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E28-424E-11E8-A155-00259035BB67329.gif"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44BE-424E-11E8-A155-00259035BB67330.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7C35-21C8-11EE-BC0D-005056921CC4331.jpg"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ABDF7B83-21C8-11EE-BC0D-005056921CC4332.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D76E55-21C8-11EE-BC0D-005056921CC4333.jpg"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D4C858-E3D6-11EB-BBF2-005056921CC4334.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32C0-424E-11E8-A155-00259035BB67335.gif"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765D9F0B-696D-11EC-BBF7-005056921CC4336.jpg"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83FCEDE4-8147-11E9-BBBA-005056921CC4337.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD3803AA-424E-11E8-A155-00259035BB67338.gif"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC650E-21C8-11EE-BC0D-005056921CC4339.jpg"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8B5-424F-11E8-A155-00259035BB67340.gif"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B629-21C9-11EE-BC0D-005056921CC4341.jpg"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B577-21C9-11EE-BC0D-005056921CC4342.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B4161C8-424F-11E8-A155-00259035BB67343.jpg"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B78D-21C9-11EE-BC0D-005056921CC4344.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B6DB-21C9-11EE-BC0D-005056921CC4345.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4B5A78D4-424F-11E8-A155-00259035BB67346.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D771AB-21C8-11EE-BC0D-005056921CC4347.jpg"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC63AA-21C8-11EE-BC0D-005056921CC4348.jpg"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D7725D-21C8-11EE-BC0D-005056921CC4349.jpg"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D7730F-21C8-11EE-BC0D-005056921CC4350.jpg"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D773C1-21C8-11EE-BC0D-005056921CC4351.jpg"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18089828-4250-11E8-A155-00259035BB67352.gif"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480CA024-4250-11E8-A155-00259035BB67353.gif"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7EC62F8-21C8-11EE-BC0D-005056921CC4354.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3FB63E87-21C8-11EE-BC0D-005056921CC4355.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D770F9-21C8-11EE-BC0D-005056921CC4356.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2039651A-4251-11E8-A155-00259035BB67357.gif"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F4D4C855-E3D6-11EB-BBF2-005056921CC4358.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B1D77461-21C8-11EE-BC0D-005056921CC4359.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA318BFB-4251-11E8-A155-00259035BB67360.gif"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F96-4252-11E8-A155-00259035BB67361.gif"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F97-4252-11E8-A155-00259035BB67362.gif"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D5FD89DF-424F-11E8-A155-00259035BB67363.gif"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFCA25-21C7-11EE-BC0D-005056921CC4364.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A027135A-06B4-11EE-BC09-005056921CC4365.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A3E6F54-1A16-11F0-BC4F-00505692C447366.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFC8E5-21C7-11EE-BC0D-005056921CC4367.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFFC985-21C7-11EE-BC0D-005056921CC4368.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16250F83-4252-11E8-A155-00259035BB67369.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7B8E8675-F162-11EB-BBF2-005056921CC4370.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635567B-4252-11E8-A155-00259035BB67371.gif"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6632745C-2224-11EE-BC0D-005056921CC4372.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C77-4254-11E8-A155-00259035BB67373.gif"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6632757B-2224-11EE-BC0D-005056921CC4374.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F19624F0-AECA-11EE-BC40-00505692492F375.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1962408-AECA-11EE-BC40-00505692492F376.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C07FD3-F163-11EB-BBF2-005056921CC4377.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C387489-4252-11E8-A155-00259035BB67378.gif"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3D8F-2224-11EE-BC0D-005056921CC4379.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3B79-2224-11EE-BC0D-005056921CC4380.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381ED80-2225-11EE-BC0D-005056921CC4381.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EC3E-2225-11EE-BC0D-005056921CC4382.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EAFC-2225-11EE-BC0D-005056921CC4383.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355667-4252-11E8-A155-00259035BB67384.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545DDBD-2224-11EE-BC0D-005056921CC4385.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566C-4252-11E8-A155-00259035BB67386.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566E-4252-11E8-A155-00259035BB67387.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D635566F-4252-11E8-A155-00259035BB67388.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9AE690-E3D6-11EB-BBF2-005056921CC4389.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6355671-4252-11E8-A155-00259035BB67390.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09960445-2225-11EE-BC0D-005056921CC4391.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59C7-4252-11E8-A155-00259035BB67392.gif"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3C2B-2224-11EE-BC0D-005056921CC4393.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAE48-2224-11EE-BC0D-005056921CC4394.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3CDD-2224-11EE-BC0D-005056921CC4395.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F14F3AD9-2224-11EE-BC0D-005056921CC4396.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099602BD-2225-11EE-BC0D-005056921CC4397.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996036F-2225-11EE-BC0D-005056921CC4398.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656079-4253-11E8-A155-00259035BB67399.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F41BAD7A-1DC1-11EA-BBC7-005056921CC4400.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD862593-8148-11E9-BBBA-005056921CC4401.gif"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C07FD4-F163-11EB-BBF2-005056921CC4402.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD75718B-2224-11EE-BC0D-005056921CC4403.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F75329E6-2224-11EE-BC0D-005056921CC4404.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7532B6B-2224-11EE-BC0D-005056921CC4405.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB9AE68F-E3D6-11EB-BBF2-005056921CC4406.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD75724C-2224-11EE-BC0D-005056921CC4407.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545E0F5-2224-11EE-BC0D-005056921CC4408.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CB14A-2224-11EE-BC0D-005056921CC4409.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7964256-712C-11EB-BBE2-005056921CC4410.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7964255-712C-11EB-BBE2-005056921CC4411.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C4DC3A1-2224-11EE-BC0D-005056921CC4412.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E31F-2224-11EE-BC0D-005056921CC4413.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E489-2224-11EE-BC0D-005056921CC4414.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF39AF5B-2224-11EE-BC0D-005056921CC4415.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381E9A4-2225-11EE-BC0D-005056921CC4416.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757546-2224-11EE-BC0D-005056921CC4417.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7532A98-2224-11EE-BC0D-005056921CC4418.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E6B9944F-4254-11E8-A155-00259035BB67419.gif"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB05A7E-2225-11EE-BC0D-005056921CC4420.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD7573CE-2224-11EE-BC0D-005056921CC4421.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D937E3D7-2224-11EE-BC0D-005056921CC4422.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C8E2A588-2666-11EA-BBCA-005056921CC4423.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A77B21E-073A-11EB-BBDB-005056921CC4424.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A77B21F-073A-11EB-BBDB-005056921CC4425.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CA8C2-2224-11EE-BC0D-005056921CC4426.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAAA6-2224-11EE-BC0D-005056921CC4427.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3CAC1E-2224-11EE-BC0D-005056921CC4428.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E545E27F-2224-11EE-BC0D-005056921CC4429.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099601F9-2225-11EE-BC0D-005056921CC4430.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09960123-2225-11EE-BC0D-005056921CC4431.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0996004D-2225-11EE-BC0D-005056921CC4432.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB059B4-2225-11EE-BC0D-005056921CC4433.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB0585C-2225-11EE-BC0D-005056921CC4434.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB058FC-2225-11EE-BC0D-005056921CC4435.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757304-2224-11EE-BC0D-005056921CC4436.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0381EA56-2225-11EE-BC0D-005056921CC4437.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DF39AEA9-2224-11EE-BC0D-005056921CC4438.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD757652-2224-11EE-BC0D-005056921CC4439.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C8B0E77-E5B5-11ED-BC09-005056921CC4440.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06933F25-E5B5-11ED-BC09-005056921CC4441.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A32B-424F-11E8-A155-00259035BB67442.gif"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A32C-424F-11E8-A155-00259035BB67443.gif"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2773BD4A-222F-11EE-BC0D-005056921CC4444.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D45-4254-11E8-A155-00259035BB67445.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AB2AA7A-EA55-11EB-BBF2-005056921CC4446.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AB2AA79-EA55-11EB-BBF2-005056921CC4447.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE60-424E-11E8-A155-00259035BB67448.gif"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE62-424E-11E8-A155-00259035BB67449.gif"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE66-424E-11E8-A155-00259035BB67450.gif"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A95FEB03-EA58-11EB-BBF2-005056921CC4451.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/660478D6-AEC8-11EE-BC40-00505692492F452.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A69-F162-11EB-BBF2-005056921CC4453.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C96DFB76-AEC9-11EE-BC40-00505692492F454.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113ABD-424E-11E8-A155-00259035BB67455.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992A8CF0-2230-11EE-BC0D-005056921CC4456.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884C1A6A-F162-11EB-BBF2-005056921CC4457.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062DBED6-AECA-11EE-BC40-00505692492F458.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AC1-424E-11E8-A155-00259035BB67459.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC845-0683-11ED-BBFC-005056921CC4460.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7F3D53B-0683-11ED-BBFC-005056921CC4461.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7135BFF8-EA58-11EB-BBF2-005056921CC4462.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B1692EA-EA58-11EB-BBF2-005056921CC4463.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4FD1A7C3-696D-11EC-BBF7-005056921CC4464.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B46-424E-11E8-A155-00259035BB67465.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCE14C44-F162-11EB-BBF2-005056921CC4466.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E92005C5-F160-11EB-BBF2-005056921CC4467.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C298E-424E-11E8-A155-00259035BB67468.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74C3410B-2230-11EE-BC0D-005056921CC4469.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22647A3A-F162-11EB-BBF2-005056921CC4470.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C2991-424E-11E8-A155-00259035BB67471.jpg"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C2D2677-AECA-11EE-BC40-00505692492F472.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992A8DB4-2230-11EE-BC0D-005056921CC4473.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C96DF94F-AEC9-11EE-BC40-00505692492F474.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C96DF660-AEC9-11EE-BC40-00505692492F475.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062DC5FB-AECA-11EE-BC40-00505692492F476.jpg"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992A8AE8-2230-11EE-BC0D-005056921CC4477.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/992A8A48-2230-11EE-BC0D-005056921CC4478.jpg"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329BF46-2230-11EE-BC0D-005056921CC4479.jpg"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A061A5A4-CFDA-11ED-BC05-005056921CC4480.jpg"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E130C0A-222F-11EE-BC0D-005056921CC4481.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329C0AA-2230-11EE-BC0D-005056921CC4482.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C909F10-E3D5-11EB-BBF2-005056921CC4483.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AD9-424E-11E8-A155-00259035BB67484.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329C00A-2230-11EE-BC0D-005056921CC4485.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C6B9E77A-F162-11EB-BBF2-005056921CC4486.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81C15764-F162-11EB-BBF2-005056921CC4487.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A91A07D2-424E-11E8-A155-00259035BB67488.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E19071E4-2230-11EE-BC0D-005056921CC4489.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E1907144-2230-11EE-BC0D-005056921CC4490.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E19072C9-2230-11EE-BC0D-005056921CC4491.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BF2-424E-11E8-A155-00259035BB67492.gif"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49C60539-696D-11EC-BBF7-005056921CC4493.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDFACC53-5CB3-11EE-BC0E-005056921CC4494.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CB-4251-11E8-A155-00259035BB67495.gif"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890BEAA5-45F0-11EF-BC57-00505692E049496.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24F93FD1-753E-11EF-BC4D-00505692C447497.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ED7B7EE-7D18-11EF-BC57-00505692E049498.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B9B59E5-753E-11EF-BC4D-00505692C447499.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773EE0C1-8CCF-11EF-BC4E-00505692C447500.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690C4FCB-A1A0-11EF-BC57-00505692E049501.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9374261-B3F0-11EF-BC4E-00505692C447502.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506492FA-071C-11F0-BC57-00505692E049503.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52B6EDF9-071C-11F0-BC57-00505692E049504.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2DADB57-B3F0-11EF-BC4E-00505692C447505.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52B6EEE1-071C-11F0-BC57-00505692E049506.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84467B89-E3B3-11EF-BC57-00505692E049507.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B647A0-EAEE-11EF-BC4E-00505692C447508.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C2873DA-04E1-11F0-BC53-00505692E2D0509.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD387439-FC6E-11EF-BC53-00505692E2D0510.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B3C661F-071C-11F0-BC57-00505692E049511.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383FB099-071C-11F0-BC57-00505692E049512.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C7661C3-071C-11F0-BC57-00505692E049513.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43EA67C3-071C-11F0-BC57-00505692E049514.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383F9ACC-071C-11F0-BC57-00505692E049515.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB9CA7-4257-11F0-BC50-00505692C447516.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10577F93-1A16-11F0-BC4F-00505692C447517.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A3E6C8A-1A16-11F0-BC4F-00505692C447518.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67A467F3-6ECE-11EF-BC53-00505692E2D0519.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929BCA6E-3C8C-11F0-BC59-00505692E049520.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ED7588F-4257-11F0-BC50-00505692C447521.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D803DE-4257-11F0-BC50-00505692C447522.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680FB641-4257-11F0-BC50-00505692C447523.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB8227-4257-11F0-BC50-00505692C447524.jpg"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ED75ABB-4257-11F0-BC50-00505692C447525.jpg"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78D7FC48-4257-11F0-BC50-00505692C447526.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17883382-42B3-11F0-BC50-00505692C447527.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93C0B468-4257-11F0-BC50-00505692C447528.jpg"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9291C0EE-4257-11F0-BC50-00505692C447529.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8DA54590-4257-11F0-BC50-00505692C447530.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ED7575E-4257-11F0-BC50-00505692C447531.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CBB87C5-4257-11F0-BC50-00505692C447532.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45335EB9-5CD4-11F0-BC49-0050569297EB533.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5846F8B9-6621-11F0-BC4B-00505692492F534.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46113CC7-6621-11F0-BC4B-00505692492F535.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40177A23-6621-11F0-BC4B-00505692492F536.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2857F3-6621-11F0-BC4B-00505692492F537.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645F4445-6621-11F0-BC4B-00505692492F538.jpg"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645F4660-6621-11F0-BC4B-00505692492F539.jpg"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4017769A-6621-11F0-BC4B-00505692492F540.jpg"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4CCB62-6621-11F0-BC4B-00505692492F541.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645F422A-6621-11F0-BC4B-00505692492F542.jpg"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4CC927-6621-11F0-BC4B-00505692492F543.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523B6A6B-6621-11F0-BC4B-00505692492F544.jpg"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E4CCD70-6621-11F0-BC4B-00505692492F545.jpg"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5846FBDF-6621-11F0-BC4B-00505692492F546.jpg"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C285657-6621-11F0-BC4B-00505692492F547.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523B6878-6621-11F0-BC4B-00505692492F548.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A66918D-6621-11F0-BC4B-00505692492F549.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461136F1-6621-11F0-BC4B-00505692492F550.jpg"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5846FA31-6621-11F0-BC4B-00505692492F551.jpg"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40177845-6621-11F0-BC4B-00505692492F552.jpg"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C2853E2-6621-11F0-BC4B-00505692492F553.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523B663A-6621-11F0-BC4B-00505692492F554.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523B64C1-6621-11F0-BC4B-00505692492F555.jpg"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46113E99-6621-11F0-BC4B-00505692492F556.jpg"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46113AE2-6621-11F0-BC4B-00505692492F557.jpg"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40177361-6621-11F0-BC4B-00505692492F558.jpg"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A668FEB-6621-11F0-BC4B-00505692492F559.jpg"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5846FDF8-6621-11F0-BC4B-00505692492F560.jpg"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437024E-731D-11F0-BC56-00505692E2D0561.jpg"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258B1253-731D-11F0-BC56-00505692E2D0562.jpg"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437131A-731D-11F0-BC56-00505692E2D0563.jpg"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11FE62ED-731D-11F0-BC56-00505692E2D0564.jpg"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27B1ABB1-731D-11F0-BC56-00505692E2D0565.jpg"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11FE7317-731D-11F0-BC56-00505692E2D0566.jpg"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1EA1-9154-11F0-BC58-00505692E2D0567.jpg"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1DEE-9154-11F0-BC58-00505692E2D0568.jpg"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C6F1D3C-9154-11F0-BC58-00505692E2D0569.jpg"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1746C1-90FA-11F0-BC4E-00505692492F570.jpg"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F9B692B-C7D9-11F0-BC5A-00505692E2D0571.jpg"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6593598F-C7D9-11F0-BC5A-00505692E2D0572.jpg"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B31D33-C7F0-11F0-BC5A-00505692E2D0573.jpg"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B327CD-C7F0-11F0-BC5A-00505692E2D0574.jpg"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB76C1F-C7F0-11F0-BC5A-00505692E2D0575.jpg"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1B32241-C7F0-11F0-BC5A-00505692E2D0576.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -13225,51 +13348,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="216" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId216"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>221</xdr:row>
+      <xdr:row>222</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="217" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId217"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -13705,51 +13828,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId232"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>238</xdr:row>
+      <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="233" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId233"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -14455,51 +14578,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="257" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId257"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>264</xdr:row>
+      <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="258" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId258"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -14515,51 +14638,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="259" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId259"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>268</xdr:row>
+      <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="260" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId260"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -21655,111 +21778,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="497" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId497"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>507</xdr:row>
+      <xdr:row>509</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="498" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId498"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>510</xdr:row>
+      <xdr:row>512</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="499" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId499"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>513</xdr:row>
+      <xdr:row>515</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="500" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId500"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -22045,51 +22168,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="510" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId510"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>526</xdr:row>
+      <xdr:row>527</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="511" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId511"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -22105,51 +22228,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="512" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId512"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>529</xdr:row>
+      <xdr:row>530</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="513" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId513"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -24008,80 +24131,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>593</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="576" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId576"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId577"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -24340,62 +24433,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-kakao-ilsa-02030125/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-02040242/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-02040243/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-02050518/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-02050519/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-02050520/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-02050521/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-co-rect-02120904/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-02120914/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-02120915/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-02120916/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-paderno-02120917/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-priprav-i-trubochek-s-kryshkoy-prohotel-02120923/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-priprav-i-trubochek-s-kryshkoy-prohotel-02120924/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-priprav-i-trubochek-s-kryshkoy-probar-02120925/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-termostoykiy-d-sifona-1l-isi-02140538/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-termostoykiy-d-sifona-05l-isi-02140540/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/vaza-kruglaya-s-kryshkoy-neman-03080290/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-paderno-03171957/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04011050/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-12183cw-12183cw-cambro-04011210/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-ilsa-04011249/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-posudy-paderno-04011259/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011262/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04011263/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-04011311/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-na-kolesah-cambro-04011334/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011370/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011377/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011378/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011379/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011380/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011381/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011382/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011383/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011384/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011385/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011387/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011388/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011389/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-hleba-paderno-04011390/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-hleba-paderno-04011392/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-hleba-paderno-04011393/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-paderno-04011433/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-paderno-04011436/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011469/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-k-konteyneru-rfs1-cambro-04011470/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011472/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011473/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-bez-kryshki-zio-pepe-04011474/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-bez-kryshki-zio-pepe-04011475/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-dlya-testa-zio-pepe-04011476/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011477/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011478/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-dlya-testa-matfer-04011479/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-matfer-04011480/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011489/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011496/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-shtabeliruemyh-matfer-04011497/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-tortili-carlisle-04011503/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-boksa-d-tortili-carlisle-04011504/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-tortili-carlisle-04011523/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/zadnyaya-chast-kryshki-dlya-konteynera-ibs27148-cambro-04011538/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/perednyaya-chast-kryshki-dlya-konteynera-ibs27148-cambro-04011539/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011810/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011812/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011813/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011824/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011832/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04011837/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-art510501-510505-matfer-04011838/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011856/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-matfer-04011857/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04011858/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-frontalnoy-zagruzkoy-matfer-04012137/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termoboks-paderno-04012148/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012303/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012304/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012305/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012306/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012307/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-priprav-matfer-04012308/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-aps-04012309/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-paderno-04012310/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012403/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012406/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012417/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-s-kryshkoy-restola-04012418/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04012419/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012420/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012421/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryschka-razdvizhnaya-dlya-konteynerov-cambro-04012445/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012458/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-zeleni-i-konservirovannyh-fruktov-matfer-04012478/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04012480/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012508/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012529/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04012530/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012531/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012573/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012574/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012576/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012577/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012578/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012579/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012580/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-i-vykladki-produktov-cambro-04012581/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012586/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-yaic-na-120-shtuk-s-kryshkoy-aps-04012587/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012594/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012595/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012596/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012597/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012598/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-cambro-04012614/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-paderno-04012801/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012809/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012810/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/vstavka-dlya-konteynerov-dlya-hraneniya-posudy-paderno-04012818/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/razdelitel-dlya-konteynerov-dlya-hraneniya-posudy-paderno-04012819/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012833/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04012838/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-hleba-matfer-04012839/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012868/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012869/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04013637/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013638/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-cambro-04013653/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-perforirovannyy-dlya-ovoschey-i-fruktov-tara-04013655/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-s-perforaciey-tara-04013682/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-dno-s-usileniem-tara-04013688/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-paderno-04013702/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013726/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013727/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013728/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-pischevyh-produktov-restola-04013729/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013730/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013731/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-d-sypuchprodukts-kryshkoy-restola-04013732/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013734/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013735/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-paderno-04013740/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sypuchih-produktov-restola-04013748/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sypuchih-produktov-restola-04013749/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sypuchih-produktov-restola-04013750/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sypuchih-produktov-restola-04013751/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013774/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013779/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013812/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013820/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013821/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013846/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013848/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013849/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013850/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013851/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013852/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013853/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013854/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013856/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013857/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013858/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013859/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013862/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013863/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013864/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013867/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013868/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013869/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013870/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013871/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013872/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013873/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013874/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013875/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013876/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013878/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013879/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013880/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013882/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013884/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013885/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-d-sypuchprodukts-kryshkoy-restola-04013894/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-morozostoykiy-tara-04013895/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04013900/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013902/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-razdvizhnaya-dlya-konteynerov-cambro-04013904/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013927/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013933/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013936/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04013965/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04013966/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-universalnyy-morozostoykiy-tara-04013977/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04013979/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04013981/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-restola-04013991/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-restola-04013992/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-d-testa-restola-04013993/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-d-testa-restola-04013994/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04014213/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04014222/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/bochka-tara-04014237/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-rybnyy-tara-04014238/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-04014257/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014299/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04014308/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014322/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014323/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-i-zamorazhivaniya-produktov-restola-04014324/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014325/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014328/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014329/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014330/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014331/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014333/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014334/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014335/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04014342/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04014343/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-510531-510532-matfer-04014344/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014345/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-yaschika-tara-04014503/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014504/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-tara-04014505/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-myasnoy-sploshnoy-e3-morozostoykiy-tara-04014506/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-rubber-04014508/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04014509/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014511/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-morozostoykiy-tara-04014512/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-myasnoy-sploshnoy-morozostoykiy-tara-04014513/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-morozostoykiy-tara-04014514/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014515/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014517/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-morozostoykaya-dlya-yaschika-tara-04014518/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014520/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014522/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-paderno-04014523/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-hlebnyy-tara-04014528/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dno-sploshnoe-tara-04014529/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-hraneniya-produktov-skladnoy-restola-04014530/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-s-perforaciey-tara-04014532/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014533/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014534/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014535/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014702/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-restola-04014703/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-restola-04014704/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014705/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014706/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014707/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014708/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014709/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014710/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014711/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014712/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014713/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-gimetal-04014714/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-gimetal-04014715/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-universalnaya-dlya-konteynerov-gimetal-04014716/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014717/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014718/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014719/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014720/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014723/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/perednyaya-chast-kryshki-dlya-konteynera-ibs20148-cambro-04014809/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/zadnyaya-chast-kryshki-d-konteynera-ibs20148-cambro-04014810/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-vertikalnoy-zagruzkoy-tara-04014814/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-frontalnoy-zagruzkoy-restola-04014815/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/flyaga-kvadratnaya-s-kryshkoy-tara-04015201/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019010/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019011/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019012/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019013/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019014/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019015/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019016/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019017/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-perforirovannyy-dlya-ovoschey-i-fruktov-tara-04019028/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019031/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019032/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019033/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019034/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019035/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019037/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019038/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019039/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019040/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019041/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019042/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-prohotel-04019061/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019062/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-tara-04019064/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019067/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019068/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019069/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019070/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019071/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019073/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019074/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019075/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019076/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019079/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019086/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-sypuchih-produktov-matfer-04019103/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019113/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019114/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019115/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019116/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019120/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019123/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019138/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019141/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019144/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019145/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019146/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-nozhey-arcos-04071606/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-nozhey-arcos-04071607/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-nozhey-arcos-04071608/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-nozhey-arcos-04071609/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/ryukzak-dlya-nozhey-arcos-04071610/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-craster-04082534/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-frontalnoy-zagruzkoy-cambro-04121048/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-s-perforaciey-tara-04121310/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04121311/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-aps-04121723/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smennaya-d-priprav-cambro-04130301/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smennaya-d-banki-d-zeleni-cambro-04130302/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-revol-04141953/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-revol-04141954/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-craster-04141955/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-kl-04141956/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-kakao-ilsa-04142201/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-ilsa-04142202/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-ilsa-04142203/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-ilsa-04142204/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-ilsa-04142205/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-paderno-04142207/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-paderno-04142208/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142209/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-arcoroc-04142211/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sahara-ilsa-04142212/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-soli-ilsa-04142213/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-kofe-ilsa-04142214/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-libbey-04142219/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04142220/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-sahara-paderno-04142221/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-paderno-04142222/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-kakao-paderno-04142223/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-kakao-ilsa-04142224/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-tertogo-syra-ilsa-04142225/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142226/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142227/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142228/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142229/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142230/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-matfer-04142231/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-prohotel-04142232/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-prohotel-04142233/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-s-ruchkoy-prohotel-04142234/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-s-ruchkoy-prohotel-04142235/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-matfer-04142239/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-priprav-matfer-04142240/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-matfer-04142241/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-04142242/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smennaya-d-soli-i-perca-cambro-04142243/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-prohotel-04142245/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-arcoroc-04142255/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-aps-04142256/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-aps-04142268/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-aps-04142278/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-cal-m-04142296/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-cal-m-04142297/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-zio-pepe-04145001/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-zio-pepe-04145003/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-kl-04145005/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/sumka-d-dostavki-obedov-kl-04145008/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-gimetal-04145010/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-gimetal-04145011/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/infuzer-dlya-speciy-matfer-04147001/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-libbey-04148401/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-libbey-04148402/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-banki-357760-365642-365641-bormioli-rocco-04148407/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-banki-s-otverstiem-bormioli-rocco-04148410/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-banki-349760-354756-354757-365630-bormioli-rocco-04148413/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148501/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148502/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-aps-04148504/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-libbey-04148505/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148507/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148508/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148512/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148513/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148514/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148516/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148517/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148519/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148520/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148521/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148522/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148523/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148535/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148536/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148537/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148538/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148539/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-matfer-04148542/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-pasabahce-04148543/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148549/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148550/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-serax-04148555/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148556/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148558/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148565/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148566/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148567/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148573/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148574/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148577/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148578/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148579/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148580/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-aps-04148584/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-bormioli-rocco-04148589/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148590/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148591/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148592/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148593/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148594/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-san-miguel-04148599/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-optima-04148606/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148608/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148616/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148618/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148619/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148620/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148624/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148625/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148626/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148627/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148628/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148629/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148630/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148636/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148637/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148638/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148640/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148641/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148642/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-optima-04148940/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-banki-craster-04148943/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podstavka-dlya-banki-craster-04148944/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-stelazha-shpilki-matfer-08060201/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-stelazha-shpilki-matfer-08060202/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-antibakterialnyy-dlya-stelazha-shpilki-matfer-08060217/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-stelazha-shpilki-matfer-08060224/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termochehol-dlya-rasstoyki-testa-kl-08060233/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termochehol-dlya-rasstoyki-testa-kl-08060234/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-09100286/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-09100288/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-matfer-09100293/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100460/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-frontalnoy-zagruzkoy-cambro-09100552/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-pischevkonteynera-cambro-09100580/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-cambro-09100581/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-pischevkonteynera-cambro-09100583/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100584/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-germetichnaya-dlya-konteynerov-cambro-09100585/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100586/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-germetichnaya-dlya-konteynera-cambro-09100587/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100603/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100604/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-09100605/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-09100606/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-paderno-09100611/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-cambro-09100677/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100697/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/polka-drenazhnaya-dlya-konteynerov-cambro-09100699/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-cambro-09100704/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smennaya-d-syra-cambro-09100705/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-cambro-09100706/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-lotkov-cambro-09100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100708/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100709/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100710/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100711/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100713/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100715/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100716/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-cambro-09100723/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-09100812/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termostoykaya-sumka-09100834/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100850/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smen-d-melkogo-pomola-cambro-09100851/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100852/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100853/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100854/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100855/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100856/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-09100858/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-09100859/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-09100860/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-kvadr-matfer-09100872/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100946/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-plastic-products-07020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/04142275/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019155/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014934/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019140/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-banki-craster-04148945/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019161/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-tara-04019139/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019060/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014933/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019147/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019152/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-aps-04019163/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-sistemy-dlya-podachi-vina-coravin-04100512/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019171/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-phibo-04141975/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-phibo-04141973/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019170/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-phibo-04141974/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019178/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-phibo-04141976/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019181/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019182/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019183/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019185/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019184/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019189/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019187/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014065/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019186/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019188/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019190/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014537/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014055/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019191/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019199/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014095/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019198/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019192/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-tara-04019196/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014097/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019197/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/bochka-tara-04019195/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/bochka-tara-04019193/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/bochka-tara-04019194/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019201/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019200/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019202/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014844/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014841/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014832/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014826/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014836/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014847/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014823/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014828/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014837/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014829/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014833/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014838/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014842/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014824/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014834/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014845/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014831/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014843/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014822/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014839/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014835/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014825/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014840/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014830/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014821/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014846/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014827/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019205/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-bormioli-rocco-04141996/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019206/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019203/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-bormioli-rocco-04141997/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019204/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04013967/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04013968/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014538/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014539/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04013969/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014100/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-aps-04148645/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-aps-04148643/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-aps-04148646/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-aps-04148644/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-kakao-ilsa-02030125/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-02040242/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-02040243/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-02050518/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-02050519/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-02050520/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-02050521/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-co-rect-02120904/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-02120914/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-02120915/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-02120916/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-paderno-02120917/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-priprav-i-trubochek-s-kryshkoy-prohotel-02120923/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-priprav-i-trubochek-s-kryshkoy-prohotel-02120924/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-priprav-i-trubochek-s-kryshkoy-probar-02120925/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-termostoykiy-d-sifona-1l-isi-02140538/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-termostoykiy-d-sifona-05l-isi-02140540/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/vaza-kruglaya-s-kryshkoy-neman-03080290/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-paderno-03171957/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04011050/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-12183cw-12183cw-cambro-04011210/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-ilsa-04011249/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-posudy-paderno-04011259/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011262/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04011263/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-04011311/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-na-kolesah-cambro-04011334/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011370/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011377/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011378/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-prohotel-04011379/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011380/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011381/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011382/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011383/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011384/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-prohotel-04011385/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011387/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011388/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-ns-04011389/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-hleba-paderno-04011390/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-hleba-paderno-04011392/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-hleba-paderno-04011393/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-paderno-04011433/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-paderno-04011436/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011469/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-k-konteyneru-rfs1-cambro-04011470/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011472/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04011473/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-bez-kryshki-zio-pepe-04011474/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-bez-kryshki-zio-pepe-04011475/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-dlya-testa-zio-pepe-04011476/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011477/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011478/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-dlya-testa-matfer-04011479/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-matfer-04011480/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011489/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011496/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-shtabeliruemyh-matfer-04011497/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-tortili-carlisle-04011503/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-boksa-d-tortili-carlisle-04011504/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-tortili-carlisle-04011523/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/zadnyaya-chast-kryshki-dlya-konteynera-ibs27148-cambro-04011538/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/perednyaya-chast-kryshki-dlya-konteynera-ibs27148-cambro-04011539/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011810/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011812/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011813/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011824/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011832/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04011837/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-art510501-510505-matfer-04011838/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04011856/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-matfer-04011857/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04011858/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-frontalnoy-zagruzkoy-matfer-04012137/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termoboks-paderno-04012148/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012303/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012304/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012305/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012306/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-prohotel-04012307/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-priprav-matfer-04012308/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-aps-04012309/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-paderno-04012310/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012403/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012406/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012417/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-s-kryshkoy-restola-04012418/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04012419/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012420/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012421/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryschka-razdvizhnaya-dlya-konteynerov-cambro-04012445/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012458/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-zeleni-i-konservirovannyh-fruktov-matfer-04012478/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04012480/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012508/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012529/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04012530/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012531/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012573/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012574/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012576/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012577/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012578/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04012579/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012580/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-i-vykladki-produktov-cambro-04012581/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04012586/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-yaic-na-120-shtuk-s-kryshkoy-aps-04012587/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012594/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012595/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012596/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012597/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04012598/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-cambro-04012614/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-paderno-04012801/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012809/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012810/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/vstavka-dlya-konteynerov-dlya-hraneniya-posudy-paderno-04012818/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/razdelitel-dlya-konteynerov-dlya-hraneniya-posudy-paderno-04012819/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04012833/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04012838/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-hleba-matfer-04012839/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012868/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04012869/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04013637/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013638/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-cambro-04013653/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-perforirovannyy-dlya-ovoschey-i-fruktov-tara-04013655/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-s-perforaciey-tara-04013682/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-dno-s-usileniem-tara-04013688/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-paderno-04013702/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013726/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013727/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013728/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-pischevyh-produktov-restola-04013729/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013730/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013731/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-d-sypuchprodukts-kryshkoy-restola-04013732/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013734/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013735/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-paderno-04013740/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sypuchih-produktov-restola-04013748/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sypuchih-produktov-restola-04013749/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sypuchih-produktov-restola-04013750/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sypuchih-produktov-restola-04013751/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013774/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013779/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013812/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013820/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013821/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013846/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013848/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013849/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013850/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013851/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013852/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013853/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013854/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013856/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013857/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013858/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-pischevyh-produktov-ns-04013859/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013862/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013863/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013864/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013867/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013868/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013869/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013870/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013871/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013872/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013873/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013874/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013875/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013876/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013878/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013879/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013880/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04013882/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013884/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04013885/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-d-sypuchprodukts-kryshkoy-restola-04013894/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-morozostoykiy-tara-04013895/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04013900/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013902/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-razdvizhnaya-dlya-konteynerov-cambro-04013904/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-04013927/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013933/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04013936/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04013966/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-universalnyy-morozostoykiy-tara-04013977/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04013979/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04013981/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-restola-04013991/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-restola-04013992/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-d-testa-restola-04013993/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-d-testa-restola-04013994/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-04014213/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04014222/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/bochka-tara-04014237/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-rybnyy-tara-04014238/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-04014257/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014299/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-04014308/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014322/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014323/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-i-zamorazhivaniya-produktov-restola-04014324/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014325/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014328/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014329/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014330/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014331/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014333/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014334/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014335/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04014342/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-matfer-04014343/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-510531-510532-matfer-04014344/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014345/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-yaschika-tara-04014503/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014504/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-tara-04014505/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-myasnoy-sploshnoy-e3-morozostoykiy-tara-04014506/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-rubber-04014508/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04014509/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014511/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-morozostoykiy-tara-04014512/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-myasnoy-sploshnoy-morozostoykiy-tara-04014513/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-morozostoykiy-tara-04014514/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014515/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014517/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-morozostoykaya-dlya-yaschika-tara-04014518/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014520/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014522/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-paderno-04014523/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-hlebnyy-tara-04014528/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dno-sploshnoe-tara-04014529/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-hraneniya-produktov-skladnoy-restola-04014530/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-s-perforaciey-tara-04014532/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoy-tara-04014533/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014534/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014535/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014702/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-restola-04014703/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-restola-04014704/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014705/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014706/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014707/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014708/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014709/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014710/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014711/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014712/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014713/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-gimetal-04014714/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-gimetal-04014715/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-universalnaya-dlya-konteynerov-gimetal-04014716/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014717/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04014718/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-restola-04014719/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014720/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-04014723/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/perednyaya-chast-kryshki-dlya-konteynera-ibs20148-cambro-04014809/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/zadnyaya-chast-kryshki-d-konteynera-ibs20148-cambro-04014810/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-vertikalnoy-zagruzkoy-tara-04014814/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-frontalnoy-zagruzkoy-restola-04014815/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/flyaga-kvadratnaya-s-kryshkoy-tara-04015201/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019010/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019011/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019012/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019013/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019014/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019015/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019016/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019017/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-perforirovannyy-dlya-ovoschey-i-fruktov-tara-04019028/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019031/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019032/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019033/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019034/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019035/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019037/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019038/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019039/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019040/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019041/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019042/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-prohotel-04019061/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019062/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-tara-04019064/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019067/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019068/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019069/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019070/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019071/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019073/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019074/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019075/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019076/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019079/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019086/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-sypuchih-produktov-matfer-04019103/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019113/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019114/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019115/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019116/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019120/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019123/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019138/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019141/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019144/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019145/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019146/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-nozhey-arcos-04071606/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-nozhey-arcos-04071607/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-nozhey-arcos-04071608/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-nozhey-arcos-04071609/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/ryukzak-dlya-nozhey-arcos-04071610/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-craster-04082534/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-frontalnoy-zagruzkoy-cambro-04121048/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-s-perforaciey-tara-04121310/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-sploshnoe-dno-perforirovannyy-tara-04121311/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-aps-04121723/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smennaya-d-priprav-cambro-04130301/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smennaya-d-banki-d-zeleni-cambro-04130302/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-revol-04141953/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-revol-04141954/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-craster-04141955/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-kl-04141956/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-kakao-ilsa-04142201/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-ilsa-04142202/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-ilsa-04142203/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-ilsa-04142204/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-ilsa-04142205/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-paderno-04142207/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-paderno-04142208/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142209/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-arcoroc-04142211/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-sahara-ilsa-04142212/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-soli-ilsa-04142213/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-hraneniya-kofe-ilsa-04142214/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-libbey-04142219/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04142220/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-sahara-paderno-04142221/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-paderno-04142222/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-kakao-paderno-04142223/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-kakao-ilsa-04142224/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-tertogo-syra-ilsa-04142225/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142226/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142227/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142228/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142229/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04142230/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-matfer-04142231/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-prohotel-04142232/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-prohotel-04142233/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-s-ruchkoy-prohotel-04142234/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-s-ruchkoy-prohotel-04142235/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-matfer-04142239/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-priprav-matfer-04142240/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-matfer-04142241/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-04142242/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smennaya-d-soli-i-perca-cambro-04142243/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-saharnoy-pudry-prohotel-04142245/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-arcoroc-04142255/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-aps-04142256/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-aps-04142268/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-aps-04142278/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-cal-m-04142296/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-cal-m-04142297/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-zio-pepe-04145001/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-zio-pepe-04145003/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-kl-04145005/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/sumka-d-dostavki-obedov-kl-04145008/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-gimetal-04145010/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termosumka-dlya-piccy-gimetal-04145011/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/infuzer-dlya-speciy-matfer-04147001/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-libbey-04148401/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-libbey-04148402/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-banki-357760-365642-365641-bormioli-rocco-04148407/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-banki-s-otverstiem-bormioli-rocco-04148410/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-banki-349760-354756-354757-365630-bormioli-rocco-04148413/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148501/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148502/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-aps-04148504/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-libbey-04148505/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148507/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148508/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148512/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148513/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148514/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148516/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148517/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148519/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148520/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148521/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148522/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148523/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148535/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148536/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148537/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148538/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148539/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-matfer-04148542/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-pasabahce-04148543/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-pasabahce-04148549/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148550/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-serax-04148555/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148556/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148558/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148565/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148566/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148567/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148573/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148574/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-serax-04148577/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148578/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148579/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148580/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-aps-04148584/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-bormioli-rocco-04148589/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148590/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148591/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148592/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148593/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-bez-kryshki-bormioli-rocco-04148594/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-san-miguel-04148599/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-optima-04148606/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148608/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148616/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148618/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148619/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-pasabahce-04148620/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148624/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148625/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148626/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-bormioli-rocco-04148627/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148628/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148629/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-bormioli-rocco-04148630/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148636/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148637/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-aps-04148638/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148640/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kvadratnaya-s-kryshkoy-optima-04148641/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-kruglaya-s-kryshkoy-optima-04148642/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-dlya-sypuchih-produktov-optima-04148940/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-banki-craster-04148943/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/podstavka-dlya-banki-craster-04148944/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-stelazha-shpilki-matfer-08060201/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-stelazha-shpilki-matfer-08060202/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-antibakterialnyy-dlya-stelazha-shpilki-matfer-08060217/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-stelazha-shpilki-matfer-08060224/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termochehol-dlya-rasstoyki-testa-kl-08060233/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termochehol-dlya-rasstoyki-testa-kl-08060234/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-09100286/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-matfer-09100288/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-matfer-09100293/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100460/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-s-frontalnoy-zagruzkoy-cambro-09100552/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-pischevkonteynera-cambro-09100580/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-cambro-09100581/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-pischevkonteynera-cambro-09100583/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100584/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-germetichnaya-dlya-konteynerov-cambro-09100585/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100586/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-germetichnaya-dlya-konteynera-cambro-09100587/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100603/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100604/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-09100605/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-paderno-09100606/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-fruktov-i-priprav-s-kryshkoy-paderno-09100611/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynera-cambro-09100677/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100697/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/polka-drenazhnaya-dlya-konteynerov-cambro-09100699/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-cambro-09100704/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smennaya-d-syra-cambro-09100705/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-testa-cambro-09100706/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-d-lotkov-cambro-09100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100708/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100709/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100710/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100711/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100713/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100715/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100716/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-sypuchih-produktov-cambro-09100723/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-09100812/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termostoykaya-sumka-09100834/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100850/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-smen-d-melkogo-pomola-cambro-09100851/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100852/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100853/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100854/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-konteynerov-cambro-09100855/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-cambro-09100856/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-09100858/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-09100859/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/emkost-dlya-priprav-cambro-09100860/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-s-kryshkoy-kvadr-matfer-09100872/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-paderno-09100946/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-hraneniya-produktov-plastic-products-07020184/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/04142275/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019155/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014934/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019140/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-banki-craster-04148945/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019161/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-tara-04019139/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019060/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014933/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019147/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019152/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-aps-04019163/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/chehol-dlya-sistemy-dlya-podachi-vina-coravin-04100512/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019171/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-phibo-04141975/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-phibo-04141973/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019170/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-phibo-04141974/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-restola-04019178/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-phibo-04141976/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019181/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019182/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019183/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019185/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019184/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019189/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019187/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014065/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019186/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019188/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019190/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014537/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014055/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019191/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019199/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014095/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019198/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019192/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-tara-04019196/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014097/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019197/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/bochka-tara-04019195/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/bochka-tara-04019193/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/bochka-tara-04019194/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019201/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04019200/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-tara-04019202/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014844/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014841/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014832/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014826/" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014836/" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014847/" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014823/" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014828/" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014837/" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014829/" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014833/" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014838/" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014842/" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014824/" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014834/" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014845/" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014831/" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014843/" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014822/" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014839/" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014835/" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014825/" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014840/" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014830/" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014821/" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014846/" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/termokonteyner-termobox-04014827/" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019205/" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-bormioli-rocco-04141996/" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019206/" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019203/" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-bormioli-rocco-04141997/" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/konteyner-dlya-produktov-bormioli-rocco-04019204/" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04013967/" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04013968/" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014538/" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04014539/" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-tara-04013969/" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08014100/" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-aps-04148645/" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-aps-04148643/" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-aps-04148646/" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/banka-aps-04148644/" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-banki-craster-04148844/" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08012903/" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08012906-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08012904/" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/pallet-tara-08012905-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-restola-04014540/" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-restola-04014543/" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-restola-04014542/" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/kryshka-dlya-yaschika-dlya-produktov-restola-04014544/" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/yaschik-dlya-produktov-restola-04014541/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L595"/>
+  <dimension ref="A1:L604"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I595" sqref="I595"/>
+      <selection activeCell="I604" sqref="I604"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -24568,375 +24661,375 @@
         <v>42</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D6" s="0">
         <v>434207001</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="L6" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D7" s="0">
         <v>434207101</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L7" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D8" s="0">
         <v>434207201</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L9" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="H10" s="0" t="s">
+      <c r="I10" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="D11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="H11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I11" s="1" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="D12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="H12" s="0" t="s">
+      <c r="I12" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L13" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="H14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I14" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>87</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="H16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I16" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D17" s="0">
         <v>2720</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>97</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>98</v>
@@ -25006,87 +25099,87 @@
         <v>108</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>109</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>117</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>120</v>
@@ -25107,81 +25200,81 @@
         <v>121</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="B23" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>125</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>126</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>129</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>130</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>134</v>
@@ -25232,51 +25325,51 @@
       </c>
       <c r="I26" s="1" t="s">
         <v>139</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="B27" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>142</v>
       </c>
       <c r="E27" s="0"/>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>143</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>146</v>
       </c>
       <c r="E28" s="0" t="s">
@@ -25288,643 +25381,643 @@
       </c>
       <c r="H28" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>148</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>151</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>155</v>
       </c>
       <c r="E30" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="G30" s="0" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>156</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>159</v>
       </c>
       <c r="E31" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" s="0" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>160</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E32" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="G32" s="0" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>164</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>168</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="L33" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>171</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>172</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L34" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>175</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>176</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="L35" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L36" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L39" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L40" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>202</v>
+        <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>205</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>206</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>207</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>210</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>206</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>211</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>214</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>206</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>215</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>216</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>218</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>220</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>221</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>224</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>225</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>228</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>25</v>
       </c>
@@ -25998,1128 +26091,1128 @@
       <c r="I50" s="1" t="s">
         <v>241</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>244</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>246</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>247</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>248</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>249</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>250</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>251</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>253</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>254</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>255</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>246</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
       <c r="L53" s="0">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D54" s="0">
         <v>510302</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D55" s="0">
         <v>510303</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D56" s="0">
         <v>510311</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>255</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L56" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D57" s="0">
         <v>510512</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D58" s="0">
         <v>510365</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L58" s="0"/>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D59" s="0">
         <v>149099</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D60" s="0">
         <v>149106</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>206</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>206</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>206</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="B64" s="0" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D64" s="0">
         <v>60270</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L64" s="0"/>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="B65" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D65" s="0">
         <v>60271</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D66" s="0">
         <v>140433</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D67" s="0">
         <v>140439</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D68" s="0">
         <v>140435</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D69" s="0">
         <v>510520</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D70" s="0">
         <v>510301</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>221</v>
+        <v>28</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D71" s="0">
         <v>510501</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>317</v>
+        <v>177</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>319</v>
       </c>
       <c r="D72" s="0">
         <v>510508</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>255</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>320</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L72" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>321</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>322</v>
       </c>
       <c r="D73" s="0">
         <v>510516</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>323</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>325</v>
       </c>
       <c r="D74" s="0">
         <v>510517</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>326</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D75" s="0">
         <v>510505</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>329</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>330</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
         <v>331</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>332</v>
       </c>
       <c r="D76" s="0">
         <v>822500</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>333</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>335</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L76" s="0"/>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>336</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>337</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>338</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>339</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>341</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>342</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>343</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>346</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>347</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L79" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>348</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>349</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>350</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>351</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>352</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>353</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>354</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>355</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L81" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
         <v>356</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>357</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>358</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>359</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L82" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>360</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>361</v>
       </c>
       <c r="D83" s="0">
         <v>511510</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>362</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>364</v>
       </c>
       <c r="D84" s="0">
         <v>93171</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>366</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>367</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L84" s="0"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>369</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>370</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>371</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
         <v>372</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>373</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>374</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>23</v>
@@ -27134,16478 +27227,16742 @@
         <v>26</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>376</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L86" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>378</v>
       </c>
       <c r="D87" s="0">
         <v>149094</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>379</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>380</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>381</v>
       </c>
       <c r="D88" s="0">
         <v>431249201</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>49</v>
+        <v>383</v>
       </c>
       <c r="L88" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D89" s="0">
         <v>431249401</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="L89" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D90" s="0">
         <v>431249301</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D91" s="0">
         <v>431265801</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D92" s="0">
         <v>431265901</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="L92" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L93" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>375</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D95" s="0">
         <v>511530</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D96" s="0">
         <v>510502</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>330</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L97" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D98" s="0">
         <v>140504</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D99" s="0">
         <v>140550</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D100" s="0">
         <v>140491</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L101" s="0"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>236</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L102" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L103" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L104" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L107" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D109" s="0">
         <v>140485</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D110" s="0">
         <v>82419</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D111" s="0">
         <v>431249101</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="L111" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D112" s="0">
         <v>432104521</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="L112" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D113" s="0">
         <v>432104721</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="L113" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D114" s="0">
         <v>432106321</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L114" s="0">
         <v>49</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D115" s="0">
         <v>432106521</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L116" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L118" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>130</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>130</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="L122" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D123" s="0">
         <v>510112</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D124" s="0">
         <v>511020</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>206</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L128" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>534</v>
+      </c>
+      <c r="D130" s="0" t="s">
+        <v>535</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D132" s="0">
         <v>811.01</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D134" s="0">
         <v>431148618</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="G134" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L134" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D135" s="0">
         <v>431148518</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L135" s="0">
         <v>33</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D136" s="0">
         <v>431148418</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L136" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D137" s="0">
         <v>431148931</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L137" s="0">
         <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D138" s="0">
         <v>431148818</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="G138" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L138" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D139" s="0">
         <v>431148718</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L139" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D140" s="0">
         <v>431221819</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L140" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D141" s="0">
         <v>431174802</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L141" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D142" s="0">
         <v>431175702</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L142" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L143" s="0"/>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D144" s="0">
         <v>431250519</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D145" s="0">
         <v>431250619</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L145" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D146" s="0">
         <v>431250719</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L146" s="0">
         <v>27</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D147" s="0">
         <v>431250819</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L147" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L148" s="0"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D149" s="0">
         <v>431275101</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="L149" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D150" s="0">
         <v>43127490116</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="L150" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D151" s="0">
         <v>431129018</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G151" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D152" s="0">
         <v>431157208</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D153" s="0">
         <v>433218501</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="L153" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D154" s="0">
         <v>43127500116</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="L154" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L155" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D156" s="0">
         <v>433204601</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>122</v>
+        <v>626</v>
       </c>
       <c r="L156" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="D157" s="0">
         <v>43323411421</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>627</v>
+        <v>177</v>
       </c>
       <c r="L157" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D158" s="0">
         <v>43323421421</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="L158" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D159" s="0">
         <v>43323431421</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L159" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D160" s="0">
         <v>43323441421</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>88</v>
+        <v>639</v>
       </c>
       <c r="L160" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>88</v>
+        <v>643</v>
       </c>
       <c r="L161" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>88</v>
+        <v>648</v>
       </c>
       <c r="L162" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="L163" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="L164" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="D165" s="0">
         <v>43324740121</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G165" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L165" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="D166" s="0">
         <v>43324730121</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G166" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L166" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="D167" s="0">
         <v>43324720121</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L167" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="D168" s="0">
         <v>43324700121</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="D169" s="0">
         <v>43324710121</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="0">
         <v>7</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="D170" s="0">
         <v>431129031</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L170" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="D171" s="0">
         <v>431129131</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L171" s="0">
         <v>32</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="D172" s="0">
         <v>431129431</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>26</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="D173" s="0">
         <v>431129231</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L173" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="D174" s="0">
         <v>431129331</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L174" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="D175" s="0">
         <v>431160131</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L175" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="D176" s="0">
         <v>431160431</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L176" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="D177" s="0">
         <v>431181631</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L177" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="D178" s="0">
         <v>431157203</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L178" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D179" s="0">
         <v>431157309</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L179" s="0">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="D180" s="0">
         <v>431173403</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L180" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="D181" s="0">
         <v>431101827</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L181" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="D182" s="0">
         <v>432107621</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>330</v>
+        <v>28</v>
       </c>
       <c r="L182" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="D183" s="0">
         <v>432107721</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>28</v>
+        <v>632</v>
       </c>
       <c r="L183" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="D184" s="0">
         <v>431221907</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L184" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="D186" s="0">
         <v>149104</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L186" s="0"/>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H187" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L187" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L188" s="0"/>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L189" s="0"/>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>236</v>
       </c>
       <c r="G190" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H190" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L190" s="0"/>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>236</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H191" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L191" s="0"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L192" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="F193" s="0"/>
       <c r="G193" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L193" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F194" s="0"/>
       <c r="G194" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L194" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F195" s="0"/>
       <c r="G195" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L195" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="D196" s="0">
-        <v>204</v>
+        <v>422108516</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>534</v>
+        <v>37</v>
       </c>
       <c r="F196" s="0"/>
       <c r="G196" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>535</v>
+        <v>219</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>88</v>
+        <v>383</v>
       </c>
       <c r="L196" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="D197" s="0">
-        <v>422108516</v>
+        <v>422108502</v>
       </c>
       <c r="E197" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F197" s="0"/>
       <c r="G197" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H197" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>19</v>
+        <v>289</v>
       </c>
       <c r="L197" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="D198" s="0">
-        <v>422108502</v>
+        <v>422108616</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F198" s="0"/>
       <c r="G198" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>219</v>
+        <v>255</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
-        <v>763</v>
+        <v>34</v>
       </c>
       <c r="L198" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="D199" s="0">
-        <v>422108616</v>
+        <v>422108602</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H199" s="0" t="s">
         <v>255</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
-        <v>767</v>
+        <v>41</v>
       </c>
       <c r="L199" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-        <v>422108602</v>
+        <v>771</v>
+      </c>
+      <c r="D200" s="0" t="s">
+        <v>772</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F200" s="0"/>
       <c r="G200" s="0" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>255</v>
+        <v>32</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L200" s="0"/>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>23</v>
+        <v>536</v>
       </c>
       <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L201" s="0"/>
+      <c r="L201" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F202" s="0"/>
       <c r="G202" s="0" t="s">
-        <v>39</v>
+        <v>107</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>535</v>
+        <v>26</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L202" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>783</v>
+      </c>
+      <c r="D203" s="0">
+        <v>213</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F203" s="0"/>
       <c r="G203" s="0" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>28</v>
+        <v>785</v>
       </c>
       <c r="L203" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>787</v>
+      </c>
+      <c r="D204" s="0" t="s">
+        <v>788</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>534</v>
+        <v>76</v>
       </c>
       <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>221</v>
+        <v>28</v>
       </c>
       <c r="L204" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>788</v>
+        <v>791</v>
+      </c>
+      <c r="D205" s="0">
+        <v>431148431</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="F205" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F205" s="0" t="s">
+        <v>554</v>
+      </c>
       <c r="G205" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>789</v>
+        <v>465</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L205" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="D206" s="0">
-        <v>431148431</v>
+        <v>551106</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="F206" s="0"/>
       <c r="G206" s="0" t="s">
-        <v>39</v>
+        <v>260</v>
       </c>
       <c r="H206" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>464</v>
+        <v>794</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="L206" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="D207" s="0">
-        <v>551106</v>
+        <v>43116073195</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="F207" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F207" s="0" t="s">
+        <v>607</v>
+      </c>
       <c r="G207" s="0" t="s">
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="H207" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>794</v>
+        <v>674</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L207" s="0">
-        <v>1</v>
+        <v>42</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D208" s="0">
-        <v>43116073195</v>
+        <v>431160809</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G208" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H208" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>669</v>
+        <v>799</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>28</v>
+        <v>800</v>
       </c>
       <c r="L208" s="0">
-        <v>42</v>
+        <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D209" s="0">
-        <v>431160809</v>
+        <v>431130031</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>605</v>
+        <v>382</v>
       </c>
       <c r="G209" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H209" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>799</v>
+        <v>468</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
-        <v>800</v>
+        <v>19</v>
       </c>
       <c r="L209" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D210" s="0">
-        <v>431130031</v>
+        <v>431130131</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>382</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H210" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>467</v>
+        <v>805</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L210" s="0">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="D211" s="0">
-        <v>431130131</v>
+        <v>431148831</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="F211" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F211" s="0"/>
       <c r="G211" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H211" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L211" s="0">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="D212" s="0">
-        <v>431148831</v>
+        <v>431148631</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F212" s="0"/>
       <c r="G212" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H212" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="L212" s="0">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="D213" s="0">
-        <v>431148631</v>
+        <v>431148531</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F213" s="0"/>
       <c r="G213" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H213" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
-        <v>49</v>
+        <v>815</v>
       </c>
       <c r="L213" s="0">
         <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="D214" s="0">
-        <v>431148531</v>
+        <v>431157331</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F214" s="0"/>
       <c r="G214" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H214" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L214" s="0">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="D215" s="0">
-        <v>431157331</v>
+        <v>431148731</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F215" s="0"/>
       <c r="G215" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H215" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="L215" s="0">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="D216" s="0">
-        <v>431148731</v>
+        <v>431149031</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F216" s="0"/>
       <c r="G216" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H216" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L216" s="0">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="D217" s="0">
-        <v>431149031</v>
+        <v>431157231</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="F217" s="0"/>
+      <c r="F217" s="0" t="s">
+        <v>611</v>
+      </c>
       <c r="G217" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H217" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L217" s="0">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="D218" s="0">
-        <v>431157231</v>
+        <v>510531</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="F218" s="0"/>
       <c r="G218" s="0" t="s">
-        <v>39</v>
+        <v>260</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>26</v>
+        <v>219</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L218" s="0">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="D219" s="0">
-        <v>510531</v>
+        <v>510532</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F219" s="0"/>
       <c r="G219" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H219" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="D220" s="0">
-        <v>510532</v>
+        <v>510534</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F220" s="0"/>
       <c r="G220" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>219</v>
+        <v>255</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L220" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>510534</v>
+        <v>838</v>
+      </c>
+      <c r="D221" s="0" t="s">
+        <v>839</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>258</v>
+        <v>536</v>
       </c>
       <c r="F221" s="0"/>
       <c r="G221" s="0" t="s">
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>255</v>
+        <v>537</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L221" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
-      <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F222" s="0"/>
       <c r="G222" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>840</v>
+        <v>19</v>
       </c>
       <c r="L222" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
+      <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>846</v>
+      </c>
+      <c r="D223" s="0" t="s">
+        <v>847</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F223" s="0"/>
       <c r="G223" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
-        <v>844</v>
+        <v>28</v>
       </c>
       <c r="L223" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F224" s="0"/>
+        <v>536</v>
+      </c>
+      <c r="F224" s="0" t="s">
+        <v>852</v>
+      </c>
       <c r="G224" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
-        <v>28</v>
+        <v>626</v>
       </c>
       <c r="L224" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>303</v>
+        <v>855</v>
+      </c>
+      <c r="D225" s="0" t="s">
+        <v>856</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="L225" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>534</v>
+        <v>861</v>
       </c>
       <c r="F226" s="0"/>
       <c r="G226" s="0" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>535</v>
+        <v>147</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L226" s="0"/>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>860</v>
+        <v>536</v>
       </c>
       <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>147</v>
+        <v>32</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>861</v>
+        <v>844</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L227" s="0"/>
+        <v>866</v>
+      </c>
+      <c r="L227" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>868</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>869</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>843</v>
+        <v>870</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
-        <v>840</v>
+        <v>19</v>
       </c>
       <c r="L228" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>872</v>
+      </c>
+      <c r="D229" s="0" t="s">
+        <v>873</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>19</v>
+        <v>875</v>
       </c>
       <c r="L229" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>870</v>
+        <v>879</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>871</v>
+        <v>28</v>
       </c>
       <c r="L230" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="E231" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F231" s="0"/>
       <c r="G231" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I231" s="1" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
       <c r="L231" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>879</v>
+        <v>848</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
       <c r="L232" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="E233" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>848</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L233" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F234" s="0"/>
       <c r="G234" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>848</v>
+        <v>893</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L234" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>895</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>896</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>534</v>
+        <v>76</v>
       </c>
       <c r="F235" s="0"/>
       <c r="G235" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L235" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="E236" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F236" s="0"/>
       <c r="G236" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H236" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L236" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="E237" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F237" s="0"/>
       <c r="G237" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="I237" s="1" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L237" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L237" s="0"/>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="E238" s="0" t="s">
-        <v>77</v>
+        <v>536</v>
       </c>
       <c r="F238" s="0"/>
       <c r="G238" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>147</v>
+        <v>537</v>
       </c>
       <c r="I238" s="1" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L238" s="0"/>
+      <c r="L238" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
-      <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="E239" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F239" s="0"/>
       <c r="G239" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L239" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
+      <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>906</v>
-[...2 lines deleted...]
-        <v>907</v>
+        <v>915</v>
+      </c>
+      <c r="D240" s="0">
+        <v>431228206</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>534</v>
+        <v>37</v>
       </c>
       <c r="F240" s="0"/>
       <c r="G240" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L240" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>431228206</v>
+        <v>918</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>919</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>37</v>
+        <v>536</v>
       </c>
       <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L241" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>922</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>923</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F242" s="0"/>
       <c r="G242" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L242" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>926</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>927</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L243" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>920</v>
+        <v>931</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L244" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>923</v>
-[...2 lines deleted...]
-        <v>924</v>
+        <v>934</v>
+      </c>
+      <c r="D245" s="0">
+        <v>431101809</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F245" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F245" s="0" t="s">
+        <v>706</v>
+      </c>
       <c r="G245" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>535</v>
+        <v>26</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L245" s="0">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="D246" s="0">
-        <v>431101809</v>
+        <v>431250707</v>
       </c>
       <c r="E246" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="F246" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="L246" s="0">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="D247" s="0">
-        <v>431250707</v>
+        <v>431250807</v>
       </c>
       <c r="E247" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F247" s="0"/>
       <c r="G247" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H247" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I247" s="1" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="L247" s="0">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
       <c r="D248" s="0">
-        <v>431250807</v>
+        <v>431160118</v>
       </c>
       <c r="E248" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="F248" s="0"/>
+      <c r="F248" s="0" t="s">
+        <v>607</v>
+      </c>
       <c r="G248" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>147</v>
+        <v>26</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
-        <v>935</v>
+        <v>28</v>
       </c>
       <c r="L248" s="0">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="D249" s="0">
-        <v>431160118</v>
+        <v>431179213</v>
       </c>
       <c r="E249" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>605</v>
+        <v>947</v>
       </c>
       <c r="G249" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H249" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L249" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="D250" s="0">
-        <v>431179213</v>
+        <v>431179313</v>
       </c>
       <c r="E250" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G250" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H250" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>943</v>
+        <v>19</v>
       </c>
       <c r="L250" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="D251" s="0">
-        <v>431179313</v>
+        <v>431179413</v>
       </c>
       <c r="E251" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G251" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H251" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="L251" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="D252" s="0">
-        <v>431179413</v>
+        <v>431179513</v>
       </c>
       <c r="E252" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G252" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H252" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>19</v>
+        <v>958</v>
       </c>
       <c r="L252" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="D253" s="0">
-        <v>431179513</v>
+        <v>431179613</v>
       </c>
       <c r="E253" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F253" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G253" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H253" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I253" s="1" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>953</v>
+        <v>19</v>
       </c>
       <c r="L253" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="D254" s="0">
-        <v>431179613</v>
+        <v>431179713</v>
       </c>
       <c r="E254" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F254" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G254" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H254" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I254" s="1" t="s">
-        <v>942</v>
+        <v>954</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L254" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>957</v>
+        <v>964</v>
       </c>
       <c r="D255" s="0">
-        <v>431179713</v>
+        <v>431179813</v>
       </c>
       <c r="E255" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F255" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G255" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H255" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
-        <v>19</v>
+        <v>866</v>
       </c>
       <c r="L255" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="D256" s="0">
-        <v>431179813</v>
+        <v>431179913</v>
       </c>
       <c r="E256" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F256" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G256" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H256" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>949</v>
+        <v>656</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
-        <v>317</v>
+        <v>967</v>
       </c>
       <c r="L256" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>961</v>
-[...2 lines deleted...]
-        <v>431179913</v>
+        <v>969</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>970</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>971</v>
+      </c>
+      <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>26</v>
+        <v>219</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>651</v>
+        <v>972</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
-        <v>627</v>
+        <v>93</v>
       </c>
       <c r="L257" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>962</v>
+        <v>973</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>964</v>
+        <v>975</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H258" s="0" t="s">
         <v>219</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L258" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>219</v>
+        <v>32</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L259" s="0">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-        <v>973</v>
+        <v>982</v>
+      </c>
+      <c r="D260" s="0">
+        <v>433116631</v>
       </c>
       <c r="E260" s="0" t="s">
-        <v>965</v>
-[...1 lines deleted...]
-      <c r="F260" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F260" s="0" t="s">
+        <v>607</v>
+      </c>
       <c r="G260" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>974</v>
+        <v>957</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L260" s="0">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="D261" s="0">
-        <v>433116631</v>
+        <v>433116731</v>
       </c>
       <c r="E261" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F261" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G261" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H261" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>952</v>
+        <v>985</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L261" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>977</v>
+        <v>986</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
       <c r="D262" s="0">
-        <v>433116731</v>
+        <v>432111921</v>
       </c>
       <c r="E262" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F262" s="0" t="s">
-        <v>605</v>
+        <v>988</v>
       </c>
       <c r="G262" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H262" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
-        <v>19</v>
+        <v>990</v>
       </c>
       <c r="L262" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>432111921</v>
+        <v>992</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>993</v>
       </c>
       <c r="E263" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="F263" s="0"/>
       <c r="G263" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H263" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L263" s="0"/>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
-        <v>984</v>
+        <v>995</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>986</v>
+        <v>997</v>
       </c>
       <c r="E264" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F264" s="0"/>
       <c r="G264" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H264" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>987</v>
+        <v>998</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L264" s="0"/>
+      <c r="L264" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
-      <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>990</v>
+        <v>1000</v>
+      </c>
+      <c r="D265" s="0">
+        <v>60432</v>
       </c>
       <c r="E265" s="0" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="F265" s="0"/>
       <c r="G265" s="0" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L265" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L265" s="0"/>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="B266" s="0" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="D266" s="0">
-        <v>60432</v>
+        <v>60433</v>
       </c>
       <c r="E266" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F266" s="0"/>
       <c r="G266" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H266" s="0" t="s">
         <v>147</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>994</v>
+        <v>625</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L266" s="0"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
+      <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
-        <v>995</v>
+        <v>1004</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>996</v>
-[...2 lines deleted...]
-        <v>60433</v>
+        <v>1005</v>
+      </c>
+      <c r="D267" s="0" t="s">
+        <v>1006</v>
       </c>
       <c r="E267" s="0" t="s">
-        <v>23</v>
+        <v>536</v>
       </c>
       <c r="F267" s="0"/>
       <c r="G267" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>147</v>
+        <v>334</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>623</v>
+        <v>1007</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L267" s="0"/>
+      <c r="L267" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
-        <v>997</v>
+        <v>1008</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>998</v>
-[...2 lines deleted...]
-        <v>999</v>
+        <v>1009</v>
+      </c>
+      <c r="D268" s="0">
+        <v>422113917</v>
       </c>
       <c r="E268" s="0" t="s">
-        <v>534</v>
+        <v>37</v>
       </c>
       <c r="F268" s="0"/>
       <c r="G268" s="0" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="H268" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L268" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
-      <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>422113917</v>
+        <v>1012</v>
+      </c>
+      <c r="D269" s="0" t="s">
+        <v>1013</v>
       </c>
       <c r="E269" s="0" t="s">
-        <v>37</v>
+        <v>536</v>
       </c>
       <c r="F269" s="0"/>
       <c r="G269" s="0" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>334</v>
+        <v>108</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1003</v>
+        <v>1014</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L269" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L269" s="0"/>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
+      <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1005</v>
-[...2 lines deleted...]
-        <v>1006</v>
+        <v>1016</v>
+      </c>
+      <c r="D270" s="0">
+        <v>431199117</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F270" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F270" s="0" t="s">
+        <v>947</v>
+      </c>
       <c r="G270" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L270" s="0"/>
+      <c r="L270" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="D271" s="0">
-        <v>431199117</v>
+        <v>431199217</v>
       </c>
       <c r="E271" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G271" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H271" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L271" s="0">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="D272" s="0">
-        <v>431199217</v>
+        <v>431199317</v>
       </c>
       <c r="E272" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G272" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H272" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L272" s="0">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="D273" s="0">
-        <v>431199317</v>
+        <v>431199417</v>
       </c>
       <c r="E273" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G273" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H273" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1016</v>
+        <v>194</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L273" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="D274" s="0">
-        <v>431199417</v>
+        <v>431199517</v>
       </c>
       <c r="E274" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F274" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G274" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H274" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>193</v>
+        <v>1028</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L274" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
-        <v>1019</v>
+        <v>1029</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="D275" s="0">
-        <v>431199517</v>
+        <v>431199617</v>
       </c>
       <c r="E275" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F275" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G275" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H275" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1021</v>
+        <v>601</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L275" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="D276" s="0">
-        <v>431199617</v>
+        <v>431199717</v>
       </c>
       <c r="E276" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F276" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G276" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H276" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L276" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="D277" s="0">
-        <v>431199717</v>
+        <v>431199817</v>
       </c>
       <c r="E277" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F277" s="0" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="G277" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H277" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>599</v>
+        <v>635</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L277" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1027</v>
-[...2 lines deleted...]
-        <v>431199817</v>
+        <v>1036</v>
+      </c>
+      <c r="D278" s="0" t="s">
+        <v>1037</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="F278" s="0"/>
       <c r="G278" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>633</v>
+        <v>1038</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>28</v>
+        <v>866</v>
       </c>
       <c r="L278" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1028</v>
+        <v>1039</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1029</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>1040</v>
+      </c>
+      <c r="D279" s="0" t="s">
+        <v>1041</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
-        <v>28</v>
+        <v>539</v>
       </c>
       <c r="L279" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1033</v>
+        <v>1045</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1034</v>
+        <v>844</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
-        <v>19</v>
+        <v>383</v>
       </c>
       <c r="L280" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1036</v>
+        <v>1047</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1037</v>
+        <v>1048</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>843</v>
+        <v>781</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
-        <v>1038</v>
+        <v>990</v>
       </c>
       <c r="L281" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1040</v>
+        <v>1050</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>1041</v>
+        <v>1051</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
-        <v>39</v>
+        <v>746</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>782</v>
+        <v>1052</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>288</v>
+        <v>19</v>
       </c>
       <c r="L282" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1043</v>
+        <v>1054</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F283" s="0"/>
       <c r="G283" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1045</v>
+        <v>1056</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L283" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1046</v>
+        <v>1057</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1047</v>
+        <v>1058</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>1048</v>
+        <v>1059</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F284" s="0"/>
       <c r="G284" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1049</v>
+        <v>1060</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L284" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1051</v>
+        <v>1062</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>1052</v>
+        <v>1063</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1053</v>
+        <v>1064</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>28</v>
+        <v>615</v>
       </c>
       <c r="L285" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
       <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>1055</v>
+        <v>1066</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>1056</v>
+        <v>1067</v>
       </c>
       <c r="E286" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F286" s="0"/>
       <c r="G286" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1057</v>
+        <v>1068</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
-        <v>1058</v>
+        <v>289</v>
       </c>
       <c r="L286" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="A287" s="0"/>
       <c r="B287" s="0" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F287" s="0"/>
       <c r="G287" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H287" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1062</v>
+        <v>853</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
-        <v>871</v>
+        <v>330</v>
       </c>
       <c r="L287" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
       <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1064</v>
+        <v>1073</v>
       </c>
       <c r="D288" s="0" t="s">
-        <v>1065</v>
+        <v>1074</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>852</v>
+        <v>1075</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>330</v>
+        <v>93</v>
       </c>
       <c r="L288" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1067</v>
+        <v>1077</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>1068</v>
+        <v>1078</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1069</v>
+        <v>1079</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>28</v>
+        <v>1080</v>
       </c>
       <c r="L289" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>1071</v>
+        <v>1082</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>1072</v>
+        <v>1083</v>
       </c>
       <c r="E290" s="0" t="s">
-        <v>534</v>
+        <v>60</v>
       </c>
       <c r="F290" s="0"/>
       <c r="G290" s="0" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>535</v>
+        <v>26</v>
       </c>
       <c r="I290" s="1" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="L290" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="291" spans="1:12" customHeight="1" ht="80">
       <c r="A291" s="0"/>
       <c r="B291" s="0" t="s">
-        <v>1074</v>
+        <v>1085</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>1075</v>
+        <v>1086</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="E291" s="0" t="s">
-        <v>61</v>
+        <v>536</v>
       </c>
       <c r="F291" s="0"/>
       <c r="G291" s="0" t="s">
-        <v>62</v>
+        <v>746</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="J291" s="0"/>
       <c r="K291" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L291" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:12" customHeight="1" ht="80">
       <c r="A292" s="0"/>
       <c r="B292" s="0" t="s">
-        <v>1078</v>
+        <v>1089</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
       <c r="E292" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F292" s="0"/>
       <c r="G292" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>1081</v>
+        <v>932</v>
       </c>
       <c r="J292" s="0"/>
       <c r="K292" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L292" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L292" s="0"/>
     </row>
     <row r="293" spans="1:12" customHeight="1" ht="80">
       <c r="A293" s="0"/>
       <c r="B293" s="0" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
       <c r="E293" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F293" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F293" s="0" t="s">
+        <v>607</v>
+      </c>
       <c r="G293" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I293" s="1" t="s">
-        <v>925</v>
+        <v>618</v>
       </c>
       <c r="J293" s="0"/>
       <c r="K293" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="L293" s="0">
         <v>28</v>
       </c>
-      <c r="L293" s="0"/>
     </row>
     <row r="294" spans="1:12" customHeight="1" ht="80">
       <c r="A294" s="0"/>
       <c r="B294" s="0" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
       <c r="E294" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F294" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G294" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H294" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>616</v>
+        <v>40</v>
       </c>
       <c r="J294" s="0"/>
       <c r="K294" s="0" t="s">
-        <v>221</v>
+        <v>639</v>
       </c>
       <c r="L294" s="0">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="295" spans="1:12" customHeight="1" ht="80">
       <c r="A295" s="0"/>
       <c r="B295" s="0" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
       <c r="E295" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="F295" s="0"/>
       <c r="G295" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>40</v>
+        <v>1102</v>
       </c>
       <c r="J295" s="0"/>
       <c r="K295" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L295" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="296" spans="1:12" customHeight="1" ht="80">
       <c r="A296" s="0"/>
       <c r="B296" s="0" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>1092</v>
+        <v>1104</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
       <c r="E296" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F296" s="0"/>
       <c r="G296" s="0" t="s">
-        <v>39</v>
+        <v>746</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="J296" s="0"/>
       <c r="K296" s="0" t="s">
-        <v>28</v>
+        <v>866</v>
       </c>
       <c r="L296" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="297" spans="1:12" customHeight="1" ht="80">
       <c r="A297" s="0"/>
       <c r="B297" s="0" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
       <c r="E297" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F297" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F297" s="0" t="s">
+        <v>607</v>
+      </c>
       <c r="G297" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>535</v>
+        <v>26</v>
       </c>
       <c r="I297" s="1" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="J297" s="0"/>
       <c r="K297" s="0" t="s">
-        <v>935</v>
+        <v>83</v>
       </c>
       <c r="L297" s="0">
-        <v>1</v>
+        <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:12" customHeight="1" ht="80">
       <c r="A298" s="0"/>
       <c r="B298" s="0" t="s">
-        <v>1099</v>
+        <v>1111</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>1100</v>
+        <v>1112</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>1101</v>
+        <v>1113</v>
       </c>
       <c r="E298" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F298" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G298" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H298" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>1102</v>
+        <v>465</v>
       </c>
       <c r="J298" s="0"/>
       <c r="K298" s="0" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="L298" s="0">
-        <v>11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:12" customHeight="1" ht="80">
       <c r="A299" s="0"/>
       <c r="B299" s="0" t="s">
-        <v>1103</v>
+        <v>675</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>1104</v>
-[...2 lines deleted...]
-        <v>1105</v>
+        <v>1114</v>
+      </c>
+      <c r="D299" s="0">
+        <v>431129109</v>
       </c>
       <c r="E299" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F299" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G299" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H299" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I299" s="1" t="s">
-        <v>464</v>
+        <v>1115</v>
       </c>
       <c r="J299" s="0"/>
       <c r="K299" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L299" s="0">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="300" spans="1:12" customHeight="1" ht="80">
       <c r="A300" s="0"/>
       <c r="B300" s="0" t="s">
-        <v>670</v>
+        <v>1116</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="D300" s="0">
-        <v>431129109</v>
+        <v>431160709</v>
       </c>
       <c r="E300" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F300" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G300" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H300" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I300" s="1" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="J300" s="0"/>
       <c r="K300" s="0" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="L300" s="0">
-        <v>32</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:12" customHeight="1" ht="80">
       <c r="A301" s="0"/>
       <c r="B301" s="0" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="D301" s="0">
-        <v>431160709</v>
+        <v>431181609</v>
       </c>
       <c r="E301" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F301" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G301" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H301" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I301" s="1" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
       <c r="J301" s="0"/>
       <c r="K301" s="0" t="s">
-        <v>627</v>
+        <v>28</v>
       </c>
       <c r="L301" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="302" spans="1:12" customHeight="1" ht="80">
       <c r="A302" s="0"/>
       <c r="B302" s="0" t="s">
-        <v>1111</v>
+        <v>942</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>1112</v>
-[...2 lines deleted...]
-        <v>431181609</v>
+        <v>1122</v>
+      </c>
+      <c r="D302" s="0" t="s">
+        <v>1123</v>
       </c>
       <c r="E302" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F302" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G302" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H302" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I302" s="1" t="s">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="J302" s="0"/>
       <c r="K302" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L302" s="0">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="303" spans="1:12" customHeight="1" ht="80">
       <c r="A303" s="0"/>
       <c r="B303" s="0" t="s">
-        <v>936</v>
+        <v>678</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>1114</v>
-[...2 lines deleted...]
-        <v>1115</v>
+        <v>1125</v>
+      </c>
+      <c r="D303" s="0">
+        <v>431129409</v>
       </c>
       <c r="E303" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F303" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G303" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H303" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I303" s="1" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="J303" s="0"/>
       <c r="K303" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L303" s="0">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="304" spans="1:12" customHeight="1" ht="80">
       <c r="A304" s="0"/>
       <c r="B304" s="0" t="s">
-        <v>673</v>
+        <v>1127</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>1117</v>
+        <v>1128</v>
       </c>
       <c r="D304" s="0">
-        <v>431129409</v>
+        <v>551112</v>
       </c>
       <c r="E304" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="F304" s="0"/>
       <c r="G304" s="0" t="s">
-        <v>39</v>
+        <v>260</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="I304" s="1" t="s">
-        <v>1118</v>
+        <v>1129</v>
       </c>
       <c r="J304" s="0"/>
       <c r="K304" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L304" s="0">
-        <v>26</v>
+        <v>1</v>
       </c>
     </row>
     <row r="305" spans="1:12" customHeight="1" ht="80">
       <c r="A305" s="0"/>
       <c r="B305" s="0" t="s">
-        <v>1119</v>
+        <v>1130</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>1120</v>
+        <v>1131</v>
       </c>
       <c r="D305" s="0">
-        <v>551112</v>
+        <v>431160409</v>
       </c>
       <c r="E305" s="0" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="F305" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F305" s="0" t="s">
+        <v>607</v>
+      </c>
       <c r="G305" s="0" t="s">
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>147</v>
+        <v>26</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>1121</v>
+        <v>1132</v>
       </c>
       <c r="J305" s="0"/>
       <c r="K305" s="0" t="s">
-        <v>28</v>
+        <v>648</v>
       </c>
       <c r="L305" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="306" spans="1:12" customHeight="1" ht="80">
       <c r="A306" s="0"/>
       <c r="B306" s="0" t="s">
-        <v>1122</v>
+        <v>1133</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-        <v>431160409</v>
+        <v>1134</v>
+      </c>
+      <c r="D306" s="0" t="s">
+        <v>1135</v>
       </c>
       <c r="E306" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F306" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G306" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H306" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>1124</v>
+        <v>1136</v>
       </c>
       <c r="J306" s="0"/>
       <c r="K306" s="0" t="s">
-        <v>28</v>
+        <v>1137</v>
       </c>
       <c r="L306" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:12" customHeight="1" ht="80">
       <c r="A307" s="0"/>
       <c r="B307" s="0" t="s">
-        <v>1125</v>
+        <v>1138</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>1126</v>
+        <v>1139</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>1127</v>
+        <v>1140</v>
       </c>
       <c r="E307" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F307" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G307" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H307" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I307" s="1" t="s">
-        <v>1128</v>
+        <v>1141</v>
       </c>
       <c r="J307" s="0"/>
       <c r="K307" s="0" t="s">
-        <v>288</v>
+        <v>539</v>
       </c>
       <c r="L307" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="308" spans="1:12" customHeight="1" ht="80">
       <c r="A308" s="0"/>
       <c r="B308" s="0" t="s">
-        <v>1129</v>
+        <v>1142</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>1130</v>
+        <v>1143</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>1131</v>
+        <v>1144</v>
       </c>
       <c r="E308" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="F308" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F308" s="0"/>
       <c r="G308" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H308" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I308" s="1" t="s">
-        <v>1132</v>
+        <v>1145</v>
       </c>
       <c r="J308" s="0"/>
       <c r="K308" s="0" t="s">
-        <v>1133</v>
+        <v>83</v>
       </c>
       <c r="L308" s="0">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="309" spans="1:12" customHeight="1" ht="80">
       <c r="A309" s="0"/>
       <c r="B309" s="0" t="s">
-        <v>1134</v>
+        <v>1146</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>1135</v>
+        <v>1147</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>1136</v>
+        <v>1148</v>
       </c>
       <c r="E309" s="0" t="s">
-        <v>37</v>
+        <v>536</v>
       </c>
       <c r="F309" s="0"/>
       <c r="G309" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H309" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I309" s="1" t="s">
-        <v>1137</v>
+        <v>1149</v>
       </c>
       <c r="J309" s="0"/>
       <c r="K309" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L309" s="0">
-        <v>32</v>
+        <v>1</v>
       </c>
     </row>
     <row r="310" spans="1:12" customHeight="1" ht="80">
       <c r="A310" s="0"/>
       <c r="B310" s="0" t="s">
-        <v>1138</v>
+        <v>1150</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>1139</v>
+        <v>1151</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>1140</v>
+        <v>1152</v>
       </c>
       <c r="E310" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F310" s="0"/>
       <c r="G310" s="0" t="s">
-        <v>39</v>
+        <v>746</v>
       </c>
       <c r="H310" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I310" s="1" t="s">
-        <v>1141</v>
+        <v>1153</v>
       </c>
       <c r="J310" s="0"/>
       <c r="K310" s="0" t="s">
-        <v>28</v>
+        <v>383</v>
       </c>
       <c r="L310" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:12" customHeight="1" ht="80">
       <c r="A311" s="0"/>
       <c r="B311" s="0" t="s">
-        <v>1142</v>
+        <v>1154</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>1143</v>
-[...2 lines deleted...]
-        <v>1144</v>
+        <v>1155</v>
+      </c>
+      <c r="D311" s="0">
+        <v>435217336</v>
       </c>
       <c r="E311" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F311" s="0"/>
+        <v>37</v>
+      </c>
+      <c r="F311" s="0" t="s">
+        <v>1156</v>
+      </c>
       <c r="G311" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H311" s="0" t="s">
-        <v>535</v>
+        <v>26</v>
       </c>
       <c r="I311" s="1" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="J311" s="0"/>
       <c r="K311" s="0" t="s">
-        <v>1146</v>
+        <v>28</v>
       </c>
       <c r="L311" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="312" spans="1:12" customHeight="1" ht="80">
       <c r="A312" s="0"/>
       <c r="B312" s="0" t="s">
-        <v>1147</v>
+        <v>1158</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>1148</v>
-[...2 lines deleted...]
-        <v>435217336</v>
+        <v>1159</v>
+      </c>
+      <c r="D312" s="0" t="s">
+        <v>1160</v>
       </c>
       <c r="E312" s="0" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="F312" s="0"/>
       <c r="G312" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H312" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I312" s="1" t="s">
-        <v>1150</v>
+        <v>1161</v>
       </c>
       <c r="J312" s="0"/>
       <c r="K312" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L312" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L312" s="0"/>
     </row>
     <row r="313" spans="1:12" customHeight="1" ht="80">
       <c r="A313" s="0"/>
       <c r="B313" s="0" t="s">
-        <v>1151</v>
+        <v>1162</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>1152</v>
+        <v>1163</v>
       </c>
       <c r="D313" s="0" t="s">
-        <v>1153</v>
+        <v>1164</v>
       </c>
       <c r="E313" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F313" s="0"/>
       <c r="G313" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H313" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I313" s="1" t="s">
-        <v>1154</v>
+        <v>1165</v>
       </c>
       <c r="J313" s="0"/>
       <c r="K313" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L313" s="0"/>
     </row>
     <row r="314" spans="1:12" customHeight="1" ht="80">
       <c r="A314" s="0"/>
       <c r="B314" s="0" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>1156</v>
+        <v>1167</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>1157</v>
+        <v>1168</v>
       </c>
       <c r="E314" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F314" s="0"/>
       <c r="G314" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I314" s="1" t="s">
-        <v>1158</v>
+        <v>1169</v>
       </c>
       <c r="J314" s="0"/>
       <c r="K314" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L314" s="0"/>
     </row>
     <row r="315" spans="1:12" customHeight="1" ht="80">
       <c r="A315" s="0"/>
       <c r="B315" s="0" t="s">
-        <v>1159</v>
+        <v>1170</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>1160</v>
+        <v>1171</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>1161</v>
+        <v>1172</v>
       </c>
       <c r="E315" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F315" s="0"/>
       <c r="G315" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>1162</v>
+        <v>1173</v>
       </c>
       <c r="J315" s="0"/>
       <c r="K315" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L315" s="0"/>
     </row>
     <row r="316" spans="1:12" customHeight="1" ht="80">
       <c r="A316" s="0"/>
       <c r="B316" s="0" t="s">
-        <v>1163</v>
+        <v>1174</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>1164</v>
-[...2 lines deleted...]
-        <v>1165</v>
+        <v>1175</v>
+      </c>
+      <c r="D316" s="0">
+        <v>690200</v>
       </c>
       <c r="E316" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F316" s="0"/>
+        <v>1176</v>
+      </c>
+      <c r="F316" s="0" t="s">
+        <v>1177</v>
+      </c>
       <c r="G316" s="0" t="s">
-        <v>39</v>
+        <v>461</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>535</v>
+        <v>98</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
       <c r="J316" s="0"/>
       <c r="K316" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L316" s="0"/>
+        <v>1179</v>
+      </c>
+      <c r="L316" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="317" spans="1:12" customHeight="1" ht="80">
       <c r="A317" s="0"/>
       <c r="B317" s="0" t="s">
-        <v>1167</v>
+        <v>1180</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
       <c r="D317" s="0">
-        <v>690200</v>
+        <v>690400</v>
       </c>
       <c r="E317" s="0" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="F317" s="0" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H317" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>1171</v>
+        <v>1182</v>
       </c>
       <c r="J317" s="0"/>
       <c r="K317" s="0" t="s">
-        <v>1172</v>
+        <v>506</v>
       </c>
       <c r="L317" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="318" spans="1:12" customHeight="1" ht="80">
       <c r="A318" s="0"/>
       <c r="B318" s="0" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="D318" s="0">
-        <v>690400</v>
+        <v>690500</v>
       </c>
       <c r="E318" s="0" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="F318" s="0" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H318" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I318" s="1" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="J318" s="0"/>
       <c r="K318" s="0" t="s">
-        <v>627</v>
+        <v>41</v>
       </c>
       <c r="L318" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="319" spans="1:12" customHeight="1" ht="80">
       <c r="A319" s="0"/>
       <c r="B319" s="0" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C319" s="0" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D319" s="0">
+        <v>691400</v>
+      </c>
+      <c r="E319" s="0" t="s">
         <v>1176</v>
       </c>
-      <c r="C319" s="0" t="s">
+      <c r="F319" s="0" t="s">
         <v>1177</v>
       </c>
-      <c r="D319" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="G319" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H319" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="J319" s="0"/>
       <c r="K319" s="0" t="s">
-        <v>45</v>
+        <v>785</v>
       </c>
       <c r="L319" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="320" spans="1:12" customHeight="1" ht="80">
       <c r="A320" s="0"/>
       <c r="B320" s="0" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="D320" s="0">
-        <v>691400</v>
+        <v>694900</v>
       </c>
       <c r="E320" s="0" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="F320" s="0" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H320" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I320" s="1" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
       <c r="J320" s="0"/>
       <c r="K320" s="0" t="s">
-        <v>221</v>
+        <v>1137</v>
       </c>
       <c r="L320" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:12" customHeight="1" ht="80">
       <c r="A321" s="0"/>
       <c r="B321" s="0" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-        <v>694900</v>
+        <v>1193</v>
+      </c>
+      <c r="D321" s="0" t="s">
+        <v>1194</v>
       </c>
       <c r="E321" s="0" t="s">
-        <v>1169</v>
-[...3 lines deleted...]
-      </c>
+        <v>1195</v>
+      </c>
+      <c r="F321" s="0"/>
       <c r="G321" s="0" t="s">
-        <v>460</v>
+        <v>1196</v>
       </c>
       <c r="H321" s="0" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="I321" s="1" t="s">
-        <v>1184</v>
+        <v>1197</v>
       </c>
       <c r="J321" s="0"/>
       <c r="K321" s="0" t="s">
-        <v>767</v>
+        <v>28</v>
       </c>
       <c r="L321" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="322" spans="1:12" customHeight="1" ht="80">
       <c r="A322" s="0"/>
       <c r="B322" s="0" t="s">
-        <v>1185</v>
+        <v>1198</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>1186</v>
+        <v>1199</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>1187</v>
+        <v>1200</v>
       </c>
       <c r="E322" s="0" t="s">
-        <v>1188</v>
-[...1 lines deleted...]
-      <c r="F322" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F322" s="0" t="s">
+        <v>1201</v>
+      </c>
       <c r="G322" s="0" t="s">
-        <v>1189</v>
+        <v>25</v>
       </c>
       <c r="H322" s="0" t="s">
-        <v>108</v>
+        <v>334</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>1190</v>
+        <v>1202</v>
       </c>
       <c r="J322" s="0"/>
       <c r="K322" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L322" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L322" s="0"/>
     </row>
     <row r="323" spans="1:12" customHeight="1" ht="80">
       <c r="A323" s="0"/>
       <c r="B323" s="0" t="s">
-        <v>1191</v>
+        <v>1203</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>1192</v>
+        <v>1204</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>1193</v>
+        <v>1205</v>
       </c>
       <c r="E323" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="F323" s="0"/>
       <c r="G323" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H323" s="0" t="s">
-        <v>334</v>
+        <v>537</v>
       </c>
       <c r="I323" s="1" t="s">
-        <v>1195</v>
+        <v>1206</v>
       </c>
       <c r="J323" s="0"/>
       <c r="K323" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L323" s="0"/>
+      <c r="L323" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="324" spans="1:12" customHeight="1" ht="80">
       <c r="A324" s="0"/>
       <c r="B324" s="0" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>1197</v>
+        <v>1207</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
       <c r="E324" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F324" s="0"/>
       <c r="G324" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H324" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I324" s="1" t="s">
-        <v>1199</v>
+        <v>668</v>
       </c>
       <c r="J324" s="0"/>
       <c r="K324" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L324" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="325" spans="1:12" customHeight="1" ht="80">
       <c r="A325" s="0"/>
       <c r="B325" s="0" t="s">
-        <v>1200</v>
+        <v>1209</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>1201</v>
+        <v>1210</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>1202</v>
+        <v>1211</v>
       </c>
       <c r="E325" s="0" t="s">
-        <v>534</v>
+        <v>365</v>
       </c>
       <c r="F325" s="0"/>
       <c r="G325" s="0" t="s">
-        <v>39</v>
+        <v>366</v>
       </c>
       <c r="H325" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I325" s="1" t="s">
-        <v>663</v>
+        <v>1212</v>
       </c>
       <c r="J325" s="0"/>
       <c r="K325" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L325" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="326" spans="1:12" customHeight="1" ht="80">
       <c r="A326" s="0"/>
       <c r="B326" s="0" t="s">
-        <v>1203</v>
+        <v>1213</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>1204</v>
+        <v>1214</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>1205</v>
+        <v>1215</v>
       </c>
       <c r="E326" s="0" t="s">
-        <v>365</v>
+        <v>23</v>
       </c>
       <c r="F326" s="0"/>
       <c r="G326" s="0" t="s">
-        <v>366</v>
+        <v>25</v>
       </c>
       <c r="H326" s="0" t="s">
-        <v>535</v>
+        <v>1216</v>
       </c>
       <c r="I326" s="1" t="s">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="J326" s="0"/>
       <c r="K326" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L326" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="327" spans="1:12" customHeight="1" ht="80">
       <c r="A327" s="0"/>
       <c r="B327" s="0" t="s">
-        <v>1207</v>
+        <v>1218</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>1208</v>
+        <v>1219</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>1209</v>
+        <v>1220</v>
       </c>
       <c r="E327" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F327" s="0"/>
       <c r="G327" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H327" s="0" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="I327" s="1" t="s">
-        <v>1211</v>
+        <v>799</v>
       </c>
       <c r="J327" s="0"/>
       <c r="K327" s="0" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
       <c r="L327" s="0">
-        <v>12</v>
+        <v>264</v>
       </c>
     </row>
     <row r="328" spans="1:12" customHeight="1" ht="80">
       <c r="A328" s="0"/>
       <c r="B328" s="0" t="s">
-        <v>1212</v>
+        <v>1221</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>1213</v>
-[...2 lines deleted...]
-        <v>1214</v>
+        <v>1222</v>
+      </c>
+      <c r="D328" s="0">
+        <v>653076</v>
       </c>
       <c r="E328" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F328" s="0"/>
+        <v>1223</v>
+      </c>
+      <c r="F328" s="0" t="s">
+        <v>1224</v>
+      </c>
       <c r="G328" s="0" t="s">
-        <v>25</v>
+        <v>1225</v>
       </c>
       <c r="H328" s="0" t="s">
-        <v>1210</v>
+        <v>108</v>
       </c>
       <c r="I328" s="1" t="s">
-        <v>799</v>
+        <v>1226</v>
       </c>
       <c r="J328" s="0"/>
       <c r="K328" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L328" s="0">
-        <v>264</v>
+        <v>1</v>
       </c>
     </row>
     <row r="329" spans="1:12" customHeight="1" ht="80">
       <c r="A329" s="0"/>
       <c r="B329" s="0" t="s">
-        <v>1215</v>
+        <v>1227</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>1216</v>
+        <v>1228</v>
       </c>
       <c r="D329" s="0">
-        <v>653076</v>
+        <v>653073</v>
       </c>
       <c r="E329" s="0" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="F329" s="0" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="G329" s="0" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="H329" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>1220</v>
+        <v>1229</v>
       </c>
       <c r="J329" s="0"/>
       <c r="K329" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L329" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="330" spans="1:12" customHeight="1" ht="80">
       <c r="A330" s="0"/>
       <c r="B330" s="0" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>1222</v>
-[...2 lines deleted...]
-        <v>653073</v>
+        <v>1231</v>
+      </c>
+      <c r="D330" s="0" t="s">
+        <v>1232</v>
       </c>
       <c r="E330" s="0" t="s">
-        <v>1217</v>
-[...3 lines deleted...]
-      </c>
+        <v>1195</v>
+      </c>
+      <c r="F330" s="0"/>
       <c r="G330" s="0" t="s">
-        <v>1219</v>
+        <v>1196</v>
       </c>
       <c r="H330" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I330" s="1" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="J330" s="0"/>
       <c r="K330" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L330" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="331" spans="1:12" customHeight="1" ht="80">
       <c r="A331" s="0"/>
       <c r="B331" s="0" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>1225</v>
-[...2 lines deleted...]
-        <v>1226</v>
+        <v>1235</v>
+      </c>
+      <c r="D331" s="0">
+        <v>9127</v>
       </c>
       <c r="E331" s="0" t="s">
-        <v>1188</v>
+        <v>1236</v>
       </c>
       <c r="F331" s="0"/>
       <c r="G331" s="0" t="s">
-        <v>1189</v>
+        <v>16</v>
       </c>
       <c r="H331" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I331" s="1" t="s">
-        <v>1227</v>
+        <v>1237</v>
       </c>
       <c r="J331" s="0"/>
       <c r="K331" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L331" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="332" spans="1:12" customHeight="1" ht="80">
       <c r="A332" s="0"/>
       <c r="B332" s="0" t="s">
-        <v>1228</v>
+        <v>1238</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>1229</v>
-[...2 lines deleted...]
-        <v>9127</v>
+        <v>1239</v>
+      </c>
+      <c r="D332" s="0" t="s">
+        <v>1240</v>
       </c>
       <c r="E332" s="0" t="s">
-        <v>1230</v>
+        <v>15</v>
       </c>
       <c r="F332" s="0"/>
       <c r="G332" s="0" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="H332" s="0" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I332" s="1" t="s">
-        <v>1231</v>
+        <v>1241</v>
       </c>
       <c r="J332" s="0"/>
       <c r="K332" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L332" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="333" spans="1:12" customHeight="1" ht="80">
       <c r="A333" s="0"/>
       <c r="B333" s="0" t="s">
-        <v>1232</v>
+        <v>1242</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>1233</v>
+        <v>1243</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>1234</v>
+        <v>1244</v>
       </c>
       <c r="E333" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F333" s="0"/>
       <c r="G333" s="0" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="H333" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I333" s="1" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="J333" s="0"/>
       <c r="K333" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L333" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="334" spans="1:12" customHeight="1" ht="80">
       <c r="A334" s="0"/>
       <c r="B334" s="0" t="s">
-        <v>1236</v>
+        <v>1246</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>1237</v>
+        <v>1247</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>1238</v>
+        <v>1248</v>
       </c>
       <c r="E334" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F334" s="0"/>
       <c r="G334" s="0" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="H334" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I334" s="1" t="s">
-        <v>1239</v>
+        <v>1249</v>
       </c>
       <c r="J334" s="0"/>
       <c r="K334" s="0" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L334" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="335" spans="1:12" customHeight="1" ht="80">
       <c r="A335" s="0"/>
       <c r="B335" s="0" t="s">
-        <v>1240</v>
+        <v>1250</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>1241</v>
+        <v>1251</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>1242</v>
+        <v>1252</v>
       </c>
       <c r="E335" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F335" s="0"/>
       <c r="G335" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H335" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I335" s="1" t="s">
-        <v>1243</v>
+        <v>1253</v>
       </c>
       <c r="J335" s="0"/>
       <c r="K335" s="0" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L335" s="0">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="336" spans="1:12" customHeight="1" ht="80">
       <c r="A336" s="0"/>
       <c r="B336" s="0" t="s">
-        <v>1244</v>
+        <v>1254</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="E336" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F336" s="0"/>
       <c r="G336" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H336" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I336" s="1" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
       <c r="J336" s="0"/>
       <c r="K336" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L336" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="337" spans="1:12" customHeight="1" ht="80">
       <c r="A337" s="0"/>
       <c r="B337" s="0" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="E337" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="F337" s="0"/>
       <c r="G337" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H337" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>1251</v>
+        <v>1261</v>
       </c>
       <c r="J337" s="0"/>
       <c r="K337" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L337" s="0">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="338" spans="1:12" customHeight="1" ht="80">
       <c r="A338" s="0"/>
       <c r="B338" s="0" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>1254</v>
+        <v>1264</v>
       </c>
       <c r="E338" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F338" s="0"/>
       <c r="G338" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H338" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="J338" s="0"/>
       <c r="K338" s="0" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="L338" s="0">
-        <v>12</v>
+        <v>96</v>
       </c>
     </row>
     <row r="339" spans="1:12" customHeight="1" ht="80">
       <c r="A339" s="0"/>
       <c r="B339" s="0" t="s">
-        <v>1256</v>
+        <v>1266</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>1257</v>
+        <v>1267</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="E339" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F339" s="0" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G339" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="F339" s="0"/>
-[...2 lines deleted...]
-      </c>
       <c r="H339" s="0" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="I339" s="1" t="s">
-        <v>1259</v>
+        <v>1271</v>
       </c>
       <c r="J339" s="0"/>
       <c r="K339" s="0" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="L339" s="0">
-        <v>96</v>
+        <v>6</v>
       </c>
     </row>
     <row r="340" spans="1:12" customHeight="1" ht="80">
       <c r="A340" s="0"/>
       <c r="B340" s="0" t="s">
-        <v>1260</v>
+        <v>1272</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>1261</v>
+        <v>1273</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>1262</v>
+        <v>1274</v>
       </c>
       <c r="E340" s="0" t="s">
-        <v>1263</v>
+        <v>1275</v>
       </c>
       <c r="F340" s="0" t="s">
-        <v>1264</v>
+        <v>1276</v>
       </c>
       <c r="G340" s="0" t="s">
-        <v>78</v>
+        <v>260</v>
       </c>
       <c r="H340" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>1265</v>
+        <v>1277</v>
       </c>
       <c r="J340" s="0"/>
       <c r="K340" s="0" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="L340" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:12" customHeight="1" ht="80">
       <c r="A341" s="0"/>
       <c r="B341" s="0" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>1267</v>
+        <v>1279</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>1268</v>
+        <v>1280</v>
       </c>
       <c r="E341" s="0" t="s">
-        <v>1269</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F341" s="0"/>
       <c r="G341" s="0" t="s">
-        <v>259</v>
+        <v>77</v>
       </c>
       <c r="H341" s="0" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
       <c r="J341" s="0"/>
       <c r="K341" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L341" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="342" spans="1:12" customHeight="1" ht="80">
       <c r="A342" s="0"/>
       <c r="B342" s="0" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="E342" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F342" s="0"/>
       <c r="G342" s="0" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
       <c r="H342" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I342" s="1" t="s">
-        <v>1275</v>
+        <v>1285</v>
       </c>
       <c r="J342" s="0"/>
       <c r="K342" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L342" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="343" spans="1:12" customHeight="1" ht="80">
       <c r="A343" s="0"/>
       <c r="B343" s="0" t="s">
-        <v>1276</v>
+        <v>1286</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>1277</v>
+        <v>1287</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>1278</v>
+        <v>1288</v>
       </c>
       <c r="E343" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F343" s="0"/>
       <c r="G343" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H343" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="J343" s="0"/>
       <c r="K343" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L343" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:12" customHeight="1" ht="80">
       <c r="A344" s="0"/>
       <c r="B344" s="0" t="s">
-        <v>1280</v>
+        <v>1290</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>1281</v>
-[...2 lines deleted...]
-        <v>1282</v>
+        <v>1291</v>
+      </c>
+      <c r="D344" s="0">
+        <v>55230</v>
       </c>
       <c r="E344" s="0" t="s">
-        <v>15</v>
+        <v>1292</v>
       </c>
       <c r="F344" s="0"/>
       <c r="G344" s="0" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="H344" s="0" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="I344" s="1" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="J344" s="0"/>
       <c r="K344" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L344" s="0">
-        <v>24</v>
+        <v>2</v>
       </c>
     </row>
     <row r="345" spans="1:12" customHeight="1" ht="80">
       <c r="A345" s="0"/>
       <c r="B345" s="0" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>1285</v>
-[...2 lines deleted...]
-        <v>55230</v>
+        <v>1295</v>
+      </c>
+      <c r="D345" s="0" t="s">
+        <v>1296</v>
       </c>
       <c r="E345" s="0" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="F345" s="0"/>
+        <v>1269</v>
+      </c>
+      <c r="F345" s="0" t="s">
+        <v>1270</v>
+      </c>
       <c r="G345" s="0" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="H345" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I345" s="1" t="s">
-        <v>1287</v>
+        <v>237</v>
       </c>
       <c r="J345" s="0"/>
       <c r="K345" s="0" t="s">
-        <v>28</v>
+        <v>648</v>
       </c>
       <c r="L345" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:12" customHeight="1" ht="80">
       <c r="A346" s="0"/>
       <c r="B346" s="0" t="s">
-        <v>1288</v>
+        <v>1297</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>1289</v>
+        <v>1298</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>1290</v>
+        <v>1299</v>
       </c>
       <c r="E346" s="0" t="s">
-        <v>1263</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="F346" s="0"/>
       <c r="G346" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H346" s="0" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I346" s="1" t="s">
-        <v>237</v>
+        <v>1300</v>
       </c>
       <c r="J346" s="0"/>
       <c r="K346" s="0" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="L346" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="347" spans="1:12" customHeight="1" ht="80">
       <c r="A347" s="0"/>
       <c r="B347" s="0" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>1293</v>
+        <v>1303</v>
       </c>
       <c r="E347" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F347" s="0"/>
       <c r="G347" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H347" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I347" s="1" t="s">
-        <v>1294</v>
+        <v>1304</v>
       </c>
       <c r="J347" s="0"/>
       <c r="K347" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L347" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:12" customHeight="1" ht="80">
       <c r="A348" s="0"/>
       <c r="B348" s="0" t="s">
-        <v>1295</v>
+        <v>1305</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>1296</v>
+        <v>1306</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>1297</v>
+        <v>1307</v>
       </c>
       <c r="E348" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F348" s="0"/>
       <c r="G348" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H348" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>1298</v>
+        <v>1308</v>
       </c>
       <c r="J348" s="0"/>
       <c r="K348" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L348" s="0">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="349" spans="1:12" customHeight="1" ht="80">
       <c r="A349" s="0"/>
       <c r="B349" s="0" t="s">
-        <v>1299</v>
+        <v>1309</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>1300</v>
+        <v>1310</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
       <c r="E349" s="0" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="F349" s="0"/>
       <c r="G349" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H349" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
       <c r="J349" s="0"/>
       <c r="K349" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L349" s="0">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="350" spans="1:12" customHeight="1" ht="80">
       <c r="A350" s="0"/>
       <c r="B350" s="0" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>1304</v>
+        <v>1314</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>1305</v>
+        <v>1315</v>
       </c>
       <c r="E350" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F350" s="0"/>
       <c r="G350" s="0" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
       <c r="H350" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="J350" s="0"/>
       <c r="K350" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L350" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="351" spans="1:12" customHeight="1" ht="80">
       <c r="A351" s="0"/>
       <c r="B351" s="0" t="s">
-        <v>1307</v>
+        <v>1317</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>1308</v>
+        <v>1318</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>1309</v>
+        <v>1319</v>
       </c>
       <c r="E351" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F351" s="0"/>
+        <v>1269</v>
+      </c>
+      <c r="F351" s="0" t="s">
+        <v>1270</v>
+      </c>
       <c r="G351" s="0" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>1310</v>
+        <v>414</v>
       </c>
       <c r="J351" s="0"/>
       <c r="K351" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L351" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:12" customHeight="1" ht="80">
       <c r="A352" s="0"/>
       <c r="B352" s="0" t="s">
-        <v>1311</v>
+        <v>1320</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>1312</v>
+        <v>1321</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>1313</v>
+        <v>1322</v>
       </c>
       <c r="E352" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F352" s="0" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="G352" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H352" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I352" s="1" t="s">
-        <v>413</v>
+        <v>1323</v>
       </c>
       <c r="J352" s="0"/>
       <c r="K352" s="0" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="L352" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:12" customHeight="1" ht="80">
       <c r="A353" s="0"/>
       <c r="B353" s="0" t="s">
-        <v>1314</v>
+        <v>1324</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>1315</v>
+        <v>1325</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
       <c r="E353" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F353" s="0" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="G353" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H353" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I353" s="1" t="s">
-        <v>1317</v>
+        <v>1327</v>
       </c>
       <c r="J353" s="0"/>
       <c r="K353" s="0" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="L353" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:12" customHeight="1" ht="80">
       <c r="A354" s="0"/>
       <c r="B354" s="0" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="E354" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F354" s="0" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="G354" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H354" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="J354" s="0"/>
       <c r="K354" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L354" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:12" customHeight="1" ht="80">
       <c r="A355" s="0"/>
       <c r="B355" s="0" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>1323</v>
+        <v>1333</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>1324</v>
+        <v>1334</v>
       </c>
       <c r="E355" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F355" s="0" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="G355" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H355" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>1325</v>
+        <v>1335</v>
       </c>
       <c r="J355" s="0"/>
       <c r="K355" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L355" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:12" customHeight="1" ht="80">
       <c r="A356" s="0"/>
       <c r="B356" s="0" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>1327</v>
-[...2 lines deleted...]
-        <v>1328</v>
+        <v>1337</v>
+      </c>
+      <c r="D356" s="0">
+        <v>258824</v>
       </c>
       <c r="E356" s="0" t="s">
-        <v>1263</v>
-[...3 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+      <c r="F356" s="0"/>
       <c r="G356" s="0" t="s">
-        <v>78</v>
+        <v>260</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>1329</v>
+        <v>1338</v>
       </c>
       <c r="J356" s="0"/>
       <c r="K356" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L356" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="357" spans="1:12" customHeight="1" ht="80">
       <c r="A357" s="0"/>
       <c r="B357" s="0" t="s">
-        <v>1330</v>
+        <v>1339</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>1331</v>
-[...2 lines deleted...]
-        <v>258824</v>
+        <v>1340</v>
+      </c>
+      <c r="D357" s="0" t="s">
+        <v>1341</v>
       </c>
       <c r="E357" s="0" t="s">
-        <v>258</v>
+        <v>60</v>
       </c>
       <c r="F357" s="0"/>
       <c r="G357" s="0" t="s">
-        <v>259</v>
+        <v>16</v>
       </c>
       <c r="H357" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="J357" s="0"/>
       <c r="K357" s="0" t="s">
-        <v>28</v>
+        <v>69</v>
       </c>
       <c r="L357" s="0">
-        <v>12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:12" customHeight="1" ht="80">
       <c r="A358" s="0"/>
       <c r="B358" s="0" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="E358" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F358" s="0"/>
       <c r="G358" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H358" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I358" s="1" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="J358" s="0"/>
       <c r="K358" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="L358" s="0">
-        <v>120</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:12" customHeight="1" ht="80">
       <c r="A359" s="0"/>
       <c r="B359" s="0" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="E359" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F359" s="0"/>
       <c r="G359" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H359" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
       <c r="J359" s="0"/>
       <c r="K359" s="0" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="L359" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="360" spans="1:12" customHeight="1" ht="80">
       <c r="A360" s="0"/>
       <c r="B360" s="0" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>1342</v>
+        <v>1352</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
       <c r="E360" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F360" s="0"/>
       <c r="G360" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H360" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I360" s="1" t="s">
-        <v>1344</v>
+        <v>1354</v>
       </c>
       <c r="J360" s="0"/>
       <c r="K360" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="L360" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="361" spans="1:12" customHeight="1" ht="80">
       <c r="A361" s="0"/>
       <c r="B361" s="0" t="s">
-        <v>1345</v>
+        <v>1355</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>1356</v>
+      </c>
+      <c r="D361" s="0">
+        <v>115212</v>
       </c>
       <c r="E361" s="0" t="s">
-        <v>61</v>
+        <v>259</v>
       </c>
       <c r="F361" s="0"/>
       <c r="G361" s="0" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="H361" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>1348</v>
+        <v>435</v>
       </c>
       <c r="J361" s="0"/>
       <c r="K361" s="0" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="L361" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="362" spans="1:12" customHeight="1" ht="80">
       <c r="A362" s="0"/>
       <c r="B362" s="0" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>1350</v>
-[...2 lines deleted...]
-        <v>115212</v>
+        <v>1358</v>
+      </c>
+      <c r="D362" s="0" t="s">
+        <v>1359</v>
       </c>
       <c r="E362" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F362" s="0"/>
       <c r="G362" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H362" s="0" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>434</v>
+        <v>1360</v>
       </c>
       <c r="J362" s="0"/>
       <c r="K362" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L362" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L362" s="0"/>
     </row>
     <row r="363" spans="1:12" customHeight="1" ht="80">
       <c r="A363" s="0"/>
       <c r="B363" s="0" t="s">
-        <v>1351</v>
+        <v>1361</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>1352</v>
-[...2 lines deleted...]
-        <v>1353</v>
+        <v>1362</v>
+      </c>
+      <c r="D363" s="0">
+        <v>115208</v>
       </c>
       <c r="E363" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F363" s="0"/>
       <c r="G363" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H363" s="0" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="I363" s="1" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
       <c r="J363" s="0"/>
       <c r="K363" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L363" s="0"/>
+      <c r="L363" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="364" spans="1:12" customHeight="1" ht="80">
       <c r="A364" s="0"/>
       <c r="B364" s="0" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>1356</v>
-[...2 lines deleted...]
-        <v>115208</v>
+        <v>1365</v>
+      </c>
+      <c r="D364" s="0" t="s">
+        <v>1366</v>
       </c>
       <c r="E364" s="0" t="s">
-        <v>258</v>
+        <v>23</v>
       </c>
       <c r="F364" s="0"/>
       <c r="G364" s="0" t="s">
-        <v>259</v>
+        <v>25</v>
       </c>
       <c r="H364" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I364" s="1" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="J364" s="0"/>
       <c r="K364" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L364" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="365" spans="1:12" customHeight="1" ht="80">
       <c r="A365" s="0"/>
       <c r="B365" s="0" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>1359</v>
+        <v>1369</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="E365" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F365" s="0"/>
       <c r="G365" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H365" s="0" t="s">
-        <v>17</v>
+        <v>1216</v>
       </c>
       <c r="I365" s="1" t="s">
-        <v>1361</v>
+        <v>674</v>
       </c>
       <c r="J365" s="0"/>
       <c r="K365" s="0" t="s">
-        <v>28</v>
+        <v>256</v>
       </c>
       <c r="L365" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="366" spans="1:12" customHeight="1" ht="80">
       <c r="A366" s="0"/>
       <c r="B366" s="0" t="s">
-        <v>1362</v>
+        <v>1371</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>1363</v>
+        <v>1372</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>1364</v>
+        <v>1373</v>
       </c>
       <c r="E366" s="0" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="F366" s="0"/>
       <c r="G366" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="H366" s="0" t="s">
-        <v>1210</v>
+        <v>17</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>669</v>
+        <v>1374</v>
       </c>
       <c r="J366" s="0"/>
       <c r="K366" s="0" t="s">
-        <v>1365</v>
+        <v>69</v>
       </c>
       <c r="L366" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="367" spans="1:12" customHeight="1" ht="80">
       <c r="A367" s="0"/>
       <c r="B367" s="0" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>1367</v>
-[...2 lines deleted...]
-        <v>1368</v>
+        <v>1376</v>
+      </c>
+      <c r="D367" s="0">
+        <v>11972</v>
       </c>
       <c r="E367" s="0" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="F367" s="0"/>
+        <v>1275</v>
+      </c>
+      <c r="F367" s="0" t="s">
+        <v>1276</v>
+      </c>
       <c r="G367" s="0" t="s">
-        <v>16</v>
+        <v>260</v>
       </c>
       <c r="H367" s="0" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="J367" s="0"/>
       <c r="K367" s="0" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="L367" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:12" customHeight="1" ht="80">
       <c r="A368" s="0"/>
       <c r="B368" s="0" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="D368" s="0">
-        <v>11972</v>
+        <v>83311</v>
       </c>
       <c r="E368" s="0" t="s">
-        <v>1269</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="F368" s="0"/>
       <c r="G368" s="0" t="s">
-        <v>259</v>
+        <v>61</v>
       </c>
       <c r="H368" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="J368" s="0"/>
       <c r="K368" s="0" t="s">
-        <v>28</v>
+        <v>1381</v>
       </c>
       <c r="L368" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="369" spans="1:12" customHeight="1" ht="80">
       <c r="A369" s="0"/>
       <c r="B369" s="0" t="s">
-        <v>1373</v>
+        <v>1382</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>1374</v>
-[...2 lines deleted...]
-        <v>83311</v>
+        <v>1383</v>
+      </c>
+      <c r="D369" s="0" t="s">
+        <v>1384</v>
       </c>
       <c r="E369" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F369" s="0"/>
       <c r="G369" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H369" s="0" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I369" s="1" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="J369" s="0"/>
       <c r="K369" s="0" t="s">
-        <v>871</v>
+        <v>1080</v>
       </c>
       <c r="L369" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="370" spans="1:12" customHeight="1" ht="80">
       <c r="A370" s="0"/>
       <c r="B370" s="0" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-        <v>1378</v>
+        <v>1387</v>
+      </c>
+      <c r="D370" s="0">
+        <v>83310</v>
       </c>
       <c r="E370" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F370" s="0"/>
       <c r="G370" s="0" t="s">
-        <v>62</v>
+        <v>366</v>
       </c>
       <c r="H370" s="0" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>1379</v>
+        <v>1388</v>
       </c>
       <c r="J370" s="0"/>
       <c r="K370" s="0" t="s">
-        <v>251</v>
+        <v>1381</v>
       </c>
       <c r="L370" s="0">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="371" spans="1:12" customHeight="1" ht="80">
       <c r="A371" s="0"/>
       <c r="B371" s="0" t="s">
-        <v>1380</v>
+        <v>1389</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>1381</v>
-[...2 lines deleted...]
-        <v>83310</v>
+        <v>1390</v>
+      </c>
+      <c r="D371" s="0" t="s">
+        <v>1391</v>
       </c>
       <c r="E371" s="0" t="s">
-        <v>365</v>
+        <v>1392</v>
       </c>
       <c r="F371" s="0"/>
       <c r="G371" s="0" t="s">
-        <v>366</v>
+        <v>25</v>
       </c>
       <c r="H371" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I371" s="1" t="s">
-        <v>1382</v>
+        <v>1393</v>
       </c>
       <c r="J371" s="0"/>
       <c r="K371" s="0" t="s">
-        <v>613</v>
+        <v>28</v>
       </c>
       <c r="L371" s="0">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="372" spans="1:12" customHeight="1" ht="80">
       <c r="A372" s="0"/>
       <c r="B372" s="0" t="s">
-        <v>1383</v>
+        <v>1394</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>1384</v>
+        <v>1395</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
       <c r="E372" s="0" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="F372" s="0"/>
       <c r="G372" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H372" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I372" s="1" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="J372" s="0"/>
       <c r="K372" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L372" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="373" spans="1:12" customHeight="1" ht="80">
       <c r="A373" s="0"/>
       <c r="B373" s="0" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>1390</v>
+        <v>1400</v>
       </c>
       <c r="E373" s="0" t="s">
-        <v>1386</v>
+        <v>245</v>
       </c>
       <c r="F373" s="0"/>
       <c r="G373" s="0" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="H373" s="0" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
       <c r="J373" s="0"/>
       <c r="K373" s="0" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L373" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:12" customHeight="1" ht="80">
       <c r="A374" s="0"/>
       <c r="B374" s="0" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>1393</v>
+        <v>1403</v>
       </c>
       <c r="D374" s="0" t="s">
-        <v>1394</v>
+        <v>1404</v>
       </c>
       <c r="E374" s="0" t="s">
         <v>245</v>
       </c>
       <c r="F374" s="0"/>
       <c r="G374" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H374" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>1395</v>
+        <v>1405</v>
       </c>
       <c r="J374" s="0"/>
       <c r="K374" s="0" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L374" s="0"/>
     </row>
     <row r="375" spans="1:12" customHeight="1" ht="80">
       <c r="A375" s="0"/>
       <c r="B375" s="0" t="s">
-        <v>1396</v>
+        <v>1406</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
       <c r="E375" s="0" t="s">
-        <v>245</v>
+        <v>1236</v>
       </c>
       <c r="F375" s="0"/>
       <c r="G375" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="H375" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>1399</v>
+        <v>1409</v>
       </c>
       <c r="J375" s="0"/>
       <c r="K375" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L375" s="0"/>
     </row>
     <row r="376" spans="1:12" customHeight="1" ht="80">
       <c r="A376" s="0"/>
       <c r="B376" s="0" t="s">
-        <v>1400</v>
+        <v>1410</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-        <v>1402</v>
+        <v>1411</v>
+      </c>
+      <c r="D376" s="0">
+        <v>2068</v>
       </c>
       <c r="E376" s="0" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="F376" s="0"/>
       <c r="G376" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H376" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
       <c r="J376" s="0"/>
       <c r="K376" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L376" s="0"/>
+      <c r="L376" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="377" spans="1:12" customHeight="1" ht="80">
       <c r="A377" s="0"/>
       <c r="B377" s="0" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>1405</v>
-[...2 lines deleted...]
-        <v>2068</v>
+        <v>1414</v>
+      </c>
+      <c r="D377" s="0" t="s">
+        <v>1415</v>
       </c>
       <c r="E377" s="0" t="s">
-        <v>1230</v>
+        <v>971</v>
       </c>
       <c r="F377" s="0"/>
       <c r="G377" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H377" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>1406</v>
+        <v>1416</v>
       </c>
       <c r="J377" s="0"/>
       <c r="K377" s="0" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="L377" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:12" customHeight="1" ht="80">
       <c r="A378" s="0"/>
       <c r="B378" s="0" t="s">
-        <v>1407</v>
+        <v>1417</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="E378" s="0" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="F378" s="0"/>
       <c r="G378" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H378" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="J378" s="0"/>
       <c r="K378" s="0" t="s">
-        <v>45</v>
+        <v>221</v>
       </c>
       <c r="L378" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="379" spans="1:12" customHeight="1" ht="80">
       <c r="A379" s="0"/>
       <c r="B379" s="0" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>1412</v>
+        <v>1422</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="E379" s="0" t="s">
-        <v>965</v>
+        <v>259</v>
       </c>
       <c r="F379" s="0"/>
       <c r="G379" s="0" t="s">
-        <v>78</v>
+        <v>260</v>
       </c>
       <c r="H379" s="0" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="J379" s="0"/>
       <c r="K379" s="0" t="s">
-        <v>1415</v>
+        <v>28</v>
       </c>
       <c r="L379" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:12" customHeight="1" ht="80">
       <c r="A380" s="0"/>
       <c r="B380" s="0" t="s">
-        <v>1416</v>
+        <v>1425</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-        <v>1418</v>
+        <v>1426</v>
+      </c>
+      <c r="D380" s="0">
+        <v>92136</v>
       </c>
       <c r="E380" s="0" t="s">
-        <v>258</v>
+        <v>1292</v>
       </c>
       <c r="F380" s="0"/>
       <c r="G380" s="0" t="s">
-        <v>259</v>
+        <v>25</v>
       </c>
       <c r="H380" s="0" t="s">
-        <v>17</v>
+        <v>1427</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>1419</v>
+        <v>1428</v>
       </c>
       <c r="J380" s="0"/>
       <c r="K380" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L380" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L380" s="0"/>
     </row>
     <row r="381" spans="1:12" customHeight="1" ht="80">
       <c r="A381" s="0"/>
       <c r="B381" s="0" t="s">
-        <v>1420</v>
+        <v>1429</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="D381" s="0">
-        <v>92136</v>
+        <v>92158</v>
       </c>
       <c r="E381" s="0" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="F381" s="0"/>
       <c r="G381" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H381" s="0" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="J381" s="0"/>
       <c r="K381" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L381" s="0"/>
+        <v>648</v>
+      </c>
+      <c r="L381" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="382" spans="1:12" customHeight="1" ht="80">
       <c r="A382" s="0"/>
       <c r="B382" s="0" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>1425</v>
-[...2 lines deleted...]
-        <v>92158</v>
+        <v>1433</v>
+      </c>
+      <c r="D382" s="0" t="s">
+        <v>1434</v>
       </c>
       <c r="E382" s="0" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="F382" s="0"/>
+        <v>1269</v>
+      </c>
+      <c r="F382" s="0" t="s">
+        <v>1435</v>
+      </c>
       <c r="G382" s="0" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="H382" s="0" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>1426</v>
+        <v>1436</v>
       </c>
       <c r="J382" s="0"/>
       <c r="K382" s="0" t="s">
-        <v>770</v>
+        <v>28</v>
       </c>
       <c r="L382" s="0">
-        <v>1</v>
+        <v>108</v>
       </c>
     </row>
     <row r="383" spans="1:12" customHeight="1" ht="80">
       <c r="A383" s="0"/>
       <c r="B383" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C383" s="0" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D383" s="0" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E383" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F383" s="0" t="s">
+        <v>1435</v>
+      </c>
+      <c r="G383" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="H383" s="0" t="s">
         <v>1427</v>
       </c>
-      <c r="C383" s="0" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I383" s="1" t="s">
-        <v>1431</v>
+        <v>1440</v>
       </c>
       <c r="J383" s="0"/>
       <c r="K383" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L383" s="0">
-        <v>108</v>
+        <v>104</v>
       </c>
     </row>
     <row r="384" spans="1:12" customHeight="1" ht="80">
       <c r="A384" s="0"/>
       <c r="B384" s="0" t="s">
-        <v>1432</v>
+        <v>1441</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>1433</v>
-[...2 lines deleted...]
-        <v>1434</v>
+        <v>1442</v>
+      </c>
+      <c r="D384" s="0">
+        <v>8.95053</v>
       </c>
       <c r="E384" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F384" s="0" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="G384" s="0" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="H384" s="0" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>1435</v>
+        <v>1431</v>
       </c>
       <c r="J384" s="0"/>
       <c r="K384" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L384" s="0">
-        <v>104</v>
+        <v>96</v>
       </c>
     </row>
     <row r="385" spans="1:12" customHeight="1" ht="80">
       <c r="A385" s="0"/>
       <c r="B385" s="0" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>1437</v>
-[...2 lines deleted...]
-        <v>8.95053</v>
+        <v>1444</v>
+      </c>
+      <c r="D385" s="0" t="s">
+        <v>1445</v>
       </c>
       <c r="E385" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F385" s="0" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="G385" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H385" s="0" t="s">
-        <v>1422</v>
+        <v>108</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>1426</v>
+        <v>1124</v>
       </c>
       <c r="J385" s="0"/>
       <c r="K385" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L385" s="0">
-        <v>96</v>
+        <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:12" customHeight="1" ht="80">
       <c r="A386" s="0"/>
       <c r="B386" s="0" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>1439</v>
+        <v>1447</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>1440</v>
+        <v>1448</v>
       </c>
       <c r="E386" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F386" s="0" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="G386" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H386" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="J386" s="0"/>
       <c r="K386" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L386" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:12" customHeight="1" ht="80">
       <c r="A387" s="0"/>
       <c r="B387" s="0" t="s">
-        <v>1441</v>
+        <v>1449</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>1442</v>
-[...2 lines deleted...]
-        <v>1443</v>
+        <v>1450</v>
+      </c>
+      <c r="D387" s="0">
+        <v>83309</v>
       </c>
       <c r="E387" s="0" t="s">
-        <v>1263</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="F387" s="0"/>
       <c r="G387" s="0" t="s">
-        <v>78</v>
+        <v>366</v>
       </c>
       <c r="H387" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>1102</v>
+        <v>1451</v>
       </c>
       <c r="J387" s="0"/>
       <c r="K387" s="0" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L387" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:12" customHeight="1" ht="80">
       <c r="A388" s="0"/>
       <c r="B388" s="0" t="s">
-        <v>1444</v>
+        <v>1452</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="D388" s="0">
-        <v>83309</v>
+        <v>70996</v>
       </c>
       <c r="E388" s="0" t="s">
-        <v>365</v>
+        <v>1292</v>
       </c>
       <c r="F388" s="0"/>
       <c r="G388" s="0" t="s">
-        <v>366</v>
+        <v>25</v>
       </c>
       <c r="H388" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="J388" s="0"/>
       <c r="K388" s="0" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L388" s="0"/>
     </row>
     <row r="389" spans="1:12" customHeight="1" ht="80">
       <c r="A389" s="0"/>
       <c r="B389" s="0" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>1448</v>
-[...2 lines deleted...]
-        <v>70996</v>
+        <v>1456</v>
+      </c>
+      <c r="D389" s="0" t="s">
+        <v>1457</v>
       </c>
       <c r="E389" s="0" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="F389" s="0"/>
+        <v>1458</v>
+      </c>
+      <c r="F389" s="0" t="s">
+        <v>1459</v>
+      </c>
       <c r="G389" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H389" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
       <c r="J389" s="0"/>
       <c r="K389" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L389" s="0"/>
+        <v>93</v>
+      </c>
+      <c r="L389" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="390" spans="1:12" customHeight="1" ht="80">
       <c r="A390" s="0"/>
       <c r="B390" s="0" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>1451</v>
+        <v>1462</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>1452</v>
+        <v>1463</v>
       </c>
       <c r="E390" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F390" s="0" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="G390" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H390" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I390" s="1" t="s">
-        <v>1455</v>
+        <v>1464</v>
       </c>
       <c r="J390" s="0"/>
       <c r="K390" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L390" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:12" customHeight="1" ht="80">
       <c r="A391" s="0"/>
       <c r="B391" s="0" t="s">
-        <v>1456</v>
+        <v>1465</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>1457</v>
+        <v>1466</v>
       </c>
       <c r="D391" s="0" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E391" s="0" t="s">
         <v>1458</v>
       </c>
-      <c r="E391" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F391" s="0" t="s">
-        <v>1454</v>
+        <v>1468</v>
       </c>
       <c r="G391" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H391" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I391" s="1" t="s">
-        <v>1459</v>
+        <v>1469</v>
       </c>
       <c r="J391" s="0"/>
       <c r="K391" s="0" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="L391" s="0">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="392" spans="1:12" customHeight="1" ht="80">
       <c r="A392" s="0"/>
       <c r="B392" s="0" t="s">
-        <v>1460</v>
+        <v>1470</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>1461</v>
+        <v>1471</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>1462</v>
+        <v>1472</v>
       </c>
       <c r="E392" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F392" s="0" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="G392" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H392" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>1464</v>
+        <v>1118</v>
       </c>
       <c r="J392" s="0"/>
       <c r="K392" s="0" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="L392" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="393" spans="1:12" customHeight="1" ht="80">
       <c r="A393" s="0"/>
       <c r="B393" s="0" t="s">
-        <v>1465</v>
+        <v>1473</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>1466</v>
+        <v>1474</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
       <c r="E393" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F393" s="0" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="G393" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H393" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I393" s="1" t="s">
-        <v>1110</v>
+        <v>1476</v>
       </c>
       <c r="J393" s="0"/>
       <c r="K393" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L393" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:12" customHeight="1" ht="80">
       <c r="A394" s="0"/>
       <c r="B394" s="0" t="s">
-        <v>1468</v>
+        <v>1477</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>1469</v>
+        <v>1478</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>1470</v>
+        <v>1479</v>
       </c>
       <c r="E394" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F394" s="0" t="s">
-        <v>1463</v>
+        <v>1480</v>
       </c>
       <c r="G394" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H394" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I394" s="1" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="J394" s="0"/>
       <c r="K394" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L394" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="395" spans="1:12" customHeight="1" ht="80">
       <c r="A395" s="0"/>
       <c r="B395" s="0" t="s">
-        <v>1472</v>
+        <v>1482</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>1473</v>
+        <v>1483</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>1474</v>
+        <v>1484</v>
       </c>
       <c r="E395" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F395" s="0" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="G395" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H395" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I395" s="1" t="s">
-        <v>1476</v>
+        <v>471</v>
       </c>
       <c r="J395" s="0"/>
       <c r="K395" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L395" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="396" spans="1:12" customHeight="1" ht="80">
       <c r="A396" s="0"/>
       <c r="B396" s="0" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="E396" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F396" s="0" t="s">
-        <v>1475</v>
+        <v>1488</v>
       </c>
       <c r="G396" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H396" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>470</v>
+        <v>1489</v>
       </c>
       <c r="J396" s="0"/>
       <c r="K396" s="0" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="L396" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="397" spans="1:12" customHeight="1" ht="80">
       <c r="A397" s="0"/>
       <c r="B397" s="0" t="s">
-        <v>1480</v>
+        <v>1490</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>1481</v>
+        <v>1491</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="E397" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F397" s="0" t="s">
-        <v>1483</v>
+        <v>1488</v>
       </c>
       <c r="G397" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H397" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>1484</v>
+        <v>1493</v>
       </c>
       <c r="J397" s="0"/>
       <c r="K397" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L397" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="398" spans="1:12" customHeight="1" ht="80">
       <c r="A398" s="0"/>
       <c r="B398" s="0" t="s">
-        <v>1485</v>
+        <v>1494</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>1487</v>
+        <v>1496</v>
       </c>
       <c r="E398" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F398" s="0" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="G398" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H398" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>1488</v>
+        <v>1497</v>
       </c>
       <c r="J398" s="0"/>
       <c r="K398" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L398" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:12" customHeight="1" ht="80">
       <c r="A399" s="0"/>
       <c r="B399" s="0" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>1490</v>
+        <v>1499</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>1491</v>
+        <v>1500</v>
       </c>
       <c r="E399" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F399" s="0" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="G399" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H399" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="J399" s="0"/>
       <c r="K399" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L399" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:12" customHeight="1" ht="80">
       <c r="A400" s="0"/>
       <c r="B400" s="0" t="s">
-        <v>1493</v>
+        <v>1502</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>1494</v>
+        <v>1503</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>1495</v>
+        <v>1504</v>
       </c>
       <c r="E400" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F400" s="0" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="G400" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H400" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="J400" s="0"/>
       <c r="K400" s="0" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="L400" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:12" customHeight="1" ht="80">
       <c r="A401" s="0"/>
       <c r="B401" s="0" t="s">
-        <v>1497</v>
+        <v>1505</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>1498</v>
+        <v>1506</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>1499</v>
+        <v>1507</v>
       </c>
       <c r="E401" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F401" s="0" t="s">
-        <v>1475</v>
+        <v>1508</v>
       </c>
       <c r="G401" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H401" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I401" s="1" t="s">
-        <v>1492</v>
+        <v>1509</v>
       </c>
       <c r="J401" s="0"/>
       <c r="K401" s="0" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="L401" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:12" customHeight="1" ht="80">
       <c r="A402" s="0"/>
       <c r="B402" s="0" t="s">
-        <v>1500</v>
+        <v>1510</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>1501</v>
+        <v>1511</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>1502</v>
+        <v>1512</v>
       </c>
       <c r="E402" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F402" s="0" t="s">
-        <v>1503</v>
+        <v>1459</v>
       </c>
       <c r="G402" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H402" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>1504</v>
+        <v>1513</v>
       </c>
       <c r="J402" s="0"/>
       <c r="K402" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L402" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="403" spans="1:12" customHeight="1" ht="80">
       <c r="A403" s="0"/>
       <c r="B403" s="0" t="s">
-        <v>1505</v>
+        <v>1514</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>1506</v>
+        <v>1515</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>1507</v>
+        <v>1516</v>
       </c>
       <c r="E403" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F403" s="0" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="G403" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H403" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>1508</v>
+        <v>1517</v>
       </c>
       <c r="J403" s="0"/>
       <c r="K403" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L403" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="404" spans="1:12" customHeight="1" ht="80">
       <c r="A404" s="0"/>
       <c r="B404" s="0" t="s">
-        <v>1509</v>
+        <v>1518</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>1510</v>
+        <v>1519</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>1511</v>
+        <v>1520</v>
       </c>
       <c r="E404" s="0" t="s">
-        <v>1453</v>
+        <v>1269</v>
       </c>
       <c r="F404" s="0" t="s">
-        <v>1454</v>
+        <v>1435</v>
       </c>
       <c r="G404" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H404" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>1512</v>
+        <v>1521</v>
       </c>
       <c r="J404" s="0"/>
       <c r="K404" s="0" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L404" s="0"/>
     </row>
     <row r="405" spans="1:12" customHeight="1" ht="80">
       <c r="A405" s="0"/>
       <c r="B405" s="0" t="s">
-        <v>1513</v>
+        <v>1522</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>1514</v>
+        <v>1523</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>1515</v>
+        <v>1524</v>
       </c>
       <c r="E405" s="0" t="s">
-        <v>1263</v>
+        <v>1458</v>
       </c>
       <c r="F405" s="0" t="s">
-        <v>1430</v>
+        <v>1459</v>
       </c>
       <c r="G405" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="H405" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>1516</v>
+        <v>1525</v>
       </c>
       <c r="J405" s="0"/>
       <c r="K405" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L405" s="0"/>
+        <v>958</v>
+      </c>
+      <c r="L405" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="406" spans="1:12" customHeight="1" ht="80">
       <c r="A406" s="0"/>
       <c r="B406" s="0" t="s">
-        <v>1517</v>
+        <v>1526</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>1518</v>
-[...2 lines deleted...]
-        <v>1519</v>
+        <v>1527</v>
+      </c>
+      <c r="D406" s="0">
+        <v>466799</v>
       </c>
       <c r="E406" s="0" t="s">
-        <v>1453</v>
+        <v>259</v>
       </c>
       <c r="F406" s="0" t="s">
-        <v>1454</v>
+        <v>1528</v>
       </c>
       <c r="G406" s="0" t="s">
-        <v>39</v>
+        <v>260</v>
       </c>
       <c r="H406" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>1520</v>
+        <v>1529</v>
       </c>
       <c r="J406" s="0"/>
       <c r="K406" s="0" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="L406" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:12" customHeight="1" ht="80">
       <c r="A407" s="0"/>
       <c r="B407" s="0" t="s">
-        <v>1521</v>
+        <v>1530</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>1522</v>
-[...2 lines deleted...]
-        <v>466799</v>
+        <v>1531</v>
+      </c>
+      <c r="D407" s="0" t="s">
+        <v>1532</v>
       </c>
       <c r="E407" s="0" t="s">
-        <v>258</v>
+        <v>1458</v>
       </c>
       <c r="F407" s="0" t="s">
-        <v>1523</v>
+        <v>1508</v>
       </c>
       <c r="G407" s="0" t="s">
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="H407" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I407" s="1" t="s">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="J407" s="0"/>
       <c r="K407" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L407" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:12" customHeight="1" ht="80">
       <c r="A408" s="0"/>
       <c r="B408" s="0" t="s">
-        <v>1525</v>
+        <v>1534</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>1526</v>
+        <v>1535</v>
       </c>
       <c r="D408" s="0" t="s">
-        <v>1527</v>
+        <v>1536</v>
       </c>
       <c r="E408" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F408" s="0" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="G408" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H408" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I408" s="1" t="s">
-        <v>1528</v>
+        <v>1537</v>
       </c>
       <c r="J408" s="0"/>
       <c r="K408" s="0" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="L408" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:12" customHeight="1" ht="80">
       <c r="A409" s="0"/>
       <c r="B409" s="0" t="s">
-        <v>1529</v>
+        <v>1538</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>1530</v>
+        <v>1539</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>1531</v>
+        <v>1540</v>
       </c>
       <c r="E409" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F409" s="0" t="s">
-        <v>1503</v>
+        <v>1480</v>
       </c>
       <c r="G409" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H409" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>1532</v>
+        <v>1541</v>
       </c>
       <c r="J409" s="0"/>
       <c r="K409" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L409" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:12" customHeight="1" ht="80">
       <c r="A410" s="0"/>
       <c r="B410" s="0" t="s">
-        <v>1533</v>
+        <v>1542</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>1534</v>
+        <v>1543</v>
       </c>
       <c r="D410" s="0" t="s">
-        <v>1535</v>
+        <v>1544</v>
       </c>
       <c r="E410" s="0" t="s">
-        <v>1453</v>
-[...3 lines deleted...]
-      </c>
+        <v>1545</v>
+      </c>
+      <c r="F410" s="0"/>
       <c r="G410" s="0" t="s">
-        <v>39</v>
+        <v>1546</v>
       </c>
       <c r="H410" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>1536</v>
+        <v>1547</v>
       </c>
       <c r="J410" s="0"/>
       <c r="K410" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L410" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="411" spans="1:12" customHeight="1" ht="80">
       <c r="A411" s="0"/>
       <c r="B411" s="0" t="s">
-        <v>1537</v>
+        <v>1548</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>1538</v>
+        <v>1549</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>1539</v>
+        <v>1550</v>
       </c>
       <c r="E411" s="0" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="F411" s="0"/>
       <c r="G411" s="0" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="H411" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>1542</v>
+        <v>1551</v>
       </c>
       <c r="J411" s="0"/>
       <c r="K411" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L411" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L411" s="0"/>
     </row>
     <row r="412" spans="1:12" customHeight="1" ht="80">
       <c r="A412" s="0"/>
       <c r="B412" s="0" t="s">
-        <v>1543</v>
+        <v>1552</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>1544</v>
+        <v>1553</v>
       </c>
       <c r="D412" s="0" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E412" s="0" t="s">
         <v>1545</v>
-      </c>
-[...1 lines deleted...]
-        <v>1540</v>
       </c>
       <c r="F412" s="0"/>
       <c r="G412" s="0" t="s">
-        <v>1541</v>
+        <v>61</v>
       </c>
       <c r="H412" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="J412" s="0"/>
       <c r="K412" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L412" s="0"/>
+      <c r="L412" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="413" spans="1:12" customHeight="1" ht="80">
       <c r="A413" s="0"/>
       <c r="B413" s="0" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>1548</v>
+        <v>1557</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>1549</v>
+        <v>1558</v>
       </c>
       <c r="E413" s="0" t="s">
-        <v>1540</v>
-[...1 lines deleted...]
-      <c r="F413" s="0"/>
+        <v>1269</v>
+      </c>
+      <c r="F413" s="0" t="s">
+        <v>1435</v>
+      </c>
       <c r="G413" s="0" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="H413" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="J413" s="0"/>
       <c r="K413" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L413" s="0">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:12" customHeight="1" ht="80">
       <c r="A414" s="0"/>
       <c r="B414" s="0" t="s">
-        <v>1551</v>
+        <v>1560</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>1553</v>
+        <v>1562</v>
       </c>
       <c r="E414" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F414" s="0" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="G414" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H414" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>1554</v>
+        <v>1563</v>
       </c>
       <c r="J414" s="0"/>
       <c r="K414" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L414" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:12" customHeight="1" ht="80">
       <c r="A415" s="0"/>
       <c r="B415" s="0" t="s">
-        <v>1555</v>
+        <v>1564</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>1556</v>
+        <v>1565</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
       <c r="E415" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F415" s="0" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="G415" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H415" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>1558</v>
+        <v>674</v>
       </c>
       <c r="J415" s="0"/>
       <c r="K415" s="0" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="L415" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="416" spans="1:12" customHeight="1" ht="80">
       <c r="A416" s="0"/>
       <c r="B416" s="0" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="E416" s="0" t="s">
-        <v>1263</v>
+        <v>1458</v>
       </c>
       <c r="F416" s="0" t="s">
-        <v>1430</v>
+        <v>1480</v>
       </c>
       <c r="G416" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="H416" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I416" s="1" t="s">
-        <v>669</v>
+        <v>1570</v>
       </c>
       <c r="J416" s="0"/>
       <c r="K416" s="0" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="L416" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:12" customHeight="1" ht="80">
       <c r="A417" s="0"/>
       <c r="B417" s="0" t="s">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-        <v>1564</v>
+        <v>1572</v>
+      </c>
+      <c r="D417" s="0">
+        <v>82328</v>
       </c>
       <c r="E417" s="0" t="s">
-        <v>1453</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="F417" s="0"/>
       <c r="G417" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H417" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I417" s="1" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="J417" s="0"/>
       <c r="K417" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L417" s="0"/>
     </row>
     <row r="418" spans="1:12" customHeight="1" ht="80">
       <c r="A418" s="0"/>
       <c r="B418" s="0" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>1567</v>
-[...2 lines deleted...]
-        <v>82328</v>
+        <v>1575</v>
+      </c>
+      <c r="D418" s="0" t="s">
+        <v>1576</v>
       </c>
       <c r="E418" s="0" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F418" s="0"/>
+        <v>1545</v>
+      </c>
+      <c r="F418" s="0" t="s">
+        <v>1577</v>
+      </c>
       <c r="G418" s="0" t="s">
-        <v>78</v>
+        <v>1546</v>
       </c>
       <c r="H418" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I418" s="1" t="s">
-        <v>1568</v>
+        <v>1578</v>
       </c>
       <c r="J418" s="0"/>
       <c r="K418" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L418" s="0"/>
     </row>
     <row r="419" spans="1:12" customHeight="1" ht="80">
       <c r="A419" s="0"/>
       <c r="B419" s="0" t="s">
-        <v>1569</v>
+        <v>1579</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>1570</v>
+        <v>1580</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>1571</v>
+        <v>1581</v>
       </c>
       <c r="E419" s="0" t="s">
-        <v>1540</v>
+        <v>1458</v>
       </c>
       <c r="F419" s="0" t="s">
-        <v>1572</v>
+        <v>1582</v>
       </c>
       <c r="G419" s="0" t="s">
-        <v>1541</v>
+        <v>39</v>
       </c>
       <c r="H419" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>1573</v>
+        <v>1583</v>
       </c>
       <c r="J419" s="0"/>
       <c r="K419" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L419" s="0"/>
+        <v>64</v>
+      </c>
+      <c r="L419" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="420" spans="1:12" customHeight="1" ht="80">
       <c r="A420" s="0"/>
       <c r="B420" s="0" t="s">
-        <v>1574</v>
+        <v>1584</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>1575</v>
+        <v>1585</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="E420" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F420" s="0" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="G420" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H420" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>1578</v>
+        <v>1587</v>
       </c>
       <c r="J420" s="0"/>
       <c r="K420" s="0" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="L420" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:12" customHeight="1" ht="80">
       <c r="A421" s="0"/>
       <c r="B421" s="0" t="s">
-        <v>1579</v>
+        <v>1588</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>1580</v>
+        <v>1589</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>1581</v>
+        <v>1590</v>
       </c>
       <c r="E421" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F421" s="0" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="G421" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H421" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>1582</v>
+        <v>1591</v>
       </c>
       <c r="J421" s="0"/>
       <c r="K421" s="0" t="s">
-        <v>49</v>
+        <v>93</v>
       </c>
       <c r="L421" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:12" customHeight="1" ht="80">
       <c r="A422" s="0"/>
       <c r="B422" s="0" t="s">
-        <v>1583</v>
+        <v>1592</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>1584</v>
+        <v>1593</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>1585</v>
+        <v>1594</v>
       </c>
       <c r="E422" s="0" t="s">
-        <v>1453</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="F422" s="0"/>
       <c r="G422" s="0" t="s">
-        <v>39</v>
+        <v>366</v>
       </c>
       <c r="H422" s="0" t="s">
-        <v>108</v>
+        <v>17</v>
       </c>
       <c r="I422" s="1" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
       <c r="J422" s="0"/>
       <c r="K422" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L422" s="0"/>
     </row>
     <row r="423" spans="1:12" customHeight="1" ht="80">
       <c r="A423" s="0"/>
       <c r="B423" s="0" t="s">
-        <v>1587</v>
+        <v>1596</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>1589</v>
+        <v>1598</v>
       </c>
       <c r="E423" s="0" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="F423" s="0"/>
+        <v>1269</v>
+      </c>
+      <c r="F423" s="0" t="s">
+        <v>1435</v>
+      </c>
       <c r="G423" s="0" t="s">
-        <v>366</v>
+        <v>77</v>
       </c>
       <c r="H423" s="0" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>1590</v>
+        <v>618</v>
       </c>
       <c r="J423" s="0"/>
       <c r="K423" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L423" s="0"/>
+      <c r="L423" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="424" spans="1:12" customHeight="1" ht="80">
       <c r="A424" s="0"/>
       <c r="B424" s="0" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>1592</v>
-[...2 lines deleted...]
-        <v>1593</v>
+        <v>1600</v>
+      </c>
+      <c r="D424" s="0">
+        <v>4148590</v>
       </c>
       <c r="E424" s="0" t="s">
-        <v>1263</v>
-[...3 lines deleted...]
-      </c>
+        <v>1601</v>
+      </c>
+      <c r="F424" s="0"/>
       <c r="G424" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="H424" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I424" s="1" t="s">
-        <v>616</v>
+        <v>1118</v>
       </c>
       <c r="J424" s="0"/>
       <c r="K424" s="0" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="L424" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:12" customHeight="1" ht="80">
       <c r="A425" s="0"/>
       <c r="B425" s="0" t="s">
-        <v>1594</v>
+        <v>1602</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>1595</v>
+        <v>1603</v>
       </c>
       <c r="D425" s="0">
-        <v>4148590</v>
+        <v>4148591</v>
       </c>
       <c r="E425" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F425" s="0"/>
       <c r="G425" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H425" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I425" s="1" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="J425" s="0"/>
       <c r="K425" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="L425" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="426" spans="1:12" customHeight="1" ht="80">
       <c r="A426" s="0"/>
       <c r="B426" s="0" t="s">
-        <v>1597</v>
+        <v>1604</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>1598</v>
+        <v>1605</v>
       </c>
       <c r="D426" s="0">
-        <v>4148591</v>
+        <v>4148592</v>
       </c>
       <c r="E426" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F426" s="0"/>
       <c r="G426" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H426" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I426" s="1" t="s">
-        <v>1107</v>
+        <v>689</v>
       </c>
       <c r="J426" s="0"/>
       <c r="K426" s="0" t="s">
-        <v>65</v>
+        <v>1606</v>
       </c>
       <c r="L426" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:12" customHeight="1" ht="80">
       <c r="A427" s="0"/>
       <c r="B427" s="0" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="D427" s="0">
-        <v>4148592</v>
+        <v>4148593</v>
       </c>
       <c r="E427" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F427" s="0"/>
       <c r="G427" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H427" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>684</v>
+        <v>1609</v>
       </c>
       <c r="J427" s="0"/>
       <c r="K427" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L427" s="0">
-        <v>12</v>
+        <v>96</v>
       </c>
     </row>
     <row r="428" spans="1:12" customHeight="1" ht="80">
       <c r="A428" s="0"/>
       <c r="B428" s="0" t="s">
-        <v>1601</v>
+        <v>1610</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>1602</v>
-[...2 lines deleted...]
-        <v>4148593</v>
+        <v>1611</v>
+      </c>
+      <c r="D428" s="0" t="s">
+        <v>1612</v>
       </c>
       <c r="E428" s="0" t="s">
-        <v>1596</v>
-[...1 lines deleted...]
-      <c r="F428" s="0"/>
+        <v>1269</v>
+      </c>
+      <c r="F428" s="0" t="s">
+        <v>1435</v>
+      </c>
       <c r="G428" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H428" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>1603</v>
+        <v>481</v>
       </c>
       <c r="J428" s="0"/>
       <c r="K428" s="0" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
       <c r="L428" s="0">
-        <v>96</v>
+        <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:12" customHeight="1" ht="80">
       <c r="A429" s="0"/>
       <c r="B429" s="0" t="s">
-        <v>1604</v>
+        <v>1613</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>1605</v>
-[...2 lines deleted...]
-        <v>1606</v>
+        <v>1614</v>
+      </c>
+      <c r="D429" s="0">
+        <v>5088</v>
       </c>
       <c r="E429" s="0" t="s">
-        <v>1263</v>
+        <v>1615</v>
       </c>
       <c r="F429" s="0" t="s">
-        <v>1430</v>
+        <v>1616</v>
       </c>
       <c r="G429" s="0" t="s">
-        <v>78</v>
+        <v>461</v>
       </c>
       <c r="H429" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>480</v>
+        <v>1617</v>
       </c>
       <c r="J429" s="0"/>
       <c r="K429" s="0" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L429" s="0"/>
     </row>
     <row r="430" spans="1:12" customHeight="1" ht="80">
       <c r="A430" s="0"/>
       <c r="B430" s="0" t="s">
-        <v>1607</v>
+        <v>1618</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>1608</v>
-[...2 lines deleted...]
-        <v>5088</v>
+        <v>1619</v>
+      </c>
+      <c r="D430" s="0" t="s">
+        <v>1601</v>
       </c>
       <c r="E430" s="0" t="s">
-        <v>1609</v>
-[...3 lines deleted...]
-      </c>
+        <v>1601</v>
+      </c>
+      <c r="F430" s="0"/>
       <c r="G430" s="0" t="s">
-        <v>460</v>
+        <v>61</v>
       </c>
       <c r="H430" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1611</v>
+        <v>1620</v>
       </c>
       <c r="J430" s="0"/>
       <c r="K430" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L430" s="0"/>
+      <c r="L430" s="0">
+        <v>24</v>
+      </c>
     </row>
     <row r="431" spans="1:12" customHeight="1" ht="80">
       <c r="A431" s="0"/>
       <c r="B431" s="0" t="s">
-        <v>1612</v>
+        <v>1621</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-        <v>1596</v>
+        <v>1622</v>
+      </c>
+      <c r="D431" s="0">
+        <v>4148608</v>
       </c>
       <c r="E431" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F431" s="0"/>
       <c r="G431" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H431" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>1614</v>
+        <v>1623</v>
       </c>
       <c r="J431" s="0"/>
       <c r="K431" s="0" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="L431" s="0">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="432" spans="1:12" customHeight="1" ht="80">
       <c r="A432" s="0"/>
       <c r="B432" s="0" t="s">
-        <v>1615</v>
+        <v>1624</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>1616</v>
-[...2 lines deleted...]
-        <v>4148608</v>
+        <v>1625</v>
+      </c>
+      <c r="D432" s="0" t="s">
+        <v>1626</v>
       </c>
       <c r="E432" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F432" s="0"/>
       <c r="G432" s="0" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="H432" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I432" s="1" t="s">
-        <v>1617</v>
+        <v>1627</v>
       </c>
       <c r="J432" s="0"/>
       <c r="K432" s="0" t="s">
-        <v>34</v>
+        <v>544</v>
       </c>
       <c r="L432" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:12" customHeight="1" ht="80">
       <c r="A433" s="0"/>
       <c r="B433" s="0" t="s">
-        <v>1618</v>
+        <v>1628</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>1619</v>
+        <v>1629</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>1620</v>
+        <v>1630</v>
       </c>
       <c r="E433" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F433" s="0"/>
       <c r="G433" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H433" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="J433" s="0"/>
       <c r="K433" s="0" t="s">
-        <v>251</v>
+        <v>93</v>
       </c>
       <c r="L433" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="434" spans="1:12" customHeight="1" ht="80">
       <c r="A434" s="0"/>
       <c r="B434" s="0" t="s">
-        <v>1622</v>
+        <v>1631</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>1623</v>
+        <v>1632</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>1624</v>
+        <v>1633</v>
       </c>
       <c r="E434" s="0" t="s">
-        <v>1596</v>
-[...1 lines deleted...]
-      <c r="F434" s="0"/>
+        <v>1458</v>
+      </c>
+      <c r="F434" s="0" t="s">
+        <v>1634</v>
+      </c>
       <c r="G434" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H434" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>1621</v>
+        <v>1635</v>
       </c>
       <c r="J434" s="0"/>
       <c r="K434" s="0" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="L434" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:12" customHeight="1" ht="80">
       <c r="A435" s="0"/>
       <c r="B435" s="0" t="s">
-        <v>1625</v>
+        <v>1636</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>1626</v>
+        <v>1637</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>1627</v>
+        <v>1638</v>
       </c>
       <c r="E435" s="0" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F435" s="0" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="G435" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H435" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>1629</v>
+        <v>1639</v>
       </c>
       <c r="J435" s="0"/>
       <c r="K435" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L435" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:12" customHeight="1" ht="80">
       <c r="A436" s="0"/>
       <c r="B436" s="0" t="s">
-        <v>1630</v>
+        <v>1640</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>1631</v>
+        <v>1641</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>1632</v>
+        <v>1642</v>
       </c>
       <c r="E436" s="0" t="s">
-        <v>1453</v>
+        <v>1269</v>
       </c>
       <c r="F436" s="0" t="s">
-        <v>1628</v>
+        <v>1643</v>
       </c>
       <c r="G436" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H436" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>1633</v>
+        <v>1644</v>
       </c>
       <c r="J436" s="0"/>
       <c r="K436" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L436" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:12" customHeight="1" ht="80">
       <c r="A437" s="0"/>
       <c r="B437" s="0" t="s">
-        <v>1634</v>
+        <v>1645</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>1635</v>
+        <v>1646</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>1636</v>
+        <v>1647</v>
       </c>
       <c r="E437" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F437" s="0" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="G437" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H437" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I437" s="1" t="s">
-        <v>1638</v>
+        <v>985</v>
       </c>
       <c r="J437" s="0"/>
       <c r="K437" s="0" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="L437" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:12" customHeight="1" ht="80">
       <c r="A438" s="0"/>
       <c r="B438" s="0" t="s">
-        <v>1639</v>
+        <v>1648</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>1640</v>
+        <v>1649</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>1641</v>
+        <v>1650</v>
       </c>
       <c r="E438" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F438" s="0" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="G438" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H438" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I438" s="1" t="s">
-        <v>979</v>
+        <v>1651</v>
       </c>
       <c r="J438" s="0"/>
       <c r="K438" s="0" t="s">
-        <v>871</v>
+        <v>28</v>
       </c>
       <c r="L438" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:12" customHeight="1" ht="80">
       <c r="A439" s="0"/>
       <c r="B439" s="0" t="s">
-        <v>1642</v>
+        <v>1652</v>
       </c>
       <c r="C439" s="0" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D439" s="0" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E439" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F439" s="0" t="s">
         <v>1643</v>
       </c>
-      <c r="D439" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G439" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H439" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I439" s="1" t="s">
-        <v>1645</v>
+        <v>1655</v>
       </c>
       <c r="J439" s="0"/>
       <c r="K439" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L439" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:12" customHeight="1" ht="80">
       <c r="A440" s="0"/>
       <c r="B440" s="0" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>1647</v>
+        <v>1657</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="E440" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F440" s="0" t="s">
-        <v>1637</v>
+        <v>1659</v>
       </c>
       <c r="G440" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H440" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I440" s="1" t="s">
-        <v>1649</v>
+        <v>1327</v>
       </c>
       <c r="J440" s="0"/>
       <c r="K440" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L440" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="441" spans="1:12" customHeight="1" ht="80">
       <c r="A441" s="0"/>
       <c r="B441" s="0" t="s">
-        <v>1650</v>
+        <v>1660</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>1651</v>
+        <v>1661</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>1652</v>
+        <v>1662</v>
       </c>
       <c r="E441" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F441" s="0" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="G441" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H441" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I441" s="1" t="s">
-        <v>1321</v>
+        <v>1663</v>
       </c>
       <c r="J441" s="0"/>
       <c r="K441" s="0" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="L441" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="442" spans="1:12" customHeight="1" ht="80">
       <c r="A442" s="0"/>
       <c r="B442" s="0" t="s">
-        <v>1654</v>
+        <v>1664</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>1655</v>
+        <v>1665</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>1656</v>
+        <v>1666</v>
       </c>
       <c r="E442" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F442" s="0" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="G442" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H442" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I442" s="1" t="s">
-        <v>1657</v>
+        <v>671</v>
       </c>
       <c r="J442" s="0"/>
       <c r="K442" s="0" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="L442" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="443" spans="1:12" customHeight="1" ht="80">
       <c r="A443" s="0"/>
       <c r="B443" s="0" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>1659</v>
-[...2 lines deleted...]
-        <v>1660</v>
+        <v>1668</v>
+      </c>
+      <c r="D443" s="0">
+        <v>82255</v>
       </c>
       <c r="E443" s="0" t="s">
-        <v>1263</v>
+        <v>365</v>
       </c>
       <c r="F443" s="0" t="s">
-        <v>1653</v>
+        <v>1582</v>
       </c>
       <c r="G443" s="0" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="H443" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I443" s="1" t="s">
-        <v>666</v>
+        <v>1669</v>
       </c>
       <c r="J443" s="0"/>
       <c r="K443" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L443" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L443" s="0"/>
     </row>
     <row r="444" spans="1:12" customHeight="1" ht="80">
       <c r="A444" s="0"/>
       <c r="B444" s="0" t="s">
-        <v>1661</v>
+        <v>1670</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>1662</v>
+        <v>1671</v>
       </c>
       <c r="D444" s="0">
-        <v>82255</v>
+        <v>82256</v>
       </c>
       <c r="E444" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F444" s="0" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="G444" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H444" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I444" s="1" t="s">
-        <v>1663</v>
+        <v>1672</v>
       </c>
       <c r="J444" s="0"/>
       <c r="K444" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L444" s="0"/>
+      <c r="L444" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="445" spans="1:12" customHeight="1" ht="80">
       <c r="A445" s="0"/>
       <c r="B445" s="0" t="s">
-        <v>1664</v>
+        <v>1673</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>1665</v>
+        <v>1674</v>
       </c>
       <c r="D445" s="0">
-        <v>82256</v>
+        <v>82257</v>
       </c>
       <c r="E445" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F445" s="0" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="G445" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H445" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I445" s="1" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
       <c r="J445" s="0"/>
       <c r="K445" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L445" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:12" customHeight="1" ht="80">
       <c r="A446" s="0"/>
       <c r="B446" s="0" t="s">
-        <v>1667</v>
+        <v>1676</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>1668</v>
+        <v>1677</v>
       </c>
       <c r="D446" s="0">
-        <v>82257</v>
+        <v>4148640</v>
       </c>
       <c r="E446" s="0" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>1601</v>
+      </c>
+      <c r="F446" s="0"/>
       <c r="G446" s="0" t="s">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="H446" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I446" s="1" t="s">
-        <v>1669</v>
+        <v>683</v>
       </c>
       <c r="J446" s="0"/>
       <c r="K446" s="0" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="L446" s="0">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="447" spans="1:12" customHeight="1" ht="80">
       <c r="A447" s="0"/>
       <c r="B447" s="0" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
       <c r="D447" s="0">
-        <v>4148640</v>
+        <v>4148641</v>
       </c>
       <c r="E447" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F447" s="0"/>
       <c r="G447" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H447" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>678</v>
+        <v>1118</v>
       </c>
       <c r="J447" s="0"/>
       <c r="K447" s="0" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="L447" s="0">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="448" spans="1:12" customHeight="1" ht="80">
       <c r="A448" s="0"/>
       <c r="B448" s="0" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="D448" s="0">
-        <v>4148641</v>
+        <v>4148642</v>
       </c>
       <c r="E448" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F448" s="0"/>
       <c r="G448" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H448" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>1110</v>
+        <v>1627</v>
       </c>
       <c r="J448" s="0"/>
       <c r="K448" s="0" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="L448" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="449" spans="1:12" customHeight="1" ht="80">
       <c r="A449" s="0"/>
       <c r="B449" s="0" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="D449" s="0">
-        <v>4148642</v>
+        <v>4148940</v>
       </c>
       <c r="E449" s="0" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F449" s="0"/>
       <c r="G449" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H449" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I449" s="1" t="s">
-        <v>1621</v>
+        <v>1609</v>
       </c>
       <c r="J449" s="0"/>
       <c r="K449" s="0" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="L449" s="0">
-        <v>12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="450" spans="1:12" customHeight="1" ht="80">
       <c r="A450" s="0"/>
       <c r="B450" s="0" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>1677</v>
-[...2 lines deleted...]
-        <v>4148940</v>
+        <v>1685</v>
+      </c>
+      <c r="D450" s="0" t="s">
+        <v>1686</v>
       </c>
       <c r="E450" s="0" t="s">
-        <v>1596</v>
+        <v>1195</v>
       </c>
       <c r="F450" s="0"/>
       <c r="G450" s="0" t="s">
-        <v>39</v>
+        <v>1196</v>
       </c>
       <c r="H450" s="0" t="s">
-        <v>108</v>
+        <v>1427</v>
       </c>
       <c r="I450" s="1" t="s">
-        <v>1603</v>
+        <v>1687</v>
       </c>
       <c r="J450" s="0"/>
       <c r="K450" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L450" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L450" s="0"/>
     </row>
     <row r="451" spans="1:12" customHeight="1" ht="80">
       <c r="A451" s="0"/>
       <c r="B451" s="0" t="s">
-        <v>1678</v>
+        <v>1688</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>1679</v>
+        <v>1689</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>1680</v>
+        <v>1690</v>
       </c>
       <c r="E451" s="0" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="F451" s="0"/>
       <c r="G451" s="0" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="H451" s="0" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="I451" s="1" t="s">
-        <v>1681</v>
+        <v>1691</v>
       </c>
       <c r="J451" s="0"/>
       <c r="K451" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L451" s="0"/>
     </row>
     <row r="452" spans="1:12" customHeight="1" ht="80">
       <c r="A452" s="0"/>
       <c r="B452" s="0" t="s">
-        <v>1682</v>
+        <v>1692</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>1683</v>
-[...2 lines deleted...]
-        <v>1684</v>
+        <v>1693</v>
+      </c>
+      <c r="D452" s="0">
+        <v>716768</v>
       </c>
       <c r="E452" s="0" t="s">
-        <v>1188</v>
+        <v>259</v>
       </c>
       <c r="F452" s="0"/>
       <c r="G452" s="0" t="s">
-        <v>1189</v>
+        <v>260</v>
       </c>
       <c r="H452" s="0" t="s">
-        <v>1422</v>
+        <v>98</v>
       </c>
       <c r="I452" s="1" t="s">
-        <v>1685</v>
+        <v>1694</v>
       </c>
       <c r="J452" s="0"/>
       <c r="K452" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L452" s="0"/>
+      <c r="L452" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="453" spans="1:12" customHeight="1" ht="80">
       <c r="A453" s="0"/>
       <c r="B453" s="0" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="D453" s="0">
-        <v>716768</v>
+        <v>716766</v>
       </c>
       <c r="E453" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F453" s="0"/>
       <c r="G453" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H453" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="J453" s="0"/>
       <c r="K453" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L453" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="454" spans="1:12" customHeight="1" ht="80">
       <c r="A454" s="0"/>
       <c r="B454" s="0" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="D454" s="0">
-        <v>716766</v>
+        <v>774800</v>
       </c>
       <c r="E454" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F454" s="0"/>
       <c r="G454" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H454" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="J454" s="0"/>
       <c r="K454" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L454" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="455" spans="1:12" customHeight="1" ht="80">
       <c r="A455" s="0"/>
       <c r="B455" s="0" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
       <c r="D455" s="0">
-        <v>774800</v>
+        <v>716762</v>
       </c>
       <c r="E455" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F455" s="0"/>
       <c r="G455" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H455" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I455" s="1" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="J455" s="0"/>
       <c r="K455" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L455" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="456" spans="1:12" customHeight="1" ht="80">
       <c r="A456" s="0"/>
       <c r="B456" s="0" t="s">
-        <v>1695</v>
+        <v>1704</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>1696</v>
-[...2 lines deleted...]
-        <v>716762</v>
+        <v>1705</v>
+      </c>
+      <c r="D456" s="0" t="s">
+        <v>1706</v>
       </c>
       <c r="E456" s="0" t="s">
-        <v>258</v>
+        <v>1236</v>
       </c>
       <c r="F456" s="0"/>
       <c r="G456" s="0" t="s">
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="H456" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1697</v>
+        <v>1707</v>
       </c>
       <c r="J456" s="0"/>
       <c r="K456" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L456" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L456" s="0"/>
     </row>
     <row r="457" spans="1:12" customHeight="1" ht="80">
       <c r="A457" s="0"/>
       <c r="B457" s="0" t="s">
-        <v>1698</v>
+        <v>1708</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>1699</v>
+        <v>1709</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>1700</v>
+        <v>1710</v>
       </c>
       <c r="E457" s="0" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
       <c r="F457" s="0"/>
       <c r="G457" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H457" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>1701</v>
+        <v>1711</v>
       </c>
       <c r="J457" s="0"/>
       <c r="K457" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L457" s="0"/>
+      <c r="L457" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="458" spans="1:12" customHeight="1" ht="80">
       <c r="A458" s="0"/>
       <c r="B458" s="0" t="s">
-        <v>1702</v>
+        <v>1712</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>1703</v>
-[...2 lines deleted...]
-        <v>1704</v>
+        <v>1713</v>
+      </c>
+      <c r="D458" s="0">
+        <v>510203</v>
       </c>
       <c r="E458" s="0" t="s">
-        <v>1230</v>
+        <v>259</v>
       </c>
       <c r="F458" s="0"/>
       <c r="G458" s="0" t="s">
-        <v>39</v>
+        <v>260</v>
       </c>
       <c r="H458" s="0" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>1705</v>
+        <v>1714</v>
       </c>
       <c r="J458" s="0"/>
       <c r="K458" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L458" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L458" s="0"/>
     </row>
     <row r="459" spans="1:12" customHeight="1" ht="80">
       <c r="A459" s="0"/>
       <c r="B459" s="0" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
       <c r="D459" s="0">
-        <v>510203</v>
+        <v>510315</v>
       </c>
       <c r="E459" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F459" s="0"/>
       <c r="G459" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H459" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
       <c r="J459" s="0"/>
       <c r="K459" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L459" s="0"/>
+      <c r="L459" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="460" spans="1:12" customHeight="1" ht="80">
       <c r="A460" s="0"/>
       <c r="B460" s="0" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>1710</v>
+        <v>1719</v>
       </c>
       <c r="D460" s="0">
-        <v>510315</v>
+        <v>511506</v>
       </c>
       <c r="E460" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F460" s="0"/>
       <c r="G460" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H460" s="0" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="I460" s="1" t="s">
-        <v>1711</v>
+        <v>1720</v>
       </c>
       <c r="J460" s="0"/>
       <c r="K460" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L460" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L460" s="0"/>
     </row>
     <row r="461" spans="1:12" customHeight="1" ht="80">
       <c r="A461" s="0"/>
       <c r="B461" s="0" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-        <v>511506</v>
+        <v>1722</v>
+      </c>
+      <c r="D461" s="0" t="s">
+        <v>1723</v>
       </c>
       <c r="E461" s="0" t="s">
-        <v>258</v>
+        <v>76</v>
       </c>
       <c r="F461" s="0"/>
       <c r="G461" s="0" t="s">
-        <v>259</v>
+        <v>77</v>
       </c>
       <c r="H461" s="0" t="s">
-        <v>63</v>
+        <v>26</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>1714</v>
+        <v>1724</v>
       </c>
       <c r="J461" s="0"/>
       <c r="K461" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L461" s="0"/>
+      <c r="L461" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="462" spans="1:12" customHeight="1" ht="80">
       <c r="A462" s="0"/>
       <c r="B462" s="0" t="s">
-        <v>1715</v>
+        <v>1725</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>1716</v>
+        <v>1726</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>1717</v>
+        <v>1727</v>
       </c>
       <c r="E462" s="0" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="F462" s="0"/>
       <c r="G462" s="0" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="H462" s="0" t="s">
-        <v>26</v>
+        <v>334</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>1718</v>
+        <v>1728</v>
       </c>
       <c r="J462" s="0"/>
       <c r="K462" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L462" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="463" spans="1:12" customHeight="1" ht="80">
       <c r="A463" s="0"/>
       <c r="B463" s="0" t="s">
-        <v>1719</v>
+        <v>1729</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>1720</v>
+        <v>1730</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>1721</v>
+        <v>1731</v>
       </c>
       <c r="E463" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F463" s="0"/>
       <c r="G463" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H463" s="0" t="s">
-        <v>334</v>
+        <v>32</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>1722</v>
+        <v>27</v>
       </c>
       <c r="J463" s="0"/>
       <c r="K463" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L463" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:12" customHeight="1" ht="80">
       <c r="A464" s="0"/>
       <c r="B464" s="0" t="s">
-        <v>1723</v>
+        <v>1732</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>1725</v>
+        <v>1734</v>
       </c>
       <c r="E464" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F464" s="0"/>
       <c r="G464" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H464" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>27</v>
+        <v>1735</v>
       </c>
       <c r="J464" s="0"/>
       <c r="K464" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L464" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:12" customHeight="1" ht="80">
       <c r="A465" s="0"/>
       <c r="B465" s="0" t="s">
-        <v>1726</v>
+        <v>1736</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>1727</v>
+        <v>1737</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>1728</v>
+        <v>1738</v>
       </c>
       <c r="E465" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F465" s="0"/>
       <c r="G465" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H465" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I465" s="1" t="s">
-        <v>1729</v>
+        <v>1739</v>
       </c>
       <c r="J465" s="0"/>
       <c r="K465" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L465" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="466" spans="1:12" customHeight="1" ht="80">
       <c r="A466" s="0"/>
       <c r="B466" s="0" t="s">
-        <v>1730</v>
+        <v>1740</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>1731</v>
+        <v>1741</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>1732</v>
+        <v>1742</v>
       </c>
       <c r="E466" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F466" s="0"/>
       <c r="G466" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H466" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I466" s="1" t="s">
-        <v>1733</v>
+        <v>1743</v>
       </c>
       <c r="J466" s="0"/>
       <c r="K466" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L466" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:12" customHeight="1" ht="80">
       <c r="A467" s="0"/>
       <c r="B467" s="0" t="s">
-        <v>1734</v>
+        <v>1744</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>1735</v>
+        <v>1745</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="E467" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F467" s="0"/>
       <c r="G467" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H467" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="J467" s="0"/>
       <c r="K467" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L467" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:12" customHeight="1" ht="80">
       <c r="A468" s="0"/>
       <c r="B468" s="0" t="s">
-        <v>1738</v>
+        <v>1748</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>1739</v>
+        <v>1749</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>1740</v>
+        <v>1750</v>
       </c>
       <c r="E468" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F468" s="0"/>
       <c r="G468" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H468" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
       <c r="J468" s="0"/>
       <c r="K468" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L468" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="469" spans="1:12" customHeight="1" ht="80">
       <c r="A469" s="0"/>
       <c r="B469" s="0" t="s">
-        <v>1742</v>
+        <v>1752</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>1743</v>
+        <v>1753</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>1744</v>
+        <v>1754</v>
       </c>
       <c r="E469" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F469" s="0"/>
       <c r="G469" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H469" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>1745</v>
+        <v>1755</v>
       </c>
       <c r="J469" s="0"/>
       <c r="K469" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L469" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="470" spans="1:12" customHeight="1" ht="80">
       <c r="A470" s="0"/>
       <c r="B470" s="0" t="s">
-        <v>1746</v>
+        <v>1756</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1747</v>
+        <v>1757</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>1748</v>
+        <v>1758</v>
       </c>
       <c r="E470" s="0" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="F470" s="0"/>
       <c r="G470" s="0" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="H470" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>1749</v>
+        <v>1759</v>
       </c>
       <c r="J470" s="0"/>
       <c r="K470" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L470" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:12" customHeight="1" ht="80">
       <c r="A471" s="0"/>
       <c r="B471" s="0" t="s">
-        <v>1750</v>
+        <v>1760</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1751</v>
+        <v>1761</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1752</v>
+        <v>1762</v>
       </c>
       <c r="E471" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F471" s="0"/>
       <c r="G471" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H471" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>1753</v>
+        <v>1763</v>
       </c>
       <c r="J471" s="0"/>
       <c r="K471" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L471" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L471" s="0"/>
     </row>
     <row r="472" spans="1:12" customHeight="1" ht="80">
       <c r="A472" s="0"/>
       <c r="B472" s="0" t="s">
-        <v>1754</v>
+        <v>1764</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>1755</v>
+        <v>1765</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>1756</v>
+        <v>1766</v>
       </c>
       <c r="E472" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F472" s="0"/>
       <c r="G472" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H472" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>1757</v>
+        <v>1767</v>
       </c>
       <c r="J472" s="0"/>
       <c r="K472" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L472" s="0"/>
     </row>
     <row r="473" spans="1:12" customHeight="1" ht="80">
       <c r="A473" s="0"/>
       <c r="B473" s="0" t="s">
-        <v>1758</v>
+        <v>1768</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>1759</v>
+        <v>1769</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>1760</v>
+        <v>1770</v>
       </c>
       <c r="E473" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F473" s="0"/>
       <c r="G473" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H473" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>1761</v>
+        <v>1771</v>
       </c>
       <c r="J473" s="0"/>
       <c r="K473" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L473" s="0"/>
     </row>
     <row r="474" spans="1:12" customHeight="1" ht="80">
       <c r="A474" s="0"/>
       <c r="B474" s="0" t="s">
-        <v>1762</v>
+        <v>1772</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>1763</v>
+        <v>1773</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>1764</v>
+        <v>1774</v>
       </c>
       <c r="E474" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F474" s="0"/>
       <c r="G474" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H474" s="0" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>1765</v>
+        <v>1775</v>
       </c>
       <c r="J474" s="0"/>
       <c r="K474" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L474" s="0"/>
+      <c r="L474" s="0">
+        <v>8</v>
+      </c>
     </row>
     <row r="475" spans="1:12" customHeight="1" ht="80">
       <c r="A475" s="0"/>
       <c r="B475" s="0" t="s">
-        <v>1766</v>
+        <v>1776</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>1767</v>
+        <v>1777</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>1768</v>
+        <v>1778</v>
       </c>
       <c r="E475" s="0" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="F475" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F475" s="0" t="s">
+        <v>236</v>
+      </c>
       <c r="G475" s="0" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
       <c r="H475" s="0" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>1769</v>
+        <v>1110</v>
       </c>
       <c r="J475" s="0"/>
       <c r="K475" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L475" s="0">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="476" spans="1:12" customHeight="1" ht="80">
       <c r="A476" s="0"/>
       <c r="B476" s="0" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>1771</v>
+        <v>1780</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>1772</v>
+        <v>1781</v>
       </c>
       <c r="E476" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F476" s="0" t="s">
-        <v>236</v>
+        <v>24</v>
       </c>
       <c r="G476" s="0" t="s">
-        <v>25</v>
+        <v>375</v>
       </c>
       <c r="H476" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>1102</v>
+        <v>1782</v>
       </c>
       <c r="J476" s="0"/>
       <c r="K476" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L476" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:12" customHeight="1" ht="80">
       <c r="A477" s="0"/>
       <c r="B477" s="0" t="s">
-        <v>1773</v>
+        <v>1783</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>1774</v>
+        <v>1784</v>
       </c>
       <c r="D477" s="0" t="s">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="E477" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F477" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F477" s="0"/>
       <c r="G477" s="0" t="s">
         <v>375</v>
       </c>
       <c r="H477" s="0" t="s">
-        <v>26</v>
+        <v>1786</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>1776</v>
+        <v>1787</v>
       </c>
       <c r="J477" s="0"/>
       <c r="K477" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L477" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="478" spans="1:12" customHeight="1" ht="80">
       <c r="A478" s="0"/>
       <c r="B478" s="0" t="s">
-        <v>1777</v>
+        <v>1788</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>1778</v>
+        <v>1789</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>1779</v>
+        <v>1790</v>
       </c>
       <c r="E478" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F478" s="0"/>
       <c r="G478" s="0" t="s">
-        <v>375</v>
+        <v>25</v>
       </c>
       <c r="H478" s="0" t="s">
-        <v>1780</v>
+        <v>147</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>1781</v>
+        <v>1791</v>
       </c>
       <c r="J478" s="0"/>
       <c r="K478" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L478" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:12" customHeight="1" ht="80">
       <c r="A479" s="0"/>
       <c r="B479" s="0" t="s">
-        <v>1782</v>
+        <v>1792</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>1783</v>
+        <v>1793</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>1784</v>
+        <v>1794</v>
       </c>
       <c r="E479" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F479" s="0"/>
       <c r="G479" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H479" s="0" t="s">
-        <v>147</v>
+        <v>1216</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>1785</v>
+        <v>1217</v>
       </c>
       <c r="J479" s="0"/>
       <c r="K479" s="0" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="L479" s="0">
-        <v>1</v>
+        <v>288</v>
       </c>
     </row>
     <row r="480" spans="1:12" customHeight="1" ht="80">
       <c r="A480" s="0"/>
       <c r="B480" s="0" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
       <c r="E480" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F480" s="0"/>
       <c r="G480" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H480" s="0" t="s">
-        <v>1210</v>
+        <v>219</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>1211</v>
+        <v>1798</v>
       </c>
       <c r="J480" s="0"/>
       <c r="K480" s="0" t="s">
-        <v>770</v>
+        <v>28</v>
       </c>
       <c r="L480" s="0">
-        <v>288</v>
+        <v>6</v>
       </c>
     </row>
     <row r="481" spans="1:12" customHeight="1" ht="80">
       <c r="A481" s="0"/>
       <c r="B481" s="0" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>1791</v>
+        <v>1801</v>
       </c>
       <c r="E481" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F481" s="0"/>
       <c r="G481" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H481" s="0" t="s">
-        <v>219</v>
+        <v>255</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>1792</v>
+        <v>1802</v>
       </c>
       <c r="J481" s="0"/>
       <c r="K481" s="0" t="s">
-        <v>28</v>
+        <v>785</v>
       </c>
       <c r="L481" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="482" spans="1:12" customHeight="1" ht="80">
       <c r="A482" s="0"/>
       <c r="B482" s="0" t="s">
-        <v>1793</v>
+        <v>1803</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>1794</v>
+        <v>1804</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>1795</v>
+        <v>1805</v>
       </c>
       <c r="E482" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F482" s="0"/>
+      <c r="F482" s="0" t="s">
+        <v>236</v>
+      </c>
       <c r="G482" s="0" t="s">
-        <v>25</v>
+        <v>375</v>
       </c>
       <c r="H482" s="0" t="s">
-        <v>255</v>
+        <v>26</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>1796</v>
+        <v>1806</v>
       </c>
       <c r="J482" s="0"/>
       <c r="K482" s="0" t="s">
-        <v>221</v>
+        <v>28</v>
       </c>
       <c r="L482" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="483" spans="1:12" customHeight="1" ht="80">
       <c r="A483" s="0"/>
       <c r="B483" s="0" t="s">
-        <v>1797</v>
+        <v>1807</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>1798</v>
+        <v>1808</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>1799</v>
+        <v>1809</v>
       </c>
       <c r="E483" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F483" s="0" t="s">
         <v>236</v>
       </c>
       <c r="G483" s="0" t="s">
         <v>375</v>
       </c>
       <c r="H483" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I483" s="1" t="s">
-        <v>1800</v>
+        <v>1810</v>
       </c>
       <c r="J483" s="0"/>
       <c r="K483" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L483" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="484" spans="1:12" customHeight="1" ht="80">
       <c r="A484" s="0"/>
       <c r="B484" s="0" t="s">
-        <v>1801</v>
+        <v>1811</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>1802</v>
+        <v>1812</v>
       </c>
       <c r="D484" s="0" t="s">
-        <v>1803</v>
+        <v>1813</v>
       </c>
       <c r="E484" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F484" s="0" t="s">
         <v>236</v>
       </c>
       <c r="G484" s="0" t="s">
         <v>375</v>
       </c>
       <c r="H484" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I484" s="1" t="s">
-        <v>1804</v>
+        <v>1814</v>
       </c>
       <c r="J484" s="0"/>
       <c r="K484" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L484" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:12" customHeight="1" ht="80">
       <c r="A485" s="0"/>
       <c r="B485" s="0" t="s">
-        <v>1805</v>
+        <v>1815</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>1806</v>
+        <v>1816</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>1807</v>
+        <v>1817</v>
       </c>
       <c r="E485" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F485" s="0" t="s">
         <v>236</v>
       </c>
       <c r="G485" s="0" t="s">
         <v>375</v>
       </c>
       <c r="H485" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>1808</v>
+        <v>1818</v>
       </c>
       <c r="J485" s="0"/>
       <c r="K485" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L485" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L485" s="0"/>
     </row>
     <row r="486" spans="1:12" customHeight="1" ht="80">
       <c r="A486" s="0"/>
       <c r="B486" s="0" t="s">
-        <v>1809</v>
+        <v>1819</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>1810</v>
+        <v>1820</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>1811</v>
+        <v>1821</v>
       </c>
       <c r="E486" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F486" s="0" t="s">
-        <v>236</v>
+        <v>24</v>
       </c>
       <c r="G486" s="0" t="s">
         <v>375</v>
       </c>
       <c r="H486" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>1812</v>
+        <v>1822</v>
       </c>
       <c r="J486" s="0"/>
       <c r="K486" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L486" s="0"/>
+      <c r="L486" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="487" spans="1:12" customHeight="1" ht="80">
       <c r="A487" s="0"/>
       <c r="B487" s="0" t="s">
-        <v>1813</v>
+        <v>1823</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>1814</v>
+        <v>1824</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>1815</v>
+        <v>1825</v>
       </c>
       <c r="E487" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F487" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G487" s="0" t="s">
         <v>375</v>
       </c>
       <c r="H487" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I487" s="1" t="s">
-        <v>1816</v>
+        <v>1826</v>
       </c>
       <c r="J487" s="0"/>
       <c r="K487" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L487" s="0">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="488" spans="1:12" customHeight="1" ht="80">
       <c r="A488" s="0"/>
       <c r="B488" s="0" t="s">
-        <v>1817</v>
+        <v>1827</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>1818</v>
+        <v>1828</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>1819</v>
+        <v>1829</v>
       </c>
       <c r="E488" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F488" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G488" s="0" t="s">
         <v>375</v>
       </c>
       <c r="H488" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>1820</v>
+        <v>1830</v>
       </c>
       <c r="J488" s="0"/>
       <c r="K488" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L488" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="489" spans="1:12" customHeight="1" ht="80">
       <c r="A489" s="0"/>
       <c r="B489" s="0" t="s">
-        <v>1821</v>
+        <v>1831</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>1822</v>
+        <v>1832</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>1823</v>
+        <v>1833</v>
       </c>
       <c r="E489" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F489" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F489" s="0"/>
       <c r="G489" s="0" t="s">
-        <v>375</v>
+        <v>25</v>
       </c>
       <c r="H489" s="0" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>1824</v>
+        <v>1834</v>
       </c>
       <c r="J489" s="0"/>
       <c r="K489" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L489" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:12" customHeight="1" ht="80">
       <c r="A490" s="0"/>
       <c r="B490" s="0" t="s">
-        <v>1825</v>
+        <v>1835</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>1826</v>
+        <v>1836</v>
       </c>
       <c r="D490" s="0" t="s">
-        <v>1827</v>
+        <v>1837</v>
       </c>
       <c r="E490" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F490" s="0"/>
       <c r="G490" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H490" s="0" t="s">
-        <v>147</v>
+        <v>17</v>
       </c>
       <c r="I490" s="1" t="s">
-        <v>1828</v>
+        <v>1102</v>
       </c>
       <c r="J490" s="0"/>
       <c r="K490" s="0" t="s">
-        <v>28</v>
+        <v>866</v>
       </c>
       <c r="L490" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="491" spans="1:12" customHeight="1" ht="80">
       <c r="A491" s="0"/>
       <c r="B491" s="0" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1830</v>
+        <v>1839</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>1831</v>
-[...3 lines deleted...]
-      </c>
+        <v>1840</v>
+      </c>
+      <c r="E491" s="0"/>
       <c r="F491" s="0"/>
       <c r="G491" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H491" s="0" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>1094</v>
+        <v>1841</v>
       </c>
       <c r="J491" s="0"/>
       <c r="K491" s="0" t="s">
-        <v>840</v>
+        <v>28</v>
       </c>
       <c r="L491" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="492" spans="1:12" customHeight="1" ht="80">
       <c r="A492" s="0"/>
       <c r="B492" s="0" t="s">
-        <v>1832</v>
+        <v>1842</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>1833</v>
+        <v>1843</v>
       </c>
       <c r="D492" s="0" t="s">
-        <v>1834</v>
-[...1 lines deleted...]
-      <c r="E492" s="0"/>
+        <v>1844</v>
+      </c>
+      <c r="E492" s="0" t="s">
+        <v>23</v>
+      </c>
       <c r="F492" s="0"/>
       <c r="G492" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H492" s="0" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>1835</v>
+        <v>1845</v>
       </c>
       <c r="J492" s="0"/>
       <c r="K492" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L492" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="493" spans="1:12" customHeight="1" ht="80">
       <c r="A493" s="0"/>
       <c r="B493" s="0" t="s">
-        <v>1836</v>
+        <v>1846</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>1837</v>
+        <v>1847</v>
       </c>
       <c r="D493" s="0" t="s">
-        <v>1838</v>
+        <v>1848</v>
       </c>
       <c r="E493" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F493" s="0"/>
       <c r="G493" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H493" s="0" t="s">
-        <v>26</v>
+        <v>1216</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>1839</v>
+        <v>1849</v>
       </c>
       <c r="J493" s="0"/>
       <c r="K493" s="0" t="s">
-        <v>28</v>
+        <v>785</v>
       </c>
       <c r="L493" s="0">
-        <v>6</v>
+        <v>168</v>
       </c>
     </row>
     <row r="494" spans="1:12" customHeight="1" ht="80">
       <c r="A494" s="0"/>
       <c r="B494" s="0" t="s">
-        <v>1840</v>
+        <v>1850</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>1841</v>
+        <v>1851</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>1842</v>
+        <v>1852</v>
       </c>
       <c r="E494" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F494" s="0"/>
       <c r="G494" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H494" s="0" t="s">
-        <v>1210</v>
+        <v>32</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>1843</v>
+        <v>1853</v>
       </c>
       <c r="J494" s="0"/>
       <c r="K494" s="0" t="s">
-        <v>1415</v>
+        <v>28</v>
       </c>
       <c r="L494" s="0">
-        <v>168</v>
+        <v>12</v>
       </c>
     </row>
     <row r="495" spans="1:12" customHeight="1" ht="80">
       <c r="A495" s="0"/>
       <c r="B495" s="0" t="s">
-        <v>1844</v>
+        <v>1854</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>1845</v>
+        <v>1855</v>
       </c>
       <c r="D495" s="0" t="s">
-        <v>1846</v>
+        <v>1856</v>
       </c>
       <c r="E495" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F495" s="0"/>
       <c r="G495" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H495" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>1847</v>
+        <v>1857</v>
       </c>
       <c r="J495" s="0"/>
       <c r="K495" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L495" s="0">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="496" spans="1:12" customHeight="1" ht="80">
       <c r="A496" s="0"/>
       <c r="B496" s="0" t="s">
-        <v>1848</v>
+        <v>1858</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>1849</v>
+        <v>1859</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>1850</v>
+        <v>1860</v>
       </c>
       <c r="E496" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F496" s="0"/>
       <c r="G496" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H496" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>1851</v>
+        <v>1861</v>
       </c>
       <c r="J496" s="0"/>
       <c r="K496" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L496" s="0">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="497" spans="1:12" customHeight="1" ht="80">
       <c r="A497" s="0"/>
       <c r="B497" s="0" t="s">
-        <v>1852</v>
+        <v>1862</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>1853</v>
+        <v>1863</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>1854</v>
+        <v>1864</v>
       </c>
       <c r="E497" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F497" s="0"/>
       <c r="G497" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H497" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>1855</v>
+        <v>1865</v>
       </c>
       <c r="J497" s="0"/>
       <c r="K497" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L497" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="498" spans="1:12" customHeight="1" ht="80">
       <c r="A498" s="0"/>
       <c r="B498" s="0" t="s">
-        <v>1856</v>
+        <v>1866</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>1857</v>
+        <v>1867</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>1858</v>
+        <v>1868</v>
       </c>
       <c r="E498" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F498" s="0"/>
       <c r="G498" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H498" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>1859</v>
+        <v>1869</v>
       </c>
       <c r="J498" s="0"/>
       <c r="K498" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="L498" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="499" spans="1:12" customHeight="1" ht="80">
       <c r="A499" s="0"/>
       <c r="B499" s="0" t="s">
-        <v>1860</v>
+        <v>1870</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>1861</v>
+        <v>1871</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>1862</v>
+        <v>1872</v>
       </c>
       <c r="E499" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F499" s="0"/>
       <c r="G499" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H499" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>1863</v>
+        <v>1873</v>
       </c>
       <c r="J499" s="0"/>
       <c r="K499" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="L499" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="500" spans="1:12" customHeight="1" ht="80">
       <c r="A500" s="0"/>
       <c r="B500" s="0" t="s">
-        <v>1864</v>
+        <v>1874</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>1865</v>
+        <v>1875</v>
       </c>
       <c r="D500" s="0" t="s">
-        <v>1866</v>
+        <v>1876</v>
       </c>
       <c r="E500" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F500" s="0"/>
       <c r="G500" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H500" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>1867</v>
+        <v>1367</v>
       </c>
       <c r="J500" s="0"/>
       <c r="K500" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L500" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="501" spans="1:12" customHeight="1" ht="80">
       <c r="A501" s="0"/>
       <c r="B501" s="0" t="s">
-        <v>1868</v>
+        <v>1877</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>1869</v>
+        <v>1878</v>
       </c>
       <c r="D501" s="0" t="s">
-        <v>1870</v>
+        <v>1879</v>
       </c>
       <c r="E501" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F501" s="0"/>
       <c r="G501" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H501" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="J501" s="0"/>
       <c r="K501" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L501" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="502" spans="1:12" customHeight="1" ht="80">
       <c r="A502" s="0"/>
       <c r="B502" s="0" t="s">
-        <v>1871</v>
+        <v>1880</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>1872</v>
-[...2 lines deleted...]
-        <v>1873</v>
+        <v>1881</v>
+      </c>
+      <c r="D502" s="0">
+        <v>532524</v>
       </c>
       <c r="E502" s="0" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F502" s="0"/>
+        <v>259</v>
+      </c>
+      <c r="F502" s="0" t="s">
+        <v>1882</v>
+      </c>
       <c r="G502" s="0" t="s">
-        <v>25</v>
+        <v>260</v>
       </c>
       <c r="H502" s="0" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>1361</v>
+        <v>1883</v>
       </c>
       <c r="J502" s="0"/>
       <c r="K502" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L502" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="503" spans="1:12" customHeight="1" ht="80">
       <c r="A503" s="0"/>
       <c r="B503" s="0" t="s">
-        <v>1874</v>
+        <v>1884</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>1875</v>
-[...2 lines deleted...]
-        <v>532524</v>
+        <v>1885</v>
+      </c>
+      <c r="D503" s="0" t="s">
+        <v>1886</v>
       </c>
       <c r="E503" s="0" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="F503" s="0"/>
       <c r="G503" s="0" t="s">
-        <v>259</v>
+        <v>77</v>
       </c>
       <c r="H503" s="0" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>1877</v>
+        <v>1887</v>
       </c>
       <c r="J503" s="0"/>
       <c r="K503" s="0" t="s">
-        <v>28</v>
+        <v>785</v>
       </c>
       <c r="L503" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="504" spans="1:12" customHeight="1" ht="80">
       <c r="A504" s="0"/>
       <c r="B504" s="0" t="s">
-        <v>1878</v>
+        <v>1888</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>1879</v>
+        <v>1889</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>1880</v>
+        <v>1890</v>
       </c>
       <c r="E504" s="0" t="s">
-        <v>77</v>
+        <v>1891</v>
       </c>
       <c r="F504" s="0"/>
       <c r="G504" s="0" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="H504" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
       <c r="J504" s="0"/>
       <c r="K504" s="0" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="L504" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="505" spans="1:12" customHeight="1" ht="80">
       <c r="A505" s="0"/>
       <c r="B505" s="0" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>1883</v>
-[...6 lines deleted...]
-      </c>
+        <v>1894</v>
+      </c>
+      <c r="D505" s="0"/>
+      <c r="E505" s="0"/>
       <c r="F505" s="0"/>
-      <c r="G505" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G505" s="0"/>
       <c r="H505" s="0" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>1886</v>
+        <v>1895</v>
       </c>
       <c r="J505" s="0"/>
       <c r="K505" s="0" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L505" s="0"/>
     </row>
     <row r="506" spans="1:12" customHeight="1" ht="80">
       <c r="A506" s="0"/>
       <c r="B506" s="0" t="s">
-        <v>1887</v>
+        <v>1896</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>1888</v>
-[...2 lines deleted...]
-      <c r="E506" s="0"/>
+        <v>1897</v>
+      </c>
+      <c r="D506" s="0" t="s">
+        <v>1898</v>
+      </c>
+      <c r="E506" s="0" t="s">
+        <v>536</v>
+      </c>
       <c r="F506" s="0"/>
-      <c r="G506" s="0"/>
+      <c r="G506" s="0" t="s">
+        <v>39</v>
+      </c>
       <c r="H506" s="0" t="s">
-        <v>108</v>
+        <v>537</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>1889</v>
+        <v>1899</v>
       </c>
       <c r="J506" s="0"/>
       <c r="K506" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L506" s="0"/>
+      <c r="L506" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="507" spans="1:12" customHeight="1" ht="80">
       <c r="A507" s="0"/>
       <c r="B507" s="0" t="s">
-        <v>1890</v>
+        <v>1900</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>1891</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>1901</v>
+      </c>
+      <c r="D507" s="0" t="s">
+        <v>1902</v>
       </c>
       <c r="E507" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F507" s="0"/>
       <c r="G507" s="0" t="s">
-        <v>39</v>
+        <v>746</v>
       </c>
       <c r="H507" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="J507" s="0"/>
       <c r="K507" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L507" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="508" spans="1:12" customHeight="1" ht="80">
-      <c r="A508" s="0"/>
       <c r="B508" s="0" t="s">
-        <v>1893</v>
+        <v>1904</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>1894</v>
+        <v>1905</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
       <c r="E508" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F508" s="0"/>
       <c r="G508" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H508" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>1896</v>
+        <v>879</v>
       </c>
       <c r="J508" s="0"/>
       <c r="K508" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L508" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L508" s="0"/>
     </row>
     <row r="509" spans="1:12" customHeight="1" ht="80">
       <c r="B509" s="0" t="s">
-        <v>1897</v>
+        <v>1907</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>1898</v>
+        <v>1908</v>
       </c>
       <c r="D509" s="0" t="s">
-        <v>1899</v>
+        <v>1909</v>
       </c>
       <c r="E509" s="0" t="s">
-        <v>534</v>
+        <v>1195</v>
       </c>
       <c r="F509" s="0"/>
       <c r="G509" s="0" t="s">
-        <v>39</v>
+        <v>1196</v>
       </c>
       <c r="H509" s="0" t="s">
-        <v>535</v>
+        <v>1427</v>
       </c>
       <c r="I509" s="1" t="s">
-        <v>875</v>
+        <v>1910</v>
       </c>
       <c r="J509" s="0"/>
       <c r="K509" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L509" s="0"/>
+      <c r="L509" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="510" spans="1:12" customHeight="1" ht="80">
+      <c r="A510" s="0"/>
       <c r="B510" s="0" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>1901</v>
+        <v>1912</v>
       </c>
       <c r="D510" s="0" t="s">
-        <v>1902</v>
+        <v>1913</v>
       </c>
       <c r="E510" s="0" t="s">
-        <v>1188</v>
+        <v>536</v>
       </c>
       <c r="F510" s="0"/>
       <c r="G510" s="0" t="s">
-        <v>1189</v>
+        <v>39</v>
       </c>
       <c r="H510" s="0" t="s">
-        <v>1422</v>
+        <v>32</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="J510" s="0"/>
       <c r="K510" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L510" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="511" spans="1:12" customHeight="1" ht="80">
-      <c r="A511" s="0"/>
       <c r="B511" s="0" t="s">
-        <v>1904</v>
+        <v>1915</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>1905</v>
+        <v>1916</v>
       </c>
       <c r="D511" s="0" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
       <c r="E511" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F511" s="0"/>
       <c r="G511" s="0" t="s">
-        <v>39</v>
+        <v>746</v>
       </c>
       <c r="H511" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="J511" s="0"/>
       <c r="K511" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L511" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L511" s="0"/>
     </row>
     <row r="512" spans="1:12" customHeight="1" ht="80">
       <c r="B512" s="0" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="D512" s="0" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
       <c r="E512" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F512" s="0"/>
       <c r="G512" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H512" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
       <c r="J512" s="0"/>
       <c r="K512" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L512" s="0"/>
+      <c r="L512" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="513" spans="1:12" customHeight="1" ht="80">
+      <c r="A513" s="0"/>
       <c r="B513" s="0" t="s">
-        <v>1912</v>
+        <v>1923</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>1913</v>
+        <v>1924</v>
       </c>
       <c r="D513" s="0" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
       <c r="E513" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F513" s="0"/>
       <c r="G513" s="0" t="s">
-        <v>39</v>
+        <v>746</v>
       </c>
       <c r="H513" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I513" s="1" t="s">
-        <v>1915</v>
+        <v>1926</v>
       </c>
       <c r="J513" s="0"/>
       <c r="K513" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L513" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="514" spans="1:12" customHeight="1" ht="80">
-      <c r="A514" s="0"/>
       <c r="B514" s="0" t="s">
-        <v>1916</v>
+        <v>1927</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>1917</v>
+        <v>1928</v>
       </c>
       <c r="D514" s="0" t="s">
-        <v>1918</v>
+        <v>1929</v>
       </c>
       <c r="E514" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F514" s="0"/>
       <c r="G514" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H514" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I514" s="1" t="s">
-        <v>1919</v>
+        <v>635</v>
       </c>
       <c r="J514" s="0"/>
       <c r="K514" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L514" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L514" s="0"/>
     </row>
     <row r="515" spans="1:12" customHeight="1" ht="80">
       <c r="B515" s="0" t="s">
-        <v>1920</v>
+        <v>1930</v>
       </c>
       <c r="C515" s="0" t="s">
-        <v>1921</v>
+        <v>1931</v>
       </c>
       <c r="D515" s="0" t="s">
-        <v>1922</v>
+        <v>1932</v>
       </c>
       <c r="E515" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F515" s="0"/>
       <c r="G515" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H515" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>633</v>
+        <v>1933</v>
       </c>
       <c r="J515" s="0"/>
       <c r="K515" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L515" s="0"/>
+      <c r="L515" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="516" spans="1:12" customHeight="1" ht="80">
+      <c r="A516" s="0"/>
       <c r="B516" s="0" t="s">
-        <v>1923</v>
+        <v>1934</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>1924</v>
-[...2 lines deleted...]
-        <v>1925</v>
+        <v>1935</v>
+      </c>
+      <c r="D516" s="0">
+        <v>14000</v>
       </c>
       <c r="E516" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F516" s="0"/>
+        <v>365</v>
+      </c>
+      <c r="F516" s="0" t="s">
+        <v>1936</v>
+      </c>
       <c r="G516" s="0" t="s">
-        <v>39</v>
+        <v>1225</v>
       </c>
       <c r="H516" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>1926</v>
+        <v>1937</v>
       </c>
       <c r="J516" s="0"/>
       <c r="K516" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L516" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="517" spans="1:12" customHeight="1" ht="80">
       <c r="A517" s="0"/>
       <c r="B517" s="0" t="s">
-        <v>1927</v>
+        <v>1938</v>
       </c>
       <c r="C517" s="0" t="s">
-        <v>1928</v>
+        <v>1939</v>
       </c>
       <c r="D517" s="0">
-        <v>14000</v>
+        <v>801055</v>
       </c>
       <c r="E517" s="0" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>1940</v>
+      </c>
+      <c r="F517" s="0"/>
       <c r="G517" s="0" t="s">
-        <v>1219</v>
+        <v>25</v>
       </c>
       <c r="H517" s="0" t="s">
-        <v>535</v>
+        <v>98</v>
       </c>
       <c r="I517" s="1" t="s">
-        <v>1930</v>
+        <v>1941</v>
       </c>
       <c r="J517" s="0"/>
       <c r="K517" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L517" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L517" s="0"/>
     </row>
     <row r="518" spans="1:12" customHeight="1" ht="80">
       <c r="A518" s="0"/>
       <c r="B518" s="0" t="s">
-        <v>1931</v>
+        <v>1942</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>1932</v>
+        <v>1943</v>
       </c>
       <c r="D518" s="0">
-        <v>801055</v>
+        <v>43316660903</v>
       </c>
       <c r="E518" s="0" t="s">
-        <v>1933</v>
+        <v>37</v>
       </c>
       <c r="F518" s="0"/>
       <c r="G518" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H518" s="0" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>1934</v>
+        <v>814</v>
       </c>
       <c r="J518" s="0"/>
       <c r="K518" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L518" s="0"/>
+      <c r="L518" s="0">
+        <v>16</v>
+      </c>
     </row>
     <row r="519" spans="1:12" customHeight="1" ht="80">
       <c r="A519" s="0"/>
       <c r="B519" s="0" t="s">
-        <v>1935</v>
+        <v>1944</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>1936</v>
+        <v>1945</v>
       </c>
       <c r="D519" s="0">
-        <v>43316660903</v>
+        <v>440100313</v>
       </c>
       <c r="E519" s="0" t="s">
-        <v>37</v>
+        <v>1946</v>
       </c>
       <c r="F519" s="0"/>
       <c r="G519" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H519" s="0" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>814</v>
+        <v>1947</v>
       </c>
       <c r="J519" s="0"/>
       <c r="K519" s="0" t="s">
-        <v>28</v>
+        <v>875</v>
       </c>
       <c r="L519" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="520" spans="1:12" customHeight="1" ht="80">
       <c r="A520" s="0"/>
       <c r="B520" s="0" t="s">
-        <v>1937</v>
+        <v>1948</v>
       </c>
       <c r="C520" s="0" t="s">
-        <v>1938</v>
+        <v>1949</v>
       </c>
       <c r="D520" s="0">
-        <v>440100313</v>
+        <v>440200313</v>
       </c>
       <c r="E520" s="0" t="s">
-        <v>1939</v>
+        <v>1946</v>
       </c>
       <c r="F520" s="0"/>
       <c r="G520" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H520" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>1940</v>
+        <v>1118</v>
       </c>
       <c r="J520" s="0"/>
       <c r="K520" s="0" t="s">
-        <v>943</v>
+        <v>69</v>
       </c>
       <c r="L520" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="521" spans="1:12" customHeight="1" ht="80">
       <c r="A521" s="0"/>
       <c r="B521" s="0" t="s">
-        <v>1941</v>
+        <v>1950</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>1942</v>
+        <v>1951</v>
       </c>
       <c r="D521" s="0">
-        <v>440200313</v>
+        <v>43316670903</v>
       </c>
       <c r="E521" s="0" t="s">
-        <v>1939</v>
+        <v>37</v>
       </c>
       <c r="F521" s="0"/>
       <c r="G521" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H521" s="0" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>1110</v>
+        <v>1627</v>
       </c>
       <c r="J521" s="0"/>
       <c r="K521" s="0" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="L521" s="0">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="522" spans="1:12" customHeight="1" ht="80">
       <c r="A522" s="0"/>
       <c r="B522" s="0" t="s">
-        <v>1943</v>
+        <v>1952</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>1944</v>
+        <v>1953</v>
       </c>
       <c r="D522" s="0">
-        <v>43316670903</v>
+        <v>440300313</v>
       </c>
       <c r="E522" s="0" t="s">
-        <v>37</v>
+        <v>1946</v>
       </c>
       <c r="F522" s="0"/>
       <c r="G522" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H522" s="0" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="I522" s="1" t="s">
-        <v>1621</v>
+        <v>808</v>
       </c>
       <c r="J522" s="0"/>
       <c r="K522" s="0" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="L522" s="0">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="523" spans="1:12" customHeight="1" ht="80">
       <c r="A523" s="0"/>
       <c r="B523" s="0" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>1946</v>
+        <v>1955</v>
       </c>
       <c r="D523" s="0">
-        <v>440300313</v>
+        <v>431139201</v>
       </c>
       <c r="E523" s="0" t="s">
-        <v>1939</v>
+        <v>37</v>
       </c>
       <c r="F523" s="0"/>
       <c r="G523" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H523" s="0" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>808</v>
+        <v>1956</v>
       </c>
       <c r="J523" s="0"/>
       <c r="K523" s="0" t="s">
-        <v>1947</v>
+        <v>28</v>
       </c>
       <c r="L523" s="0">
-        <v>12</v>
+        <v>34</v>
       </c>
     </row>
     <row r="524" spans="1:12" customHeight="1" ht="80">
       <c r="A524" s="0"/>
       <c r="B524" s="0" t="s">
-        <v>1948</v>
+        <v>1957</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="D524" s="0">
-        <v>431139201</v>
+        <v>440300213</v>
       </c>
       <c r="E524" s="0" t="s">
-        <v>37</v>
+        <v>1946</v>
       </c>
       <c r="F524" s="0"/>
       <c r="G524" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H524" s="0" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>1950</v>
+        <v>808</v>
       </c>
       <c r="J524" s="0"/>
       <c r="K524" s="0" t="s">
-        <v>1415</v>
+        <v>83</v>
       </c>
       <c r="L524" s="0">
-        <v>34</v>
+        <v>12</v>
       </c>
     </row>
     <row r="525" spans="1:12" customHeight="1" ht="80">
       <c r="A525" s="0"/>
       <c r="B525" s="0" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>1952</v>
-[...2 lines deleted...]
-        <v>440300213</v>
+        <v>1960</v>
+      </c>
+      <c r="D525" s="0" t="s">
+        <v>1961</v>
       </c>
       <c r="E525" s="0" t="s">
-        <v>1939</v>
+        <v>536</v>
       </c>
       <c r="F525" s="0"/>
       <c r="G525" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H525" s="0" t="s">
-        <v>108</v>
+        <v>537</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>808</v>
+        <v>1962</v>
       </c>
       <c r="J525" s="0"/>
       <c r="K525" s="0" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L525" s="0"/>
     </row>
     <row r="526" spans="1:12" customHeight="1" ht="80">
       <c r="A526" s="0"/>
       <c r="B526" s="0" t="s">
-        <v>1953</v>
+        <v>1963</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>1954</v>
+        <v>1964</v>
       </c>
       <c r="D526" s="0" t="s">
-        <v>1955</v>
+        <v>1965</v>
       </c>
       <c r="E526" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F526" s="0"/>
       <c r="G526" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H526" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>1956</v>
+        <v>1149</v>
       </c>
       <c r="J526" s="0"/>
       <c r="K526" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L526" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L526" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="527" spans="1:12" customHeight="1" ht="80">
-      <c r="A527" s="0"/>
       <c r="B527" s="0" t="s">
-        <v>1957</v>
+        <v>1966</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>1958</v>
+        <v>1967</v>
       </c>
       <c r="D527" s="0" t="s">
-        <v>1959</v>
+        <v>1968</v>
       </c>
       <c r="E527" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F527" s="0"/>
       <c r="G527" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H527" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>1141</v>
+        <v>1969</v>
       </c>
       <c r="J527" s="0"/>
       <c r="K527" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L527" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L527" s="0"/>
     </row>
     <row r="528" spans="1:12" customHeight="1" ht="80">
+      <c r="A528" s="0"/>
       <c r="B528" s="0" t="s">
-        <v>1960</v>
+        <v>1970</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>1961</v>
+        <v>1971</v>
       </c>
       <c r="D528" s="0" t="s">
-        <v>1962</v>
+        <v>1972</v>
       </c>
       <c r="E528" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F528" s="0"/>
       <c r="G528" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H528" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I528" s="1" t="s">
-        <v>1963</v>
+        <v>781</v>
       </c>
       <c r="J528" s="0"/>
       <c r="K528" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L528" s="0"/>
     </row>
     <row r="529" spans="1:12" customHeight="1" ht="80">
       <c r="A529" s="0"/>
       <c r="B529" s="0" t="s">
-        <v>1964</v>
+        <v>1973</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>1965</v>
+        <v>1974</v>
       </c>
       <c r="D529" s="0" t="s">
-        <v>1966</v>
+        <v>1975</v>
       </c>
       <c r="E529" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F529" s="0"/>
       <c r="G529" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H529" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I529" s="1" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="J529" s="0"/>
       <c r="K529" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L529" s="0"/>
     </row>
     <row r="530" spans="1:12" customHeight="1" ht="80">
-      <c r="A530" s="0"/>
       <c r="B530" s="0" t="s">
-        <v>1967</v>
+        <v>1976</v>
       </c>
       <c r="C530" s="0" t="s">
-        <v>1968</v>
+        <v>1977</v>
       </c>
       <c r="D530" s="0" t="s">
-        <v>1969</v>
+        <v>1978</v>
       </c>
       <c r="E530" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F530" s="0"/>
       <c r="G530" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H530" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I530" s="1" t="s">
-        <v>782</v>
+        <v>1979</v>
       </c>
       <c r="J530" s="0"/>
       <c r="K530" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L530" s="0"/>
     </row>
     <row r="531" spans="1:12" customHeight="1" ht="80">
+      <c r="A531" s="0"/>
       <c r="B531" s="0" t="s">
-        <v>1970</v>
+        <v>1980</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>1971</v>
+        <v>1981</v>
       </c>
       <c r="D531" s="0" t="s">
-        <v>1972</v>
+        <v>1982</v>
       </c>
       <c r="E531" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F531" s="0"/>
       <c r="G531" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H531" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I531" s="1" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="J531" s="0"/>
       <c r="K531" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L531" s="0"/>
     </row>
     <row r="532" spans="1:12" customHeight="1" ht="80">
       <c r="A532" s="0"/>
       <c r="B532" s="0" t="s">
-        <v>1974</v>
+        <v>1983</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>1975</v>
+        <v>1984</v>
       </c>
       <c r="D532" s="0" t="s">
-        <v>1976</v>
+        <v>1985</v>
       </c>
       <c r="E532" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F532" s="0"/>
       <c r="G532" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H532" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>1973</v>
+        <v>1986</v>
       </c>
       <c r="J532" s="0"/>
       <c r="K532" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L532" s="0"/>
     </row>
     <row r="533" spans="1:12" customHeight="1" ht="80">
       <c r="A533" s="0"/>
       <c r="B533" s="0" t="s">
-        <v>1977</v>
+        <v>1987</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>1978</v>
+        <v>1988</v>
       </c>
       <c r="D533" s="0" t="s">
-        <v>1979</v>
+        <v>1989</v>
       </c>
       <c r="E533" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F533" s="0"/>
       <c r="G533" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H533" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I533" s="1" t="s">
-        <v>1980</v>
+        <v>1990</v>
       </c>
       <c r="J533" s="0"/>
       <c r="K533" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L533" s="0"/>
+      <c r="L533" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="534" spans="1:12" customHeight="1" ht="80">
       <c r="A534" s="0"/>
       <c r="B534" s="0" t="s">
-        <v>1981</v>
+        <v>1991</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>1982</v>
+        <v>1992</v>
       </c>
       <c r="D534" s="0" t="s">
-        <v>1983</v>
+        <v>1993</v>
       </c>
       <c r="E534" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F534" s="0"/>
       <c r="G534" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H534" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I534" s="1" t="s">
-        <v>1984</v>
+        <v>1994</v>
       </c>
       <c r="J534" s="0"/>
       <c r="K534" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L534" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:12" customHeight="1" ht="80">
       <c r="A535" s="0"/>
       <c r="B535" s="0" t="s">
-        <v>1985</v>
+        <v>1995</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>1986</v>
+        <v>1996</v>
       </c>
       <c r="D535" s="0" t="s">
-        <v>1987</v>
+        <v>1997</v>
       </c>
       <c r="E535" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F535" s="0"/>
       <c r="G535" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H535" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="J535" s="0"/>
       <c r="K535" s="0" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L535" s="0"/>
     </row>
     <row r="536" spans="1:12" customHeight="1" ht="80">
       <c r="A536" s="0"/>
       <c r="B536" s="0" t="s">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="D536" s="0" t="s">
-        <v>1991</v>
+        <v>2001</v>
       </c>
       <c r="E536" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F536" s="0"/>
       <c r="G536" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H536" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="J536" s="0"/>
       <c r="K536" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L536" s="0"/>
     </row>
     <row r="537" spans="1:12" customHeight="1" ht="80">
       <c r="A537" s="0"/>
       <c r="B537" s="0" t="s">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>1994</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>2004</v>
+      </c>
+      <c r="D537" s="0" t="s">
+        <v>2005</v>
       </c>
       <c r="E537" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F537" s="0"/>
       <c r="G537" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H537" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I537" s="1" t="s">
-        <v>1995</v>
+        <v>874</v>
       </c>
       <c r="J537" s="0"/>
       <c r="K537" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="L537" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L537" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="538" spans="1:12" customHeight="1" ht="80">
       <c r="A538" s="0"/>
       <c r="B538" s="0" t="s">
-        <v>1996</v>
+        <v>2006</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="D538" s="0" t="s">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E538" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F538" s="0"/>
       <c r="G538" s="0" t="s">
-        <v>39</v>
+        <v>746</v>
       </c>
       <c r="H538" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>870</v>
+        <v>2009</v>
       </c>
       <c r="J538" s="0"/>
       <c r="K538" s="0" t="s">
-        <v>840</v>
+        <v>28</v>
       </c>
       <c r="L538" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:12" customHeight="1" ht="80">
       <c r="A539" s="0"/>
       <c r="B539" s="0" t="s">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="E539" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F539" s="0"/>
       <c r="G539" s="0" t="s">
-        <v>741</v>
+        <v>39</v>
       </c>
       <c r="H539" s="0" t="s">
         <v>32</v>
       </c>
       <c r="I539" s="1" t="s">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="J539" s="0"/>
       <c r="K539" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L539" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:12" customHeight="1" ht="80">
       <c r="A540" s="0"/>
       <c r="B540" s="0" t="s">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="D540" s="0" t="s">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E540" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F540" s="0"/>
       <c r="G540" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H540" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I540" s="1" t="s">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="J540" s="0"/>
       <c r="K540" s="0" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L540" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:12" customHeight="1" ht="80">
       <c r="A541" s="0"/>
       <c r="B541" s="0" t="s">
-        <v>2007</v>
+        <v>1930</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="E541" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F541" s="0"/>
       <c r="G541" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H541" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I541" s="1" t="s">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="J541" s="0"/>
       <c r="K541" s="0" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L541" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:12" customHeight="1" ht="80">
       <c r="A542" s="0"/>
       <c r="B542" s="0" t="s">
-        <v>1923</v>
+        <v>2021</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="D542" s="0" t="s">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="E542" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F542" s="0"/>
       <c r="G542" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H542" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I542" s="1" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J542" s="0"/>
       <c r="K542" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L542" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:12" customHeight="1" ht="80">
       <c r="A543" s="0"/>
       <c r="B543" s="0" t="s">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>2015</v>
+        <v>2026</v>
       </c>
       <c r="D543" s="0" t="s">
-        <v>2016</v>
+        <v>2027</v>
       </c>
       <c r="E543" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F543" s="0"/>
       <c r="G543" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H543" s="0" t="s">
-        <v>535</v>
+        <v>26</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="J543" s="0"/>
       <c r="K543" s="0" t="s">
-        <v>840</v>
+        <v>19</v>
       </c>
       <c r="L543" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:12" customHeight="1" ht="80">
       <c r="A544" s="0"/>
       <c r="B544" s="0" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>2019</v>
+        <v>2030</v>
       </c>
       <c r="D544" s="0" t="s">
-        <v>2020</v>
+        <v>2031</v>
       </c>
       <c r="E544" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F544" s="0"/>
       <c r="G544" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H544" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I544" s="1" t="s">
-        <v>2021</v>
+        <v>2032</v>
       </c>
       <c r="J544" s="0"/>
       <c r="K544" s="0" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L544" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:12" customHeight="1" ht="80">
       <c r="A545" s="0"/>
       <c r="B545" s="0" t="s">
-        <v>2022</v>
+        <v>2033</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>2023</v>
+        <v>2034</v>
       </c>
       <c r="D545" s="0" t="s">
-        <v>2024</v>
+        <v>2035</v>
       </c>
       <c r="E545" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F545" s="0"/>
       <c r="G545" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H545" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I545" s="1" t="s">
-        <v>2025</v>
+        <v>395</v>
       </c>
       <c r="J545" s="0"/>
       <c r="K545" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L545" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:12" customHeight="1" ht="80">
       <c r="A546" s="0"/>
       <c r="B546" s="0" t="s">
-        <v>2026</v>
+        <v>2036</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>2027</v>
+        <v>2037</v>
       </c>
       <c r="D546" s="0" t="s">
-        <v>2028</v>
+        <v>2038</v>
       </c>
       <c r="E546" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F546" s="0"/>
       <c r="G546" s="0" t="s">
-        <v>39</v>
+        <v>107</v>
       </c>
       <c r="H546" s="0" t="s">
-        <v>535</v>
+        <v>26</v>
       </c>
       <c r="I546" s="1" t="s">
-        <v>394</v>
+        <v>2039</v>
       </c>
       <c r="J546" s="0"/>
       <c r="K546" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L546" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:12" customHeight="1" ht="80">
       <c r="A547" s="0"/>
       <c r="B547" s="0" t="s">
-        <v>2029</v>
+        <v>2040</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>2030</v>
+        <v>2041</v>
       </c>
       <c r="D547" s="0" t="s">
-        <v>2031</v>
+        <v>2042</v>
       </c>
       <c r="E547" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F547" s="0"/>
       <c r="G547" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H547" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>2032</v>
+        <v>1547</v>
       </c>
       <c r="J547" s="0"/>
       <c r="K547" s="0" t="s">
-        <v>28</v>
+        <v>990</v>
       </c>
       <c r="L547" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:12" customHeight="1" ht="80">
       <c r="A548" s="0"/>
       <c r="B548" s="0" t="s">
-        <v>2033</v>
+        <v>2043</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>2034</v>
+        <v>2044</v>
       </c>
       <c r="D548" s="0" t="s">
-        <v>2035</v>
+        <v>2045</v>
       </c>
       <c r="E548" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F548" s="0"/>
       <c r="G548" s="0" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="H548" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I548" s="1" t="s">
-        <v>1542</v>
+        <v>420</v>
       </c>
       <c r="J548" s="0"/>
       <c r="K548" s="0" t="s">
-        <v>943</v>
+        <v>632</v>
       </c>
       <c r="L548" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:12" customHeight="1" ht="80">
       <c r="A549" s="0"/>
       <c r="B549" s="0" t="s">
-        <v>2036</v>
+        <v>2046</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>2037</v>
+        <v>2047</v>
       </c>
       <c r="D549" s="0" t="s">
-        <v>2038</v>
+        <v>2048</v>
       </c>
       <c r="E549" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F549" s="0"/>
       <c r="G549" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H549" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>419</v>
+        <v>2013</v>
       </c>
       <c r="J549" s="0"/>
       <c r="K549" s="0" t="s">
-        <v>2039</v>
+        <v>19</v>
       </c>
       <c r="L549" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:12" customHeight="1" ht="80">
       <c r="A550" s="0"/>
       <c r="B550" s="0" t="s">
-        <v>1970</v>
+        <v>2049</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>2040</v>
+        <v>2050</v>
       </c>
       <c r="D550" s="0" t="s">
-        <v>2041</v>
+        <v>2051</v>
       </c>
       <c r="E550" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F550" s="0"/>
       <c r="G550" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H550" s="0" t="s">
-        <v>32</v>
+        <v>537</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>2006</v>
+        <v>1173</v>
       </c>
       <c r="J550" s="0"/>
       <c r="K550" s="0" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L550" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:12" customHeight="1" ht="80">
       <c r="A551" s="0"/>
       <c r="B551" s="0" t="s">
-        <v>2042</v>
+        <v>2052</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>2043</v>
+        <v>2053</v>
       </c>
       <c r="D551" s="0" t="s">
-        <v>2044</v>
+        <v>2054</v>
       </c>
       <c r="E551" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F551" s="0"/>
       <c r="G551" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H551" s="0" t="s">
-        <v>535</v>
+        <v>32</v>
       </c>
       <c r="I551" s="1" t="s">
-        <v>1166</v>
+        <v>2055</v>
       </c>
       <c r="J551" s="0"/>
       <c r="K551" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L551" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="552" spans="1:12" customHeight="1" ht="80">
       <c r="A552" s="0"/>
       <c r="B552" s="0" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>2046</v>
+        <v>2057</v>
       </c>
       <c r="D552" s="0" t="s">
-        <v>2047</v>
+        <v>2058</v>
       </c>
       <c r="E552" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F552" s="0"/>
+        <v>2059</v>
+      </c>
+      <c r="F552" s="0" t="s">
+        <v>2060</v>
+      </c>
       <c r="G552" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H552" s="0" t="s">
-        <v>32</v>
+        <v>334</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>2048</v>
+        <v>1064</v>
       </c>
       <c r="J552" s="0"/>
       <c r="K552" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L552" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L552" s="0"/>
     </row>
     <row r="553" spans="1:12" customHeight="1" ht="80">
       <c r="A553" s="0"/>
       <c r="B553" s="0" t="s">
-        <v>2049</v>
+        <v>2061</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>2050</v>
+        <v>2062</v>
       </c>
       <c r="D553" s="0" t="s">
-        <v>2051</v>
+        <v>2063</v>
       </c>
       <c r="E553" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F553" s="0" t="s">
-        <v>2053</v>
+        <v>2064</v>
       </c>
       <c r="G553" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H553" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>1057</v>
+        <v>2065</v>
       </c>
       <c r="J553" s="0"/>
       <c r="K553" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L553" s="0"/>
     </row>
     <row r="554" spans="1:12" customHeight="1" ht="80">
       <c r="A554" s="0"/>
       <c r="B554" s="0" t="s">
-        <v>2054</v>
+        <v>2066</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>2055</v>
+        <v>2067</v>
       </c>
       <c r="D554" s="0" t="s">
-        <v>2056</v>
+        <v>2068</v>
       </c>
       <c r="E554" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F554" s="0" t="s">
-        <v>2057</v>
+        <v>2064</v>
       </c>
       <c r="G554" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H554" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>2058</v>
+        <v>2069</v>
       </c>
       <c r="J554" s="0"/>
       <c r="K554" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L554" s="0"/>
     </row>
     <row r="555" spans="1:12" customHeight="1" ht="80">
       <c r="A555" s="0"/>
       <c r="B555" s="0" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C555" s="0" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D555" s="0" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E555" s="0" t="s">
         <v>2059</v>
       </c>
-      <c r="C555" s="0" t="s">
+      <c r="F555" s="0" t="s">
         <v>2060</v>
-      </c>
-[...7 lines deleted...]
-        <v>2057</v>
       </c>
       <c r="G555" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H555" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I555" s="1" t="s">
-        <v>2062</v>
+        <v>2073</v>
       </c>
       <c r="J555" s="0"/>
       <c r="K555" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L555" s="0"/>
     </row>
     <row r="556" spans="1:12" customHeight="1" ht="80">
       <c r="A556" s="0"/>
       <c r="B556" s="0" t="s">
-        <v>2063</v>
+        <v>2074</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>2064</v>
+        <v>2075</v>
       </c>
       <c r="D556" s="0" t="s">
-        <v>2065</v>
+        <v>2076</v>
       </c>
       <c r="E556" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F556" s="0" t="s">
-        <v>2053</v>
+        <v>2077</v>
       </c>
       <c r="G556" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H556" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I556" s="1" t="s">
-        <v>2066</v>
+        <v>2078</v>
       </c>
       <c r="J556" s="0"/>
       <c r="K556" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L556" s="0"/>
     </row>
     <row r="557" spans="1:12" customHeight="1" ht="80">
       <c r="A557" s="0"/>
       <c r="B557" s="0" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>2068</v>
+        <v>2080</v>
       </c>
       <c r="D557" s="0" t="s">
-        <v>2069</v>
+        <v>2081</v>
       </c>
       <c r="E557" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F557" s="0" t="s">
-        <v>2070</v>
+        <v>2077</v>
       </c>
       <c r="G557" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H557" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>2071</v>
+        <v>1293</v>
       </c>
       <c r="J557" s="0"/>
       <c r="K557" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L557" s="0"/>
     </row>
     <row r="558" spans="1:12" customHeight="1" ht="80">
       <c r="A558" s="0"/>
       <c r="B558" s="0" t="s">
-        <v>2072</v>
+        <v>2082</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>2073</v>
+        <v>2083</v>
       </c>
       <c r="D558" s="0" t="s">
-        <v>2074</v>
+        <v>2084</v>
       </c>
       <c r="E558" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F558" s="0" t="s">
-        <v>2070</v>
+        <v>2064</v>
       </c>
       <c r="G558" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H558" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I558" s="1" t="s">
-        <v>1287</v>
+        <v>2085</v>
       </c>
       <c r="J558" s="0"/>
       <c r="K558" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L558" s="0"/>
     </row>
     <row r="559" spans="1:12" customHeight="1" ht="80">
       <c r="A559" s="0"/>
       <c r="B559" s="0" t="s">
-        <v>2075</v>
+        <v>2086</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>2076</v>
+        <v>2087</v>
       </c>
       <c r="D559" s="0" t="s">
+        <v>2088</v>
+      </c>
+      <c r="E559" s="0" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F559" s="0" t="s">
         <v>2077</v>
-      </c>
-[...4 lines deleted...]
-        <v>2057</v>
       </c>
       <c r="G559" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H559" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I559" s="1" t="s">
-        <v>2078</v>
+        <v>2089</v>
       </c>
       <c r="J559" s="0"/>
       <c r="K559" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L559" s="0"/>
     </row>
     <row r="560" spans="1:12" customHeight="1" ht="80">
       <c r="A560" s="0"/>
       <c r="B560" s="0" t="s">
-        <v>2079</v>
+        <v>2090</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>2080</v>
+        <v>2091</v>
       </c>
       <c r="D560" s="0" t="s">
-        <v>2081</v>
+        <v>2092</v>
       </c>
       <c r="E560" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F560" s="0" t="s">
-        <v>2070</v>
+        <v>2077</v>
       </c>
       <c r="G560" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H560" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I560" s="1" t="s">
-        <v>2082</v>
+        <v>2093</v>
       </c>
       <c r="J560" s="0"/>
       <c r="K560" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L560" s="0"/>
     </row>
     <row r="561" spans="1:12" customHeight="1" ht="80">
       <c r="A561" s="0"/>
       <c r="B561" s="0" t="s">
-        <v>2083</v>
+        <v>2094</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>2084</v>
+        <v>2095</v>
       </c>
       <c r="D561" s="0" t="s">
-        <v>2085</v>
+        <v>2096</v>
       </c>
       <c r="E561" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F561" s="0" t="s">
-        <v>2070</v>
+        <v>2077</v>
       </c>
       <c r="G561" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H561" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>2086</v>
+        <v>2097</v>
       </c>
       <c r="J561" s="0"/>
       <c r="K561" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L561" s="0"/>
     </row>
     <row r="562" spans="1:12" customHeight="1" ht="80">
       <c r="A562" s="0"/>
       <c r="B562" s="0" t="s">
-        <v>2087</v>
+        <v>2098</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>2088</v>
+        <v>2099</v>
       </c>
       <c r="D562" s="0" t="s">
-        <v>2089</v>
+        <v>2100</v>
       </c>
       <c r="E562" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F562" s="0" t="s">
-        <v>2070</v>
+        <v>2060</v>
       </c>
       <c r="G562" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H562" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>2090</v>
+        <v>2101</v>
       </c>
       <c r="J562" s="0"/>
       <c r="K562" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L562" s="0"/>
     </row>
     <row r="563" spans="1:12" customHeight="1" ht="80">
       <c r="A563" s="0"/>
       <c r="B563" s="0" t="s">
-        <v>2091</v>
+        <v>2102</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>2092</v>
+        <v>2103</v>
       </c>
       <c r="D563" s="0" t="s">
-        <v>2093</v>
+        <v>2104</v>
       </c>
       <c r="E563" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F563" s="0" t="s">
-        <v>2053</v>
+        <v>2077</v>
       </c>
       <c r="G563" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H563" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I563" s="1" t="s">
-        <v>2094</v>
+        <v>2105</v>
       </c>
       <c r="J563" s="0"/>
       <c r="K563" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L563" s="0"/>
     </row>
     <row r="564" spans="1:12" customHeight="1" ht="80">
       <c r="A564" s="0"/>
       <c r="B564" s="0" t="s">
-        <v>2095</v>
+        <v>2106</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>2096</v>
+        <v>2107</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>2097</v>
+        <v>2108</v>
       </c>
       <c r="E564" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F564" s="0" t="s">
-        <v>2070</v>
+        <v>2060</v>
       </c>
       <c r="G564" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H564" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I564" s="1" t="s">
-        <v>2098</v>
+        <v>2109</v>
       </c>
       <c r="J564" s="0"/>
       <c r="K564" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L564" s="0"/>
     </row>
     <row r="565" spans="1:12" customHeight="1" ht="80">
       <c r="A565" s="0"/>
       <c r="B565" s="0" t="s">
-        <v>2099</v>
+        <v>2110</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>2100</v>
+        <v>2111</v>
       </c>
       <c r="D565" s="0" t="s">
-        <v>2101</v>
+        <v>2112</v>
       </c>
       <c r="E565" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F565" s="0" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="G565" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H565" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I565" s="1" t="s">
-        <v>2102</v>
+        <v>2113</v>
       </c>
       <c r="J565" s="0"/>
       <c r="K565" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L565" s="0"/>
     </row>
     <row r="566" spans="1:12" customHeight="1" ht="80">
       <c r="A566" s="0"/>
       <c r="B566" s="0" t="s">
-        <v>2103</v>
+        <v>2114</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>2104</v>
+        <v>2115</v>
       </c>
       <c r="D566" s="0" t="s">
-        <v>2105</v>
+        <v>2116</v>
       </c>
       <c r="E566" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F566" s="0" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="G566" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H566" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I566" s="1" t="s">
-        <v>2106</v>
+        <v>2117</v>
       </c>
       <c r="J566" s="0"/>
       <c r="K566" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L566" s="0"/>
     </row>
     <row r="567" spans="1:12" customHeight="1" ht="80">
       <c r="A567" s="0"/>
       <c r="B567" s="0" t="s">
-        <v>2107</v>
+        <v>2118</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>2108</v>
+        <v>2119</v>
       </c>
       <c r="D567" s="0" t="s">
-        <v>2109</v>
+        <v>2120</v>
       </c>
       <c r="E567" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F567" s="0" t="s">
-        <v>2053</v>
+        <v>2077</v>
       </c>
       <c r="G567" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H567" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I567" s="1" t="s">
-        <v>2110</v>
+        <v>2121</v>
       </c>
       <c r="J567" s="0"/>
       <c r="K567" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L567" s="0"/>
     </row>
     <row r="568" spans="1:12" customHeight="1" ht="80">
       <c r="A568" s="0"/>
       <c r="B568" s="0" t="s">
-        <v>2111</v>
+        <v>2122</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>2112</v>
+        <v>2123</v>
       </c>
       <c r="D568" s="0" t="s">
-        <v>2113</v>
+        <v>2124</v>
       </c>
       <c r="E568" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F568" s="0" t="s">
-        <v>2070</v>
+        <v>2064</v>
       </c>
       <c r="G568" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H568" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I568" s="1" t="s">
-        <v>2114</v>
+        <v>2125</v>
       </c>
       <c r="J568" s="0"/>
       <c r="K568" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L568" s="0"/>
     </row>
     <row r="569" spans="1:12" customHeight="1" ht="80">
       <c r="A569" s="0"/>
       <c r="B569" s="0" t="s">
-        <v>2115</v>
+        <v>2126</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>2116</v>
+        <v>2127</v>
       </c>
       <c r="D569" s="0" t="s">
-        <v>2117</v>
+        <v>2128</v>
       </c>
       <c r="E569" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F569" s="0" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="G569" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H569" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I569" s="1" t="s">
-        <v>2118</v>
+        <v>2129</v>
       </c>
       <c r="J569" s="0"/>
       <c r="K569" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L569" s="0"/>
     </row>
     <row r="570" spans="1:12" customHeight="1" ht="80">
       <c r="A570" s="0"/>
       <c r="B570" s="0" t="s">
-        <v>2119</v>
+        <v>2130</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>2120</v>
+        <v>2131</v>
       </c>
       <c r="D570" s="0" t="s">
-        <v>2121</v>
+        <v>2132</v>
       </c>
       <c r="E570" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F570" s="0" t="s">
-        <v>2053</v>
+        <v>2064</v>
       </c>
       <c r="G570" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H570" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I570" s="1" t="s">
-        <v>2122</v>
+        <v>2133</v>
       </c>
       <c r="J570" s="0"/>
       <c r="K570" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L570" s="0"/>
     </row>
     <row r="571" spans="1:12" customHeight="1" ht="80">
       <c r="A571" s="0"/>
       <c r="B571" s="0" t="s">
-        <v>2123</v>
+        <v>2134</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>2124</v>
+        <v>2135</v>
       </c>
       <c r="D571" s="0" t="s">
-        <v>2125</v>
+        <v>2136</v>
       </c>
       <c r="E571" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F571" s="0" t="s">
-        <v>2057</v>
+        <v>2064</v>
       </c>
       <c r="G571" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H571" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I571" s="1" t="s">
-        <v>2126</v>
+        <v>2137</v>
       </c>
       <c r="J571" s="0"/>
       <c r="K571" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L571" s="0"/>
     </row>
     <row r="572" spans="1:12" customHeight="1" ht="80">
       <c r="A572" s="0"/>
       <c r="B572" s="0" t="s">
-        <v>2127</v>
+        <v>2138</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>2128</v>
+        <v>2139</v>
       </c>
       <c r="D572" s="0" t="s">
-        <v>2129</v>
+        <v>2140</v>
       </c>
       <c r="E572" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F572" s="0" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
       <c r="G572" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H572" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I572" s="1" t="s">
-        <v>2130</v>
+        <v>2141</v>
       </c>
       <c r="J572" s="0"/>
       <c r="K572" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L572" s="0"/>
     </row>
     <row r="573" spans="1:12" customHeight="1" ht="80">
       <c r="A573" s="0"/>
       <c r="B573" s="0" t="s">
-        <v>2131</v>
+        <v>2142</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>2132</v>
+        <v>2143</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>2133</v>
+        <v>2144</v>
       </c>
       <c r="E573" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F573" s="0" t="s">
-        <v>2053</v>
+        <v>2060</v>
       </c>
       <c r="G573" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H573" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>2134</v>
+        <v>2145</v>
       </c>
       <c r="J573" s="0"/>
       <c r="K573" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L573" s="0"/>
     </row>
     <row r="574" spans="1:12" customHeight="1" ht="80">
       <c r="A574" s="0"/>
       <c r="B574" s="0" t="s">
-        <v>2135</v>
+        <v>2146</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>2136</v>
+        <v>2147</v>
       </c>
       <c r="D574" s="0" t="s">
-        <v>2137</v>
+        <v>2148</v>
       </c>
       <c r="E574" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F574" s="0" t="s">
-        <v>2053</v>
+        <v>2064</v>
       </c>
       <c r="G574" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H574" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I574" s="1" t="s">
-        <v>2138</v>
+        <v>2149</v>
       </c>
       <c r="J574" s="0"/>
       <c r="K574" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L574" s="0"/>
     </row>
     <row r="575" spans="1:12" customHeight="1" ht="80">
       <c r="A575" s="0"/>
       <c r="B575" s="0" t="s">
-        <v>2139</v>
+        <v>2150</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>2140</v>
+        <v>2151</v>
       </c>
       <c r="D575" s="0" t="s">
-        <v>2141</v>
+        <v>2152</v>
       </c>
       <c r="E575" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F575" s="0" t="s">
-        <v>2057</v>
+        <v>2064</v>
       </c>
       <c r="G575" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H575" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>2142</v>
+        <v>2153</v>
       </c>
       <c r="J575" s="0"/>
       <c r="K575" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L575" s="0"/>
     </row>
     <row r="576" spans="1:12" customHeight="1" ht="80">
       <c r="A576" s="0"/>
       <c r="B576" s="0" t="s">
-        <v>2143</v>
+        <v>2154</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>2144</v>
+        <v>2155</v>
       </c>
       <c r="D576" s="0" t="s">
-        <v>2145</v>
+        <v>2156</v>
       </c>
       <c r="E576" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F576" s="0" t="s">
-        <v>2057</v>
+        <v>2064</v>
       </c>
       <c r="G576" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H576" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>2146</v>
+        <v>2157</v>
       </c>
       <c r="J576" s="0"/>
       <c r="K576" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L576" s="0"/>
     </row>
     <row r="577" spans="1:12" customHeight="1" ht="80">
       <c r="A577" s="0"/>
       <c r="B577" s="0" t="s">
-        <v>2147</v>
+        <v>2158</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>2148</v>
+        <v>2159</v>
       </c>
       <c r="D577" s="0" t="s">
-        <v>2149</v>
+        <v>2160</v>
       </c>
       <c r="E577" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F577" s="0" t="s">
-        <v>2057</v>
+        <v>2077</v>
       </c>
       <c r="G577" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H577" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>2150</v>
+        <v>2161</v>
       </c>
       <c r="J577" s="0"/>
       <c r="K577" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L577" s="0"/>
     </row>
     <row r="578" spans="1:12" customHeight="1" ht="80">
       <c r="A578" s="0"/>
       <c r="B578" s="0" t="s">
-        <v>2151</v>
+        <v>2162</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>2152</v>
+        <v>2163</v>
       </c>
       <c r="D578" s="0" t="s">
-        <v>2153</v>
+        <v>2164</v>
       </c>
       <c r="E578" s="0" t="s">
-        <v>2052</v>
+        <v>2059</v>
       </c>
       <c r="F578" s="0" t="s">
-        <v>2070</v>
+        <v>2077</v>
       </c>
       <c r="G578" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H578" s="0" t="s">
         <v>334</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>2154</v>
+        <v>2165</v>
       </c>
       <c r="J578" s="0"/>
       <c r="K578" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L578" s="0"/>
     </row>
     <row r="579" spans="1:12" customHeight="1" ht="80">
       <c r="A579" s="0"/>
       <c r="B579" s="0" t="s">
-        <v>2155</v>
+        <v>2166</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>2156</v>
+        <v>2167</v>
       </c>
       <c r="D579" s="0" t="s">
-        <v>2157</v>
+        <v>2168</v>
       </c>
       <c r="E579" s="0" t="s">
-        <v>2052</v>
+        <v>1269</v>
       </c>
       <c r="F579" s="0" t="s">
-        <v>2070</v>
+        <v>2169</v>
       </c>
       <c r="G579" s="0" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="H579" s="0" t="s">
-        <v>334</v>
+        <v>26</v>
       </c>
       <c r="I579" s="1" t="s">
-        <v>2158</v>
+        <v>2170</v>
       </c>
       <c r="J579" s="0"/>
       <c r="K579" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L579" s="0"/>
     </row>
     <row r="580" spans="1:12" customHeight="1" ht="80">
       <c r="A580" s="0"/>
       <c r="B580" s="0" t="s">
-        <v>2159</v>
+        <v>2171</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>2160</v>
+        <v>2172</v>
       </c>
       <c r="D580" s="0" t="s">
-        <v>2161</v>
+        <v>2173</v>
       </c>
       <c r="E580" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F580" s="0" t="s">
-        <v>2162</v>
+        <v>1435</v>
       </c>
       <c r="G580" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H580" s="0" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>2163</v>
+        <v>2174</v>
       </c>
       <c r="J580" s="0"/>
       <c r="K580" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L580" s="0"/>
     </row>
     <row r="581" spans="1:12" customHeight="1" ht="80">
       <c r="A581" s="0"/>
       <c r="B581" s="0" t="s">
-        <v>2164</v>
+        <v>2175</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>2165</v>
+        <v>2176</v>
       </c>
       <c r="D581" s="0" t="s">
-        <v>2166</v>
+        <v>2177</v>
       </c>
       <c r="E581" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F581" s="0" t="s">
-        <v>1430</v>
+        <v>2169</v>
       </c>
       <c r="G581" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H581" s="0" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>2167</v>
+        <v>2178</v>
       </c>
       <c r="J581" s="0"/>
       <c r="K581" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L581" s="0"/>
     </row>
     <row r="582" spans="1:12" customHeight="1" ht="80">
       <c r="A582" s="0"/>
       <c r="B582" s="0" t="s">
-        <v>2168</v>
+        <v>2179</v>
       </c>
       <c r="C582" s="0" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D582" s="0" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E582" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F582" s="0" t="s">
         <v>2169</v>
       </c>
-      <c r="D582" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G582" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H582" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>2171</v>
+        <v>2182</v>
       </c>
       <c r="J582" s="0"/>
       <c r="K582" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L582" s="0"/>
     </row>
     <row r="583" spans="1:12" customHeight="1" ht="80">
       <c r="A583" s="0"/>
       <c r="B583" s="0" t="s">
-        <v>2172</v>
+        <v>2183</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>2173</v>
+        <v>2184</v>
       </c>
       <c r="D583" s="0" t="s">
-        <v>2174</v>
+        <v>2185</v>
       </c>
       <c r="E583" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F583" s="0" t="s">
-        <v>2162</v>
+        <v>1435</v>
       </c>
       <c r="G583" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H583" s="0" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>2175</v>
+        <v>2186</v>
       </c>
       <c r="J583" s="0"/>
       <c r="K583" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L583" s="0"/>
     </row>
     <row r="584" spans="1:12" customHeight="1" ht="80">
       <c r="A584" s="0"/>
       <c r="B584" s="0" t="s">
-        <v>2176</v>
+        <v>2187</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>2177</v>
+        <v>2188</v>
       </c>
       <c r="D584" s="0" t="s">
-        <v>2178</v>
+        <v>2189</v>
       </c>
       <c r="E584" s="0" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="F584" s="0" t="s">
-        <v>1430</v>
+        <v>2169</v>
       </c>
       <c r="G584" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H584" s="0" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>2179</v>
+        <v>2190</v>
       </c>
       <c r="J584" s="0"/>
       <c r="K584" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L584" s="0"/>
     </row>
     <row r="585" spans="1:12" customHeight="1" ht="80">
       <c r="A585" s="0"/>
       <c r="B585" s="0" t="s">
-        <v>2180</v>
+        <v>2191</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>2181</v>
+        <v>2192</v>
       </c>
       <c r="D585" s="0" t="s">
-        <v>2182</v>
+        <v>2193</v>
       </c>
       <c r="E585" s="0" t="s">
-        <v>1263</v>
-[...3 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="F585" s="0"/>
       <c r="G585" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="H585" s="0" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>2183</v>
+        <v>2194</v>
       </c>
       <c r="J585" s="0"/>
       <c r="K585" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L585" s="0"/>
     </row>
     <row r="586" spans="1:12" customHeight="1" ht="80">
       <c r="A586" s="0"/>
       <c r="B586" s="0" t="s">
-        <v>2184</v>
+        <v>2195</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>2185</v>
+        <v>2196</v>
       </c>
       <c r="D586" s="0" t="s">
-        <v>2186</v>
+        <v>2197</v>
       </c>
       <c r="E586" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F586" s="0"/>
       <c r="G586" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H586" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>2187</v>
+        <v>2198</v>
       </c>
       <c r="J586" s="0"/>
       <c r="K586" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L586" s="0"/>
     </row>
     <row r="587" spans="1:12" customHeight="1" ht="80">
       <c r="A587" s="0"/>
       <c r="B587" s="0" t="s">
-        <v>2188</v>
+        <v>2199</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>2189</v>
+        <v>2200</v>
       </c>
       <c r="D587" s="0" t="s">
-        <v>2190</v>
+        <v>2201</v>
       </c>
       <c r="E587" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F587" s="0"/>
       <c r="G587" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H587" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>2191</v>
+        <v>2202</v>
       </c>
       <c r="J587" s="0"/>
       <c r="K587" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="L587" s="0"/>
+      <c r="L587" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="588" spans="1:12" customHeight="1" ht="80">
       <c r="A588" s="0"/>
       <c r="B588" s="0" t="s">
-        <v>2192</v>
+        <v>2203</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>2193</v>
+        <v>2204</v>
       </c>
       <c r="D588" s="0" t="s">
-        <v>2194</v>
+        <v>2205</v>
       </c>
       <c r="E588" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F588" s="0"/>
       <c r="G588" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H588" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>2195</v>
+        <v>2206</v>
       </c>
       <c r="J588" s="0"/>
       <c r="K588" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L588" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="589" spans="1:12" customHeight="1" ht="80">
       <c r="A589" s="0"/>
       <c r="B589" s="0" t="s">
-        <v>2196</v>
+        <v>2207</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>2197</v>
+        <v>2208</v>
       </c>
       <c r="D589" s="0" t="s">
-        <v>2198</v>
+        <v>2209</v>
       </c>
       <c r="E589" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F589" s="0"/>
       <c r="G589" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H589" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>2199</v>
+        <v>2210</v>
       </c>
       <c r="J589" s="0"/>
       <c r="K589" s="0" t="s">
-        <v>28</v>
+        <v>1179</v>
       </c>
       <c r="L589" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="590" spans="1:12" customHeight="1" ht="80">
       <c r="A590" s="0"/>
       <c r="B590" s="0" t="s">
-        <v>2200</v>
+        <v>2211</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>2201</v>
+        <v>2212</v>
       </c>
       <c r="D590" s="0" t="s">
-        <v>2202</v>
+        <v>2213</v>
       </c>
       <c r="E590" s="0" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F590" s="0"/>
       <c r="G590" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H590" s="0" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>2203</v>
+        <v>2214</v>
       </c>
       <c r="J590" s="0"/>
       <c r="K590" s="0" t="s">
-        <v>505</v>
+        <v>28</v>
       </c>
       <c r="L590" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="591" spans="1:12" customHeight="1" ht="80">
       <c r="A591" s="0"/>
       <c r="B591" s="0" t="s">
-        <v>2204</v>
+        <v>2215</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>2205</v>
-[...2 lines deleted...]
-        <v>2206</v>
+        <v>2216</v>
+      </c>
+      <c r="D591" s="0">
+        <v>82252</v>
       </c>
       <c r="E591" s="0" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="F591" s="0"/>
+        <v>365</v>
+      </c>
+      <c r="F591" s="0" t="s">
+        <v>2217</v>
+      </c>
       <c r="G591" s="0" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="H591" s="0" t="s">
-        <v>535</v>
+        <v>108</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>2207</v>
+        <v>2218</v>
       </c>
       <c r="J591" s="0"/>
       <c r="K591" s="0" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="L591" s="0"/>
     </row>
     <row r="592" spans="1:12" customHeight="1" ht="80">
       <c r="A592" s="0"/>
       <c r="B592" s="0" t="s">
-        <v>2208</v>
+        <v>2219</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>2209</v>
+        <v>2220</v>
       </c>
       <c r="D592" s="0">
-        <v>82252</v>
+        <v>82250</v>
       </c>
       <c r="E592" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F592" s="0" t="s">
-        <v>2210</v>
+        <v>2217</v>
       </c>
       <c r="G592" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H592" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I592" s="1" t="s">
-        <v>2211</v>
+        <v>2221</v>
       </c>
       <c r="J592" s="0"/>
       <c r="K592" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L592" s="0"/>
     </row>
     <row r="593" spans="1:12" customHeight="1" ht="80">
       <c r="A593" s="0"/>
       <c r="B593" s="0" t="s">
-        <v>2212</v>
+        <v>2222</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>2213</v>
+        <v>2223</v>
       </c>
       <c r="D593" s="0">
-        <v>82250</v>
+        <v>82253</v>
       </c>
       <c r="E593" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F593" s="0" t="s">
-        <v>2210</v>
+        <v>2217</v>
       </c>
       <c r="G593" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H593" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>2214</v>
+        <v>2224</v>
       </c>
       <c r="J593" s="0"/>
       <c r="K593" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L593" s="0"/>
     </row>
     <row r="594" spans="1:12" customHeight="1" ht="80">
       <c r="A594" s="0"/>
       <c r="B594" s="0" t="s">
-        <v>2215</v>
+        <v>2225</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="D594" s="0">
-        <v>82253</v>
+        <v>82251</v>
       </c>
       <c r="E594" s="0" t="s">
         <v>365</v>
       </c>
       <c r="F594" s="0" t="s">
-        <v>2210</v>
+        <v>2217</v>
       </c>
       <c r="G594" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="H594" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I594" s="1" t="s">
-        <v>2217</v>
+        <v>2227</v>
       </c>
       <c r="J594" s="0"/>
       <c r="K594" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L594" s="0"/>
     </row>
     <row r="595" spans="1:12" customHeight="1" ht="80">
-      <c r="A595" s="0"/>
       <c r="B595" s="0" t="s">
-        <v>2218</v>
+        <v>2228</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>2219</v>
-[...2 lines deleted...]
-        <v>82251</v>
+        <v>2229</v>
+      </c>
+      <c r="D595" s="0" t="s">
+        <v>2230</v>
       </c>
       <c r="E595" s="0" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>1195</v>
+      </c>
+      <c r="F595" s="0"/>
       <c r="G595" s="0" t="s">
-        <v>62</v>
+        <v>1196</v>
       </c>
       <c r="H595" s="0" t="s">
-        <v>108</v>
+        <v>1427</v>
       </c>
       <c r="I595" s="1" t="s">
-        <v>2220</v>
+        <v>2231</v>
       </c>
       <c r="J595" s="0"/>
       <c r="K595" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L595" s="0"/>
+    </row>
+    <row r="596" spans="1:12" customHeight="1" ht="80">
+      <c r="B596" s="0" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C596" s="0" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D596" s="0" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E596" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="F596" s="0"/>
+      <c r="G596" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H596" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="I596" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="J596" s="0"/>
+      <c r="K596" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L596" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="597" spans="1:12" customHeight="1" ht="80">
+      <c r="B597" s="0" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C597" s="0" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D597" s="0" t="s">
+        <v>2238</v>
+      </c>
+      <c r="E597" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="F597" s="0"/>
+      <c r="G597" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H597" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="I597" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="J597" s="0"/>
+      <c r="K597" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L597" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="598" spans="1:12" customHeight="1" ht="80">
+      <c r="B598" s="0" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C598" s="0" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D598" s="0" t="s">
+        <v>2241</v>
+      </c>
+      <c r="E598" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="F598" s="0"/>
+      <c r="G598" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H598" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="I598" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="J598" s="0"/>
+      <c r="K598" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L598" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="599" spans="1:12" customHeight="1" ht="80">
+      <c r="B599" s="0" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C599" s="0" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D599" s="0" t="s">
+        <v>2245</v>
+      </c>
+      <c r="E599" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="F599" s="0"/>
+      <c r="G599" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H599" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="I599" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="J599" s="0"/>
+      <c r="K599" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L599" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="600" spans="1:12" customHeight="1" ht="80">
+      <c r="B600" s="0" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C600" s="0" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D600" s="0">
+        <v>425232930</v>
+      </c>
+      <c r="E600" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F600" s="0"/>
+      <c r="G600" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H600" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="I600" s="1" t="s">
+        <v>2249</v>
+      </c>
+      <c r="J600" s="0"/>
+      <c r="K600" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L600" s="0"/>
+    </row>
+    <row r="601" spans="1:12" customHeight="1" ht="80">
+      <c r="B601" s="0" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C601" s="0" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D601" s="0">
+        <v>425233130</v>
+      </c>
+      <c r="E601" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F601" s="0"/>
+      <c r="G601" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H601" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="I601" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="J601" s="0"/>
+      <c r="K601" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L601" s="0"/>
+    </row>
+    <row r="602" spans="1:12" customHeight="1" ht="80">
+      <c r="B602" s="0" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C602" s="0" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D602" s="0">
+        <v>425232830</v>
+      </c>
+      <c r="E602" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F602" s="0"/>
+      <c r="G602" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H602" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="I602" s="1" t="s">
+        <v>2255</v>
+      </c>
+      <c r="J602" s="0"/>
+      <c r="K602" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L602" s="0"/>
+    </row>
+    <row r="603" spans="1:12" customHeight="1" ht="80">
+      <c r="B603" s="0" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C603" s="0" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D603" s="0">
+        <v>425233230</v>
+      </c>
+      <c r="E603" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F603" s="0"/>
+      <c r="G603" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H603" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="I603" s="1" t="s">
+        <v>2258</v>
+      </c>
+      <c r="J603" s="0"/>
+      <c r="K603" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L603" s="0"/>
+    </row>
+    <row r="604" spans="1:12" customHeight="1" ht="80">
+      <c r="B604" s="0" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C604" s="0" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D604" s="0">
+        <v>425233030</v>
+      </c>
+      <c r="E604" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="F604" s="0"/>
+      <c r="G604" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H604" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="I604" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="J604" s="0"/>
+      <c r="K604" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="L604" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -44160,50 +44517,59 @@
     <hyperlink ref="B571" r:id="rId_hyperlink_570"/>
     <hyperlink ref="B572" r:id="rId_hyperlink_571"/>
     <hyperlink ref="B573" r:id="rId_hyperlink_572"/>
     <hyperlink ref="B574" r:id="rId_hyperlink_573"/>
     <hyperlink ref="B575" r:id="rId_hyperlink_574"/>
     <hyperlink ref="B576" r:id="rId_hyperlink_575"/>
     <hyperlink ref="B577" r:id="rId_hyperlink_576"/>
     <hyperlink ref="B578" r:id="rId_hyperlink_577"/>
     <hyperlink ref="B579" r:id="rId_hyperlink_578"/>
     <hyperlink ref="B580" r:id="rId_hyperlink_579"/>
     <hyperlink ref="B581" r:id="rId_hyperlink_580"/>
     <hyperlink ref="B582" r:id="rId_hyperlink_581"/>
     <hyperlink ref="B583" r:id="rId_hyperlink_582"/>
     <hyperlink ref="B584" r:id="rId_hyperlink_583"/>
     <hyperlink ref="B585" r:id="rId_hyperlink_584"/>
     <hyperlink ref="B586" r:id="rId_hyperlink_585"/>
     <hyperlink ref="B587" r:id="rId_hyperlink_586"/>
     <hyperlink ref="B588" r:id="rId_hyperlink_587"/>
     <hyperlink ref="B589" r:id="rId_hyperlink_588"/>
     <hyperlink ref="B590" r:id="rId_hyperlink_589"/>
     <hyperlink ref="B591" r:id="rId_hyperlink_590"/>
     <hyperlink ref="B592" r:id="rId_hyperlink_591"/>
     <hyperlink ref="B593" r:id="rId_hyperlink_592"/>
     <hyperlink ref="B594" r:id="rId_hyperlink_593"/>
     <hyperlink ref="B595" r:id="rId_hyperlink_594"/>
+    <hyperlink ref="B596" r:id="rId_hyperlink_595"/>
+    <hyperlink ref="B597" r:id="rId_hyperlink_596"/>
+    <hyperlink ref="B598" r:id="rId_hyperlink_597"/>
+    <hyperlink ref="B599" r:id="rId_hyperlink_598"/>
+    <hyperlink ref="B600" r:id="rId_hyperlink_599"/>
+    <hyperlink ref="B601" r:id="rId_hyperlink_600"/>
+    <hyperlink ref="B602" r:id="rId_hyperlink_601"/>
+    <hyperlink ref="B603" r:id="rId_hyperlink_602"/>
+    <hyperlink ref="B604" r:id="rId_hyperlink_603"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>