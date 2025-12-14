--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="309">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -110,51 +110,51 @@
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>66559.00₸</t>
   </si>
   <si>
     <t>Нож янагиба для сашими «Масахиро»;сталь,пластик;,H=19,L=370/245,B=35мм;черный,металлич.</t>
   </si>
   <si>
     <t>04070320</t>
   </si>
   <si>
     <t>Kasumi</t>
   </si>
   <si>
     <t>Masahiro</t>
   </si>
   <si>
     <t>ЯПОНИЯ</t>
   </si>
   <si>
     <t>128590.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Нож деба для разделки рыбы;дерево;,L=350/210,B=55мм;бежев.,металлич.</t>
   </si>
   <si>
     <t>04070322</t>
   </si>
   <si>
     <t>16208б/ч</t>
   </si>
   <si>
     <t>140672.00₸</t>
   </si>
   <si>
     <t>Нож янагиба для суши,сашими «Масахиро»;сталь,дерево;,L=410/275,B=35мм;металлич.,черный</t>
   </si>
   <si>
     <t>04070325</t>
   </si>
   <si>
     <t>143990.00₸</t>
   </si>
   <si>
     <t>Нож для раздел. рыбы «Глория Люкс»;сталь;,L=275/150,B=45мм;черный,металлич.</t>
   </si>
@@ -443,53 +443,50 @@
   <si>
     <t>173204.00₸</t>
   </si>
   <si>
     <t>Нож кухонный деба «Глобал»;сталь нерж.;,L=18см;металлич.</t>
   </si>
   <si>
     <t>04071892</t>
   </si>
   <si>
     <t>142859.00₸</t>
   </si>
   <si>
     <t>Нож «Сантоку»;сталь;,L=13см</t>
   </si>
   <si>
     <t>04071941</t>
   </si>
   <si>
     <t>Hammer</t>
   </si>
   <si>
     <t>172865.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож кухонный «Японский шеф»;сталь;,L=18см</t>
   </si>
   <si>
     <t>04071942</t>
   </si>
   <si>
     <t>227150.00₸</t>
   </si>
   <si>
     <t>Нож кухонный;сталь нерж.,дерево;,L=165/290,B=40мм;металлич.,черный</t>
   </si>
   <si>
     <t>04072456</t>
   </si>
   <si>
     <t>Tora</t>
   </si>
   <si>
     <t>68376.00₸</t>
   </si>
   <si>
     <t>Нож кухонный «Шеф»;сталь нерж.,дерево;,L=305/160,B=40мм;металлич.,черный</t>
   </si>
   <si>
     <t>04072457</t>
@@ -641,59 +638,50 @@
   <si>
     <t>04072474</t>
   </si>
   <si>
     <t>SRP200</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>15531.00₸</t>
   </si>
   <si>
     <t>Нож кухонный «Токио» односторонняя заточка;сталь нерж.,пластик;,L=285/150,B=47мм</t>
   </si>
   <si>
     <t>04072475</t>
   </si>
   <si>
     <t>SRP300</t>
   </si>
   <si>
     <t>19343.00₸</t>
   </si>
   <si>
-    <t>Нож кухонный «Токио» двусторонняя заточка;сталь нерж.,пластик;,L=300/180,B=42мм</t>
-[...7 lines deleted...]
-  <si>
     <t>Нож кухонный «Токио» односторонняя заточка;сталь нерж.,пластик;,L=220/105,B=35мм</t>
   </si>
   <si>
     <t>04072478</t>
   </si>
   <si>
     <t>SRP301</t>
   </si>
   <si>
     <t>14423.00₸</t>
   </si>
   <si>
     <t>Нож кухонный «Токио» двусторонняя заточка;сталь нерж.,пластик;,L=235/120,B=25мм</t>
   </si>
   <si>
     <t>04072479</t>
   </si>
   <si>
     <t>SRP700</t>
   </si>
   <si>
     <t>12613.00₸</t>
   </si>
   <si>
     <t>Нож кухонный «Осака» односторонняя заточка;сталь нерж.,полиоксиметилен;,L=23,5/12см</t>
@@ -813,50 +801,53 @@
     <t>53577.00₸</t>
   </si>
   <si>
     <t>Нож кухонный «Нара» односторонняя заточка;сталь нерж.,дерево;,L=34/21,B=3см;металлич.,тем.дерево</t>
   </si>
   <si>
     <t>04072805</t>
   </si>
   <si>
     <t>SRHM400</t>
   </si>
   <si>
     <t>48618.00₸</t>
   </si>
   <si>
     <t>Нож кухонный «Нара» односторонняя заточка;сталь нерж.,дерево;,L=220/105,B=36мм;металлич.,тем.дерево</t>
   </si>
   <si>
     <t>04072806</t>
   </si>
   <si>
     <t>SRHM301</t>
   </si>
   <si>
     <t>39625.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Нож кухонный «Нара»;сталь нерж.,дерево;,L=240/120,B=23мм;металлич.,тем.дерево</t>
   </si>
   <si>
     <t>04072807</t>
   </si>
   <si>
     <t>SRHM700</t>
   </si>
   <si>
     <t>39178.00₸</t>
   </si>
   <si>
     <t>Нож универсальный;сталь нерж.;,L=12см</t>
   </si>
   <si>
     <t>04072811</t>
   </si>
   <si>
     <t>Masterpiece</t>
   </si>
   <si>
     <t>Нож «Шеф»;сталь нерж.;,L=20см</t>
   </si>
@@ -1009,51 +1000,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD4-424E-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E51-696C-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00BDFE3D-E3D4-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D181D-424E-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00BDFE3B-E3D4-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8D8-424F-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85F17210-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E52-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3017331D-4250-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71B8DB2D-EA57-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E57-696C-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00BDFE3A-E3D4-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E54-696C-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E53-696C-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30DA-696C-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0B41B6-EA57-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255EA-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5F2F9AE-EA57-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E56-696C-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B1E-E3D4-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B31A-E3D4-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B319-E3D4-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5C4-4252-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F97-4252-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F98-4252-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B64-4252-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6073-4251-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324E0651-E3D4-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2265-4251-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D226A-4251-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F99-4252-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5F2F9AF-EA57-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83DB26C3-EA57-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31F-E3D4-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2AC3423-4254-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B1F-E3D4-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B24-E3D4-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B1D-E3D4-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B26-E3D4-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B23-E3D4-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B21-E3D4-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B318-E3D4-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B25-E3D4-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272C2-925C-11EB-BBEF-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BF-925C-11EB-BBEF-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272C1-925C-11EB-BBEF-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272C0-925C-11EB-BBEF-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD563AA-925C-11EB-BBEF-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80235-925C-11EB-BBEF-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80233-925C-11EB-BBEF-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DC5DDB2-C5EA-11EB-BBF1-005056926DAF51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80234-925C-11EB-BBEF-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80237-925C-11EB-BBEF-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B8023C-925C-11EB-BBEF-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B8023B-925C-11EB-BBEF-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80238-925C-11EB-BBEF-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DC5DDB3-C5EA-11EB-BBF1-005056926DAF57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B8023A-925C-11EB-BBEF-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80239-925C-11EB-BBEF-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BA-925C-11EB-BBEF-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD198-21C4-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BD-925C-11EB-BBEF-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BC-925C-11EB-BBEF-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD24A-21C4-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BB-925C-11EB-BBEF-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00BDFE3E-E3D4-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71173F2A-4856-11EB-BBDF-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D4272D3-85B2-11EB-BBEF-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D4272D2-85B2-11EB-BBEF-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D4272D1-85B2-11EB-BBEF-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30E3E134-F3D8-11EC-BBFA-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C825B09D-E27C-11ED-BC09-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22E9369-E27C-11ED-BC09-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22E96A1-E27C-11ED-BC09-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22E95CB-E27C-11ED-BC09-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C825B185-E27C-11ED-BC09-005056921CC476.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BD4-424E-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E51-696C-11EC-BBF7-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00BDFE3D-E3D4-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D181D-424E-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00BDFE3B-E3D4-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8D8-424F-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85F17210-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E52-696C-11EC-BBF7-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3017331D-4250-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71B8DB2D-EA57-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E57-696C-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00BDFE3A-E3D4-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E54-696C-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E53-696C-11EC-BBF7-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBB30DA-696C-11EC-BBF7-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A0B41B6-EA57-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255EA-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5F2F9AE-EA57-11EB-BBF2-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6CF96E56-696C-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B1E-E3D4-11EB-BBF2-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B31A-E3D4-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B319-E3D4-11EB-BBF2-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5C4-4252-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F97-4252-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F98-4252-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B64-4252-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6073-4251-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324E0651-E3D4-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D2265-4251-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D226A-4251-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F99-4252-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5F2F9AF-EA57-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83DB26C3-EA57-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378C31F-E3D4-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2AC3423-4254-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B1F-E3D4-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B24-E3D4-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B1D-E3D4-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B26-E3D4-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B23-E3D4-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B21-E3D4-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC4B318-E3D4-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19868B25-E3D4-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272C2-925C-11EB-BBEF-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BF-925C-11EB-BBEF-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272C1-925C-11EB-BBEF-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272C0-925C-11EB-BBEF-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFD563AA-925C-11EB-BBEF-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80235-925C-11EB-BBEF-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80233-925C-11EB-BBEF-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80234-925C-11EB-BBEF-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80237-925C-11EB-BBEF-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B8023C-925C-11EB-BBEF-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B8023B-925C-11EB-BBEF-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80238-925C-11EB-BBEF-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7DC5DDB3-C5EA-11EB-BBF1-005056926DAF56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B8023A-925C-11EB-BBEF-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3B80239-925C-11EB-BBEF-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BA-925C-11EB-BBEF-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD198-21C4-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BD-925C-11EB-BBEF-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BC-925C-11EB-BBEF-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F3DD24A-21C4-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9D272BB-925C-11EB-BBEF-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00BDFE3E-E3D4-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71173F2A-4856-11EB-BBDF-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D4272D3-85B2-11EB-BBEF-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D4272D2-85B2-11EB-BBEF-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D4272D1-85B2-11EB-BBEF-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30E3E134-F3D8-11EC-BBFA-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C825B09D-E27C-11ED-BC09-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22E9369-E27C-11ED-BC09-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22E96A1-E27C-11ED-BC09-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22E95CB-E27C-11ED-BC09-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C825B185-E27C-11ED-BC09-005056921CC475.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3251,80 +3242,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3583,62 +3544,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yaponskiy-shef-felix-04070317/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yaponskiy-shef-paderno-04070319/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sashimi-kasumi-04070320/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-kasumi-04070322/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-kasumi-04070325/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-d-razdel-ryby-felix-04070328/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-paderno-04070333/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-paderno-04070334/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-matfer-04070340/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-takohiki-d-moreproduktov-paderno-04070350/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-takohiki-d-moreproduktov-paderno-04070351/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-paderno-04070352/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-paderno-04070353/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-paderno-04070354/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-paderno-04070355/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-paderno-04070356/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-04070361/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-d-vostochnoy-kuhni-s-uglubleniyami-paderno-04070371/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-usuba-dlya-ovoschey-paderno-04070486/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-universalnyy-kasumi-04071220/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-shef-kasumi-04071224/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-shef-kasumi-04071226/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-ovoschey-matfer-04071753/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-ovoschey-riflenyy-matfer-04071761/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-ovoschey-matfer-04071762/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-chistki-ovoschey-kasumi-04071769/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yaponskiy-shef-victorinox-04071815/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-myasa-matfer-04071826/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-matfer-04071828/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-myasa-i-ryby-matfer-04071831/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-deba-matfer-04071892/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04071941/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04071942/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072456/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072457/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-slayser-kasumi-04072458/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-d-ovoschey-kasumi-04072459/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-universalnyy-kasumi-04072460/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072461/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-d-sashimi-kasumi-04072462/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-d-sashimi-kasumi-04072463/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072464/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072465/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072467/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072468/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072470/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072471/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072472/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072474/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072475/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072477/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072478/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072479/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072480/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072481/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072482/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072483/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072484/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072485/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072802/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072803/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072804/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072805/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072806/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072807/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-universalnyy-kasumi-04072811/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04072812/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04072814/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04072815/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04072816/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-dlya-sashimi-matfer-04072817/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-povarskoy-sumicama-cutlery-04073525/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sumicama-cutlery-04073527/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-povarskoy-sumicama-cutlery-04073528/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-povarskoy-sumicama-cutlery-04073529/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-povarskoy-sumicama-cutlery-04073530/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yaponskiy-shef-felix-04070317/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yaponskiy-shef-paderno-04070319/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sashimi-kasumi-04070320/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-kasumi-04070322/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-kasumi-04070325/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-d-razdel-ryby-felix-04070328/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-paderno-04070333/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-paderno-04070334/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-matfer-04070340/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-takohiki-d-moreproduktov-paderno-04070350/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-takohiki-d-moreproduktov-paderno-04070351/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-paderno-04070352/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-paderno-04070353/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-d-sushi-sashimi-paderno-04070354/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-paderno-04070355/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-paderno-04070356/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-deba-d-razdelki-ryby-04070361/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-d-vostochnoy-kuhni-s-uglubleniyami-paderno-04070371/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-usuba-dlya-ovoschey-paderno-04070486/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-universalnyy-kasumi-04071220/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-shef-kasumi-04071224/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-shef-kasumi-04071226/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-ovoschey-matfer-04071753/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-ovoschey-riflenyy-matfer-04071761/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-ovoschey-matfer-04071762/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-chistki-ovoschey-kasumi-04071769/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yaponskiy-shef-victorinox-04071815/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-myasa-matfer-04071826/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-matfer-04071828/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-dlya-myasa-i-ryby-matfer-04071831/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-deba-matfer-04071892/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04071941/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04071942/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072456/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072457/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-slayser-kasumi-04072458/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-d-ovoschey-kasumi-04072459/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-universalnyy-kasumi-04072460/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072461/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-d-sashimi-kasumi-04072462/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-d-sashimi-kasumi-04072463/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072464/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-kasumi-04072465/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072467/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072468/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072470/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072471/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072472/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072474/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072475/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072478/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072479/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072480/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072481/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072482/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072483/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072484/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072485/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072802/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072803/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072804/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072805/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072806/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sekiryu-04072807/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-universalnyy-kasumi-04072811/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04072812/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04072814/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04072815/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kasumi-04072816/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-yanagiba-dlya-sashimi-matfer-04072817/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-povarskoy-sumicama-cutlery-04073525/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-kuhonnyy-sumicama-cutlery-04073527/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-povarskoy-sumicama-cutlery-04073528/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-povarskoy-sumicama-cutlery-04073529/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://karaganda.complex-bar.kz/product/nozh-povarskoy-sumicama-cutlery-04073530/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L77"/>
+  <dimension ref="A1:L76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I77" sqref="I77"/>
+      <selection activeCell="I76" sqref="I76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4677,1539 +4638,1505 @@
         <v>138</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D33" s="0">
         <v>74013</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>140</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D34" s="0">
         <v>74018</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>140</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D35" s="0">
         <v>36841</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D36" s="0">
         <v>36842</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D37" s="0">
         <v>36843</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="D38" s="0">
         <v>36844</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D39" s="0">
         <v>36845</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D40" s="0">
         <v>36847</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="D41" s="0">
         <v>36848</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D42" s="0">
         <v>36849</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="D43" s="0">
         <v>36850</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="D44" s="0">
         <v>36851</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="E45" s="0" t="s">
+      <c r="F45" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="F46" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="L46" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="F47" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="D48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="F48" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="D49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="F49" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="E50" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="F50" s="0" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="D51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="L51" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="D52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>214</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>217</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>18</v>
+        <v>220</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="L55" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>227</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>228</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>224</v>
+        <v>186</v>
       </c>
       <c r="L56" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>232</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>234</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>235</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>236</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="L58" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>238</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>239</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>240</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>243</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>222</v>
+        <v>244</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>18</v>
+        <v>220</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>249</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>252</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>253</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>224</v>
+        <v>186</v>
       </c>
       <c r="L62" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>255</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>256</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>259</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>260</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>261</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="D66" s="0" t="s">
         <v>268</v>
       </c>
+      <c r="D66" s="0">
+        <v>92012</v>
+      </c>
       <c r="E66" s="0" t="s">
-        <v>180</v>
+        <v>27</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>248</v>
+        <v>269</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>269</v>
+        <v>101</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L66" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>271</v>
       </c>
       <c r="D67" s="0">
-        <v>92012</v>
+        <v>98020</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L67" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="L67" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>98020</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="F68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>104</v>
+        <v>275</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>142</v>
+        <v>18</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>18</v>
+        <v>284</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>286</v>
+      </c>
+      <c r="D71" s="0">
+        <v>120223</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="F71" s="0"/>
+        <v>53</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>54</v>
+      </c>
       <c r="G71" s="0" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>287</v>
+        <v>18</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="D72" s="0">
-        <v>120223</v>
+      <c r="D72" s="0" t="s">
+        <v>290</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>53</v>
+        <v>291</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>54</v>
+        <v>292</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="E73" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="F73" s="0" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>295</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>18</v>
+        <v>284</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>300</v>
+        <v>169</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>287</v>
+        <v>18</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>302</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>303</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>170</v>
+        <v>304</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L76" s="0">
-        <v>1</v>
-[...32 lines deleted...]
-      <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -6247,51 +6174,50 @@
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
-    <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>