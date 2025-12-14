--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -95,51 +95,51 @@
   <si>
     <t>20444.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Сито с ручкой;сталь нерж.;D=10,L=23см;стальной</t>
   </si>
   <si>
     <t>02030847</t>
   </si>
   <si>
     <t>11.06.10</t>
   </si>
   <si>
     <t>Metaltex</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>2118.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Дуршлаг;сталь нерж.,пластик;D=23,H=10,L=56,B=24см;металлич.,черный</t>
   </si>
   <si>
     <t>04030151</t>
   </si>
   <si>
     <t>12633-23</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>28845.00₸</t>
   </si>
   <si>
     <t>Дуршлаг;сталь нерж.,пластик;D=18,H=9,L=40,B=18см;металлич.,черный</t>
   </si>
   <si>
     <t>04030163</t>
   </si>
   <si>
     <t>12633-18</t>
   </si>
@@ -335,53 +335,50 @@
   <si>
     <t>04030361</t>
   </si>
   <si>
     <t>14310240IVV</t>
   </si>
   <si>
     <t>18704.00₸</t>
   </si>
   <si>
     <t>Дуршлаг двойн.сетка;сталь нерж.;D=30,H=13,5,L=78см</t>
   </si>
   <si>
     <t>04030362</t>
   </si>
   <si>
     <t>14310300IVV</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>33873.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Дуршлаг двойн.сетка;сталь нерж.;D=26,H=11,L=59,5см</t>
   </si>
   <si>
     <t>04030365</t>
   </si>
   <si>
     <t>14310260IVV</t>
   </si>
   <si>
     <t>21260.00₸</t>
   </si>
   <si>
     <t>Сито;сталь нерж.;D=30,H=8см</t>
   </si>
   <si>
     <t>04030372</t>
   </si>
   <si>
     <t>12604-30</t>
   </si>
   <si>
     <t>Сита для муки</t>
   </si>
   <si>
     <t>23470.00₸</t>
@@ -422,891 +419,891 @@
   <si>
     <t>Сито для муки р-р ячейки 1.0*1.0;сталь нерж.;D=300,H=85мм;металлич.</t>
   </si>
   <si>
     <t>04140808</t>
   </si>
   <si>
     <t>509055-30</t>
   </si>
   <si>
     <t>25387.00₸</t>
   </si>
   <si>
     <t>Сито для муки р-р ячейки 1,5*1,0;сталь нерж.;D=300,H=85мм;металлич.</t>
   </si>
   <si>
     <t>04140809</t>
   </si>
   <si>
     <t>509056-30</t>
   </si>
   <si>
     <t>25973.00₸</t>
   </si>
   <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Сито для муки р-р ячейки 2,0*2,0;сталь нерж.;D=300,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140810</t>
+  </si>
+  <si>
+    <t>509057-30</t>
+  </si>
+  <si>
+    <t>23079.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Сито для муки р-р ячейки 2,0*2,0;сталь нерж.;D=300,H=85мм;металлич.</t>
-[...8 lines deleted...]
-    <t>23079.00₸</t>
+    <t>Сито для муки ячейки 0,5*0,5мм;сталь нерж.;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140814</t>
+  </si>
+  <si>
+    <t>14000300IVV</t>
+  </si>
+  <si>
+    <t>23821.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140816</t>
+  </si>
+  <si>
+    <t>14020200IVV</t>
+  </si>
+  <si>
+    <t>10808.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140817</t>
+  </si>
+  <si>
+    <t>14020300IVV</t>
+  </si>
+  <si>
+    <t>25445.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки ячейки 1*1мм;сталь нерж.;D=35см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140818</t>
+  </si>
+  <si>
+    <t>14020350IVV</t>
+  </si>
+  <si>
+    <t>36995.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Сито для муки;сталь нерж.;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140819</t>
+  </si>
+  <si>
+    <t>14040300IVV</t>
+  </si>
+  <si>
+    <t>31185.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=8,H=5,L=23см;металлич.</t>
+  </si>
+  <si>
+    <t>04140821</t>
+  </si>
+  <si>
+    <t>41931-08</t>
+  </si>
+  <si>
+    <t>9710.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=140,H=95,L=315,B=130мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140822</t>
+  </si>
+  <si>
+    <t>41931-14</t>
+  </si>
+  <si>
+    <t>16132.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=16,H=12,5,L=35,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04140823</t>
+  </si>
+  <si>
+    <t>41931-16</t>
+  </si>
+  <si>
+    <t>19720.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=18,H=14,L=36,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04140824</t>
+  </si>
+  <si>
+    <t>41931-18</t>
+  </si>
+  <si>
+    <t>26127.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=21,H=19,L=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04140825</t>
+  </si>
+  <si>
+    <t>11932-20</t>
+  </si>
+  <si>
+    <t>57573.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=25,H=53,L=56,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04140826</t>
+  </si>
+  <si>
+    <t>11932-24</t>
+  </si>
+  <si>
+    <t>68708.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=25,H=22,L=48см;металлич.</t>
+  </si>
+  <si>
+    <t>04140827</t>
+  </si>
+  <si>
+    <t>11929-24</t>
+  </si>
+  <si>
+    <t>57442.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.;D=20,H=17,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04140828</t>
+  </si>
+  <si>
+    <t>11929-20</t>
+  </si>
+  <si>
+    <t>50281.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=16,H=6,L=38см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140829</t>
+  </si>
+  <si>
+    <t>12622-16</t>
+  </si>
+  <si>
+    <t>14692.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=18,H=6,L=40см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140830</t>
+  </si>
+  <si>
+    <t>12622-18</t>
+  </si>
+  <si>
+    <t>16548.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=200,H=70,L=425мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140831</t>
+  </si>
+  <si>
+    <t>12622-20</t>
+  </si>
+  <si>
+    <t>16671.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=230,H=73,L=560,B=260мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140832</t>
+  </si>
+  <si>
+    <t>12622-23</t>
+  </si>
+  <si>
+    <t>27420.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=260,H=75,L=580мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140833</t>
+  </si>
+  <si>
+    <t>12622-26</t>
+  </si>
+  <si>
+    <t>37884.00₸</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.;D=7,H=2,L=20см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140834</t>
+  </si>
+  <si>
+    <t>12622-07</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Сито мелкая сетка;сталь нерж.,абс-пластик;D=10,H=4,L=23см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04140835</t>
+  </si>
+  <si>
+    <t>12622-10</t>
+  </si>
+  <si>
+    <t>8979.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь;D=18,H=10,L=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04140847</t>
+  </si>
+  <si>
+    <t>JQ-W247</t>
+  </si>
+  <si>
+    <t>1201.00₸</t>
+  </si>
+  <si>
+    <t>Сито-дозатор для муки;сталь нерж.;D=12,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140858</t>
+  </si>
+  <si>
+    <t>42607-05</t>
+  </si>
+  <si>
+    <t>21591.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;сталь нерж.;D=34см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140859</t>
+  </si>
+  <si>
+    <t>12605-34</t>
+  </si>
+  <si>
+    <t>46670.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки «Проотель»  ячейки 1*1мм;сталь нерж.;D=40,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140860</t>
+  </si>
+  <si>
+    <t>SS40</t>
+  </si>
+  <si>
+    <t>41755.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=14,H=10,L=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04140861</t>
+  </si>
+  <si>
+    <t>SCS14</t>
+  </si>
+  <si>
+    <t>5635.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки «Проотель»  ячейки 1*1мм;сталь нерж.;D=21см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140862</t>
+  </si>
+  <si>
+    <t>SS21</t>
+  </si>
+  <si>
+    <t>5810.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=20,H=11,5,L=38,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04140863</t>
+  </si>
+  <si>
+    <t>SCS20</t>
+  </si>
+  <si>
+    <t>7798.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=18,H=12,5,L=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04140864</t>
+  </si>
+  <si>
+    <t>SCS18</t>
+  </si>
+  <si>
+    <t>6461.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=16,H=11,L=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04140865</t>
+  </si>
+  <si>
+    <t>SCS16</t>
+  </si>
+  <si>
+    <t>6265.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус «Проотель»;сталь нерж.;D=12,5,H=10,L=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04140866</t>
+  </si>
+  <si>
+    <t>SCS12</t>
+  </si>
+  <si>
+    <t>5110.00₸</t>
+  </si>
+  <si>
+    <t>Сито-конус;сталь нерж.,пластик;D=20,H=24,5,L=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04140867</t>
+  </si>
+  <si>
+    <t>017360</t>
+  </si>
+  <si>
+    <t>154385.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь;D=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04140868</t>
+  </si>
+  <si>
+    <t>12606-34</t>
+  </si>
+  <si>
+    <t>36545.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки «Проотель» (размер ячейки 1х1 мм);сталь нерж.;D=290,H=68мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140871</t>
+  </si>
+  <si>
+    <t>SS29</t>
+  </si>
+  <si>
+    <t>14350.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки «Проотель» ячейки 1*1мм;сталь нерж.;D=16см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140872</t>
+  </si>
+  <si>
+    <t>SS16</t>
+  </si>
+  <si>
+    <t>5250.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=70,H=25,L=170мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140873</t>
+  </si>
+  <si>
+    <t>020420</t>
+  </si>
+  <si>
+    <t>11035.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=200,H=77,L=395мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140874</t>
+  </si>
+  <si>
+    <t>0204261285 2270</t>
+  </si>
+  <si>
+    <t>37184.00₸</t>
+  </si>
+  <si>
+    <t>Ткань для процеживания сыра и соуса[5шт];хлопок;,L=87,B=70см;белый</t>
+  </si>
+  <si>
+    <t>04140877</t>
+  </si>
+  <si>
+    <t>017410</t>
+  </si>
+  <si>
+    <t>86872.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=160,H=66,L=340мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140878</t>
+  </si>
+  <si>
+    <t>020424</t>
+  </si>
+  <si>
+    <t>27905.00₸</t>
+  </si>
+  <si>
+    <t>Сито-дозатор для сахарной пудры;сталь нерж.;D=10,H=9см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140884</t>
+  </si>
+  <si>
+    <t>14150250IVV</t>
+  </si>
+  <si>
+    <t>11739.00₸</t>
+  </si>
+  <si>
+    <t>Сито для гренок;сталь нерж.;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04140885</t>
+  </si>
+  <si>
+    <t>12607-30</t>
+  </si>
+  <si>
+    <t>35975.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки р-р ячейки 0,23мм[3шт];сталь нерж.;,H=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04140886</t>
+  </si>
+  <si>
+    <t>56842.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;сталь нерж.,дерево;D=35см;серебрист.,бежев.</t>
+  </si>
+  <si>
+    <t>04140887</t>
+  </si>
+  <si>
+    <t>70063.00₸</t>
+  </si>
+  <si>
+    <t>Сито;металл,пластик;D=20,H=8,L=36,B=20см;металлич.</t>
+  </si>
+  <si>
+    <t>04140888</t>
+  </si>
+  <si>
+    <t>017318</t>
+  </si>
+  <si>
+    <t>13907.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;D=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04140889</t>
+  </si>
+  <si>
+    <t>071370</t>
+  </si>
+  <si>
+    <t>73027.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=100,H=35,L=220мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140897</t>
+  </si>
+  <si>
+    <t>020422</t>
+  </si>
+  <si>
+    <t>13668.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;нейлон,дерево;D=35см;бежев.</t>
+  </si>
+  <si>
+    <t>04140898</t>
+  </si>
+  <si>
+    <t>74298.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=7,L=18см;стальной</t>
+  </si>
+  <si>
+    <t>04145105</t>
+  </si>
+  <si>
+    <t>11.06.07</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=14,L=30см;стальной</t>
+  </si>
+  <si>
+    <t>04145106</t>
+  </si>
+  <si>
+    <t>11.06.14</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=18,L=34см;стальной</t>
+  </si>
+  <si>
+    <t>04145107</t>
+  </si>
+  <si>
+    <t>11.06.18</t>
+  </si>
+  <si>
+    <t>4774.00₸</t>
+  </si>
+  <si>
+    <t>Сито-дозатор для муки;сталь нерж.;1,1л;D=12,3,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>04145609</t>
+  </si>
+  <si>
+    <t>27312.00₸</t>
+  </si>
+  <si>
+    <t>Сито сетка 1.28мм;сталь нерж.;D=22см;металлич.</t>
+  </si>
+  <si>
+    <t>04145616</t>
+  </si>
+  <si>
+    <t>42073.00₸</t>
+  </si>
+  <si>
+    <t>Сито сетка 1.28мм;сталь нерж.;D=25см;металлич.</t>
+  </si>
+  <si>
+    <t>04145617</t>
+  </si>
+  <si>
+    <t>49804.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.,пластик;D=20,L=19,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04145621</t>
+  </si>
+  <si>
+    <t>017365</t>
+  </si>
+  <si>
+    <t>Exoglass</t>
+  </si>
+  <si>
+    <t>87480.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04145622</t>
+  </si>
+  <si>
+    <t>12635-35</t>
+  </si>
+  <si>
+    <t>82706.00₸</t>
+  </si>
+  <si>
+    <t>Сито для сахарной пудры;сталь нерж.,пластик;D=18,5см;серебрист.,серый</t>
+  </si>
+  <si>
+    <t>04145627</t>
+  </si>
+  <si>
+    <t>44414.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;D=26,L=28см</t>
+  </si>
+  <si>
+    <t>04145635</t>
+  </si>
+  <si>
+    <t>071372</t>
+  </si>
+  <si>
+    <t>79518.00₸</t>
+  </si>
+  <si>
+    <t>Сито с ручкой;сталь нерж.;D=30см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04145637</t>
+  </si>
+  <si>
+    <t>12635-30</t>
+  </si>
+  <si>
+    <t>69177.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;D=30,H=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04145640</t>
+  </si>
+  <si>
+    <t>12606-30</t>
+  </si>
+  <si>
+    <t>26565.00₸</t>
+  </si>
+  <si>
+    <t>Сито для муки;сталь нерж.;D=22,H=8см</t>
+  </si>
+  <si>
+    <t>04145644</t>
+  </si>
+  <si>
+    <t>12605-22</t>
+  </si>
+  <si>
+    <t>29784.00₸</t>
+  </si>
+  <si>
+    <t>Сито;сталь нерж.;,L=22/19,B=18см;металлич.</t>
+  </si>
+  <si>
+    <t>04145645</t>
+  </si>
+  <si>
+    <t>12630-22</t>
+  </si>
+  <si>
+    <t>14592.00₸</t>
+  </si>
+  <si>
+    <t>Сито коническое;сталь нерж.;D=20,H=15,L=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04145647</t>
+  </si>
+  <si>
+    <t>515420-03</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>52745.00₸</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Сито коническое;сталь нерж.;D=240,H=22,L=510мм;металлич.</t>
+  </si>
+  <si>
+    <t>04145648</t>
+  </si>
+  <si>
+    <t>515424-03</t>
+  </si>
+  <si>
+    <t>73150.00₸</t>
+  </si>
+  <si>
+    <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=70,H=30,L=185мм;черный</t>
+  </si>
+  <si>
+    <t>04145649</t>
+  </si>
+  <si>
+    <t>11.25.07</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=100,H=45,L=220мм;черный</t>
+  </si>
+  <si>
+    <t>04145650</t>
+  </si>
+  <si>
+    <t>11.25.10</t>
+  </si>
+  <si>
+    <t>Futura</t>
+  </si>
+  <si>
+    <t>3989.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=140,H=60,L=315мм;черный</t>
+  </si>
+  <si>
+    <t>04145651</t>
+  </si>
+  <si>
+    <t>11.25.14</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
   </si>
   <si>
     <t>7 шт.</t>
   </si>
   <si>
-    <t>Сито для муки ячейки 0,5*0,5мм;сталь нерж.;D=30см;серебрист.</t>
-[...793 lines deleted...]
-  <si>
     <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=180,H=65,L=380мм;черный</t>
   </si>
   <si>
     <t>04145652</t>
   </si>
   <si>
     <t>11.25.18</t>
   </si>
   <si>
     <t>8894.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Сито с пласт.ручкой;сталь нерж.,антиприг.покр.;D=20,H=8,L=39см;черный</t>
   </si>
   <si>
     <t>04145653</t>
   </si>
   <si>
     <t>11.25.20</t>
   </si>
   <si>
     <t>8932.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>21 шт.</t>
   </si>
   <si>
     <t>Сито для муки с 4 съемными сетками;сталь нерж.;D=21см;серебрист.</t>
   </si>
   <si>
     <t>04145659</t>
   </si>
   <si>
     <t>62771.00₸</t>
   </si>
   <si>
     <t>Сито (4 сьемные сетки);сталь нерж.;D=260,H=68мм</t>
   </si>
   <si>
     <t>04145665</t>
   </si>
   <si>
     <t>60646.00₸</t>
   </si>
   <si>
     <t>Сито;сталь нерж.;D=21,H=48см;металлич.</t>
   </si>
   <si>
     <t>509056-21</t>
   </si>
@@ -5424,913 +5421,913 @@
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>105</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="L24" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="D26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L26" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="D27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>149</v>
+        <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="D31" s="0" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="L31" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="L33" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="L43" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>19</v>
+        <v>156</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>19</v>
+        <v>218</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>221</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="L47" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>225</v>
       </c>
       <c r="E48" s="0"/>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
@@ -6348,108 +6345,108 @@
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>229</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>230</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>19</v>
+        <v>165</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>233</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>234</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>237</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>238</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>241</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>43</v>
@@ -6469,51 +6466,51 @@
         <v>60</v>
       </c>
       <c r="L52" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>244</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>245</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>246</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>247</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>248</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>249</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>43</v>
@@ -6636,1881 +6633,1881 @@
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>265</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>266</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>267</v>
+        <v>125</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="0"/>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L60" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="L61" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="D68" s="0">
         <v>115020</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="D69" s="0">
         <v>115006</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>149</v>
+        <v>165</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="D73" s="0">
         <v>115005</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>326</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="D74" s="0" t="s">
+      <c r="E74" s="0" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>331</v>
+        <v>165</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>336</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D77" s="0">
         <v>115060</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="D78" s="0">
         <v>115082</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D79" s="0">
         <v>115083</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>349</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="D81" s="0" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="D82" s="0">
         <v>115045</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0"/>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>361</v>
-      </c>
-[...4 lines deleted...]
-        <v>363</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>373</v>
-      </c>
-[...4 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>381</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="E88" s="0" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>384</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>26</v>
+        <v>385</v>
       </c>
       <c r="L88" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>387</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="D89" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="0" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="C90" s="0" t="s">
+      <c r="D90" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="D90" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>26</v>
+        <v>394</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>396</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>397</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>398</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>399</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>400</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>401</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>402</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>403</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>398</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>404</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>405</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>406</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>407</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>408</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>398</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>409</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>410</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>411</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>412</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>413</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>398</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>414</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>415</v>
+        <v>156</v>
       </c>
       <c r="L94" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="D95" s="0">
         <v>115015</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>19</v>
+        <v>165</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="D96" s="0">
         <v>115017</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>80</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>81</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="C97" s="0">
         <v>91000949</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="B98" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>425</v>
       </c>
-      <c r="C98" s="0" t="s">
+      <c r="D98" s="0" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="B99" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="B100" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>433</v>
       </c>
-      <c r="C100" s="0" t="s">
+      <c r="D100" s="0" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="0"/>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="B101" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>437</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="0"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="B102" s="0" t="s">
+        <v>440</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>441</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="B103" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="B104" s="0" t="s">
+        <v>448</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>449</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="B105" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>453</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="B106" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="B107" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>461</v>
       </c>
-      <c r="C107" s="0" t="s">
+      <c r="D107" s="0" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="B108" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="0"/>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="B109" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>469</v>
       </c>
-      <c r="C109" s="0" t="s">
+      <c r="D109" s="0" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="B110" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>473</v>
       </c>
-      <c r="C110" s="0" t="s">
+      <c r="D110" s="0" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0"/>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="B111" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>477</v>
       </c>
-      <c r="C111" s="0" t="s">
+      <c r="D111" s="0" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="B112" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>481</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="B113" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="B114" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>488</v>
       </c>
-      <c r="C114" s="0" t="s">
+      <c r="D114" s="0" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="B115" s="0" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="C115" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="D115" s="0" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L115" s="0"/>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="B116" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>495</v>
       </c>
-      <c r="C116" s="0" t="s">
+      <c r="D116" s="0" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="0"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="B117" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>499</v>
       </c>
-      <c r="C117" s="0" t="s">
+      <c r="D117" s="0" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>43</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>