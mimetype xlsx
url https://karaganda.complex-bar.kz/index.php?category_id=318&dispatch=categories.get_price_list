--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -122,51 +122,51 @@
   <si>
     <t>MA1014</t>
   </si>
   <si>
     <t>14392.00₸</t>
   </si>
   <si>
     <t>Форма для шоколада «Таблетка» [25 ячеек];поликарбонат;,H=26,L=275,B=175мм</t>
   </si>
   <si>
     <t>04140048</t>
   </si>
   <si>
     <t>MA1016</t>
   </si>
   <si>
     <t>Форма для шоколада «Свит2» [24 ячейки];поликарбонат;,H=26,L=275,B=175мм</t>
   </si>
   <si>
     <t>04140049</t>
   </si>
   <si>
     <t>MA1022</t>
   </si>
   <si>
-    <t>16940.00₸</t>
+    <t>18326.00₸</t>
   </si>
   <si>
     <t>Форма для шоколада «Свит3» [24 ячейки];поликарбонат;,H=26,L=275,B=175мм</t>
   </si>
   <si>
     <t>04140050</t>
   </si>
   <si>
     <t>MA1023</t>
   </si>
   <si>
     <t>20613.00₸</t>
   </si>
   <si>
     <t>Форма для шоколада «Груша» [18 ячеек];поликарбонат;,L=27,5,B=17,5см</t>
   </si>
   <si>
     <t>04140051</t>
   </si>
   <si>
     <t>MA1034</t>
   </si>
   <si>
     <t>Форма для шоколада «Грецкий орех» [18 ячеек];поликарбонат;,H=26,L=275,B=175мм</t>
   </si>
@@ -650,86 +650,92 @@
   <si>
     <t>04147361</t>
   </si>
   <si>
     <t>MA1530</t>
   </si>
   <si>
     <t>18711.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Форма для шоколада «Плитка» [3 ячейки];поликарбонат;,H=26,L=275,B=175мм;прозр.</t>
   </si>
   <si>
     <t>04147362</t>
   </si>
   <si>
     <t>MA2008</t>
   </si>
   <si>
     <t>18665.00₸</t>
   </si>
   <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
     <t>Форма для шоколада «Конус» [28 ячеек];поликарбонат;,H=58,5,L=275,B=175мм</t>
   </si>
   <si>
     <t>04147363</t>
   </si>
   <si>
     <t>MA4007</t>
   </si>
   <si>
     <t>23532.00₸</t>
   </si>
   <si>
     <t>Форма для шоколада «Полусфера» [24 ячейки];поликарбонат;,H=26,L=275,B=175мм</t>
   </si>
   <si>
     <t>04147364</t>
   </si>
   <si>
     <t>MA5000</t>
   </si>
   <si>
     <t>19528.00₸</t>
   </si>
   <si>
     <t>Форма для шоколада «Плитка» (набор)[5шт];полиэтилен;,H=1,L=15,B=7см;прозр.</t>
   </si>
   <si>
     <t>04147365</t>
   </si>
   <si>
     <t>20TC002/TC002/5</t>
   </si>
   <si>
     <t>10257.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Форма для шоколада «Батончик со сферами»[8шт];пластик;,H=14,L=275/117,B=25мм</t>
   </si>
   <si>
     <t>04147920</t>
   </si>
   <si>
     <t>Форма для шоколада «Трюфель»[24шт];пластик;D=25,H=22,L=275,B=135мм</t>
   </si>
   <si>
     <t>04147921</t>
   </si>
   <si>
     <t>Форма для шоколада «Колокольчик»[14шт];пластик;D=28,H=19,L=275,B=135мм</t>
   </si>
   <si>
     <t>04147922</t>
   </si>
   <si>
     <t>28783.00₸</t>
   </si>
   <si>
     <t>Форма для шоколада «Квадрат»[28шт];пластик;,H=20,L=275/20,B=20мм</t>
   </si>
   <si>
     <t>04147923</t>
@@ -872,50 +878,53 @@
   <si>
     <t>90-P9645</t>
   </si>
   <si>
     <t>Форма для шоколада «Цифры» [10 ячеек];полиэтилен;,L=24,B=18,5см</t>
   </si>
   <si>
     <t>04149950</t>
   </si>
   <si>
     <t>90-14243</t>
   </si>
   <si>
     <t>7878.00₸</t>
   </si>
   <si>
     <t>Форма для шоколада «Английские буквы для торта A-M» [13 ячеек];полиэтилен;,L=24,B=18,5см</t>
   </si>
   <si>
     <t>04149951</t>
   </si>
   <si>
     <t>90-P9661</t>
   </si>
   <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
     <t>Форма для шоколада «Английские буквы для торта N-Z» [14 ячеек];полиэтилен;,L=24,B=18,5см</t>
   </si>
   <si>
     <t>04149952</t>
   </si>
   <si>
     <t>90-P9662</t>
   </si>
   <si>
     <t>Форма для шоколада «Цветок» 24 шт;пластик;D=28,H=17мм</t>
   </si>
   <si>
     <t>04149971</t>
   </si>
   <si>
     <t>26080.00₸</t>
   </si>
   <si>
     <t>Форма для шоколада «Мини плитка»[12шт];пластик;,H=5,L=62,B=32мм</t>
   </si>
   <si>
     <t>04149997</t>
   </si>
   <si>
     <t>Форма для шоколада «Улыбающийся кролик»[16шт];пластик;,H=10,L=67,B=25мм</t>
@@ -978,53 +987,50 @@
     <t>16 шт.</t>
   </si>
   <si>
     <t>Форма для шоколада «Плиссе» [2 ячейки];пластик;,H=26,L=275,B=175мм;прозр.</t>
   </si>
   <si>
     <t>04147979</t>
   </si>
   <si>
     <t>21MA2031</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
     <t>Форма для шоколада «Сердце» [35 ячеек];поликарбонат;,H=26,L=275,B=175мм;прозр.</t>
   </si>
   <si>
     <t>04147035</t>
   </si>
   <si>
     <t>MA1526</t>
   </si>
   <si>
     <t>18434.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 шт.</t>
   </si>
   <si>
     <t>Форма для шоколада «Корзинка» [28 ячеек];поликарбонат;,H=26,L=275,B=175мм;прозр.</t>
   </si>
   <si>
     <t>04147030</t>
   </si>
   <si>
     <t>MA1002</t>
   </si>
   <si>
     <t>Форма для шоколада [28 ячеек];поликарбонат;,H=26,L=275,B=175мм;прозр.</t>
   </si>
   <si>
     <t>04147033</t>
   </si>
   <si>
     <t>MA1303</t>
   </si>
   <si>
     <t>Форма для шоколада [12 ячеек];поликарбонат;,H=36,5,L=277,B=175мм;прозр.</t>
   </si>
   <si>
     <t>04147028</t>
   </si>
@@ -6710,1571 +6716,1571 @@
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>209</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>18</v>
+        <v>224</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D69" s="0">
         <v>380134</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>126</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D70" s="0">
         <v>380190</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>126</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="B71" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D71" s="0">
         <v>380712</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="B72" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D72" s="0">
         <v>380264</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D73" s="0">
         <v>383305</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D74" s="0">
         <v>383008</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D75" s="0">
         <v>383303</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D76" s="0">
         <v>383608</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D77" s="0">
         <v>380150</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>126</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D78" s="0">
         <v>380147</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>126</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="B79" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D79" s="0">
         <v>380247</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D80" s="0">
         <v>383607</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D81" s="0">
         <v>383606</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D82" s="0">
         <v>380227</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D83" s="0">
         <v>382080</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D84" s="0">
         <v>381010</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="0"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="B85" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D85" s="0">
         <v>383211</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D86" s="0">
         <v>380120</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="0"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D87" s="0">
         <v>383603</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D88" s="0">
         <v>380108</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D89" s="0">
         <v>380164</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>18</v>
+        <v>201</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>18</v>
+        <v>287</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="D95" s="0">
         <v>383604</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D96" s="0">
         <v>380246</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="D97" s="0">
         <v>380217</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D98" s="0">
         <v>383103</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>206</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>79</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>321</v>
+        <v>211</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>196</v>
+        <v>224</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>321</v>
+        <v>211</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>321</v>
+        <v>211</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>321</v>
+        <v>211</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>321</v>
+        <v>196</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>206</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>321</v>
+        <v>196</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>321</v>
+        <v>196</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>321</v>
+        <v>211</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>