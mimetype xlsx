--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -73,51 +73,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Сет для панировки;сталь нерж.;,H=25,L=455,B=180мм;металлич.</t>
   </si>
   <si>
     <t>04019001</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>Комплектующие для фритюрниц</t>
   </si>
   <si>
     <t>16378.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Ручка съемная д/корзины FRI0366;,H=10,L=27/20,B=21см</t>
+    <t>Ручка съемная для корзин FRI0366,FRI0367;,H=10,L=27/20,B=21см</t>
   </si>
   <si>
     <t>04030203</t>
   </si>
   <si>
     <t>FRI0398</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>3381.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Ручка съемная д/корзины FRI0368</t>
   </si>
   <si>
     <t>04030208</t>
   </si>