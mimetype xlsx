--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -73,150 +73,150 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Тапиока «Коричневый сахар» 1 кг</t>
   </si>
   <si>
     <t>05031950</t>
   </si>
   <si>
     <t>sugar</t>
   </si>
   <si>
     <t>Fix Mix</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Тапиока</t>
   </si>
   <si>
     <t>5250.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Джус-боллы «Зеленое Яблоко» 1,2 кг</t>
+  </si>
+  <si>
+    <t>05031957</t>
+  </si>
+  <si>
+    <t>apple</t>
+  </si>
+  <si>
+    <t>Джус-боллы</t>
+  </si>
+  <si>
+    <t>5425.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Джус-боллы «Клубника» 1,2 кг</t>
+  </si>
+  <si>
+    <t>05031951</t>
+  </si>
+  <si>
+    <t>strawberry</t>
+  </si>
+  <si>
+    <t>Джус-боллы «Манго» 1,2 кг</t>
+  </si>
+  <si>
+    <t>05031952</t>
+  </si>
+  <si>
+    <t>mango</t>
+  </si>
+  <si>
+    <t>Джус-боллы «Личи» 1,2 кг</t>
+  </si>
+  <si>
+    <t>05031953</t>
+  </si>
+  <si>
+    <t>litchi</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Джус-боллы «Маракуйя» 1,2 кг</t>
+  </si>
+  <si>
+    <t>05031954</t>
+  </si>
+  <si>
+    <t>passion</t>
+  </si>
+  <si>
+    <t>Тапиока «Классическая» 1 кг</t>
+  </si>
+  <si>
+    <t>05031948</t>
+  </si>
+  <si>
+    <t>classic</t>
+  </si>
+  <si>
+    <t>4662.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Джус-боллы «Зеленое Яблоко» 1,2 кг</t>
-[...67 lines deleted...]
-  <si>
     <t>Джус-боллы «Киви» 1,2 кг</t>
   </si>
   <si>
     <t>05031955</t>
   </si>
   <si>
     <t>kiwi</t>
   </si>
   <si>
     <t>Джус-боллы «Черника» 1,2 кг</t>
   </si>
   <si>
     <t>05031956</t>
   </si>
   <si>
     <t>blueberry</t>
   </si>
   <si>
     <t>Тапиока «Карамельная» 1 кг</t>
   </si>
   <si>
     <t>05031949</t>
   </si>
   <si>
     <t>caramel</t>
-  </si>
-[...1 lines deleted...]
-    <t>0 шт.</t>
   </si>
   <si>
     <t>Джус-боллы «Маракуйя» уцененные 1,2 кг</t>
   </si>
   <si>
     <t>05031954-А1</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>Джус-боллы «Личи» уцененные 1,2 кг</t>
   </si>
   <si>
     <t>05031953-А2</t>
   </si>
   <si>
     <t>Тапиока классическая уцененная 1 кг</t>
   </si>
   <si>
     <t>05031948-А2</t>
   </si>
   <si>
     <t>Тапиока коричневый сахар уцененная 1 кг</t>
   </si>
@@ -1363,207 +1363,207 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="L8" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="0"/>
       <c r="E12" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
@@ -1609,51 +1609,51 @@
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="0"/>
       <c r="E16" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
@@ -1669,51 +1669,51 @@
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>