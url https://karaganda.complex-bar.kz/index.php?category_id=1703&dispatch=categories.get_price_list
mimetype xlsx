--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -89,402 +89,408 @@
   <si>
     <t>4814.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Сифон для газирования воды «Твист-н-спаркл» (6шт.баллончиков);1л;,H=29см;прозр.</t>
   </si>
   <si>
     <t>02010705</t>
   </si>
   <si>
     <t>Isi</t>
   </si>
   <si>
     <t>АВСТРИЯ</t>
   </si>
   <si>
     <t>Сифоны для газирования воды</t>
   </si>
   <si>
     <t>56388.00₸</t>
   </si>
   <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Фильтры д/сифона DCA-3/5,NCA-3/5,CF-103E[100шт]</t>
+  </si>
+  <si>
+    <t>02030678</t>
+  </si>
+  <si>
+    <t>CF-103E</t>
+  </si>
+  <si>
+    <t>Hario</t>
+  </si>
+  <si>
+    <t>ЯПОНИЯ</t>
+  </si>
+  <si>
+    <t>8594.00₸</t>
+  </si>
+  <si>
+    <t>Фильтры д/сифона NCA-3,MCA-3  с держателем[50шт];бумага,металл</t>
+  </si>
+  <si>
+    <t>02030679</t>
+  </si>
+  <si>
+    <t>F-103MN</t>
+  </si>
+  <si>
+    <t>21799.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Крим профи»;сталь нерж.,пластик;1л;D=90,H=295,B=115мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>02120301</t>
+  </si>
+  <si>
+    <t>173040/173050</t>
+  </si>
+  <si>
+    <t>Cream Profi Whip</t>
+  </si>
+  <si>
+    <t>Сифоны для сливок</t>
+  </si>
+  <si>
+    <t>102634.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Крим профи»;сталь нерж.,пластик;0,5л;D=73,H=250,B=105мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>02120302</t>
+  </si>
+  <si>
+    <t>163050/163040</t>
+  </si>
+  <si>
+    <t>94256.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Гурме»;сталь нерж.,пластик;0,5л;D=73,H=250,B=105мм;металлич.</t>
+  </si>
+  <si>
+    <t>02120303</t>
+  </si>
+  <si>
+    <t>Gourmet</t>
+  </si>
+  <si>
+    <t>99792.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Термо»;сталь нерж.,пластик;0,5л;D=97,H=264,B=125мм;металлич.,красный</t>
+  </si>
+  <si>
+    <t>02120307</t>
+  </si>
+  <si>
+    <t>Thermo</t>
+  </si>
+  <si>
+    <t>141388.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Зап.емкость д/сифона;1л</t>
+  </si>
+  <si>
+    <t>02120308</t>
+  </si>
+  <si>
+    <t>7008.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок;сталь нерж.;1л;металлич.</t>
+  </si>
+  <si>
+    <t>02120309</t>
+  </si>
+  <si>
+    <t>139693.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Гурме»;сталь,пластик;250мл;D=70,H=206,B=110мм;металлич.,красный</t>
+  </si>
+  <si>
+    <t>02120313</t>
+  </si>
+  <si>
+    <t>Gourmet Whip</t>
+  </si>
+  <si>
+    <t>90129.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Гурме»;сталь,пластик;1л;D=82,H=290,B=110мм;металлич.,красный</t>
+  </si>
+  <si>
+    <t>02120314</t>
+  </si>
+  <si>
+    <t>126196.00₸</t>
+  </si>
+  <si>
+    <t>Воронка-сито д/сифона;сталь нерж.;D=15,H=10,L=34см;стальной</t>
+  </si>
+  <si>
+    <t>02120319</t>
+  </si>
+  <si>
+    <t>41041.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Термо Экспресс Вип» с системой дозир.;сталь,алюмин.;1л;металлич.</t>
+  </si>
+  <si>
+    <t>02120321</t>
+  </si>
+  <si>
+    <t>215924.00₸</t>
+  </si>
+  <si>
+    <t>Запасные бутылки д/устройства д/газир-ния «Твист-н-спаркл»[2шт];1л;,H=290мм</t>
+  </si>
+  <si>
+    <t>02120323</t>
+  </si>
+  <si>
+    <t>20937.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка д/сифона «Экспресс Вип»;силикон;D=45,H=20мм;красный</t>
+  </si>
+  <si>
+    <t>02120325</t>
+  </si>
+  <si>
+    <t>3419.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок;сталь нерж.,пластик;250мл;белый</t>
+  </si>
+  <si>
+    <t>02120327</t>
+  </si>
+  <si>
+    <t>EasyWhipMini</t>
+  </si>
+  <si>
+    <t>25242.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для газирования воды;сталь нерж.;0,9л;металлич.</t>
+  </si>
+  <si>
+    <t>02120328</t>
+  </si>
+  <si>
+    <t>64211.00₸</t>
+  </si>
+  <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Кнопка нажимная д/сифона</t>
+  </si>
+  <si>
+    <t>02120329</t>
+  </si>
+  <si>
+    <t>Thermo Xpress Whip</t>
+  </si>
+  <si>
+    <t>9756.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Гурме» + устройство для ароматизации;сталь нерж.;0,5л;металлич.</t>
+  </si>
+  <si>
+    <t>02120330</t>
+  </si>
+  <si>
+    <t>159236.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Стопер д/сифонов Гурмэ и Термо;пластик</t>
+  </si>
+  <si>
+    <t>02120331</t>
+  </si>
+  <si>
+    <t>1579.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для газирования воды «Содамэйкер»;сталь нерж.,пластик;1л;,H=35см;прозр.</t>
+  </si>
+  <si>
+    <t>02120333</t>
+  </si>
+  <si>
+    <t>Sodamaker</t>
+  </si>
+  <si>
+    <t>84916.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Сифон для нитро-коктейлей;сталь нерж.;1л;металлич.</t>
+  </si>
+  <si>
+    <t>02120335</t>
+  </si>
+  <si>
+    <t>Nitro Whip</t>
+  </si>
+  <si>
+    <t>123200.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Десерт Вип»;сталь,пластик;250мл;черный</t>
+  </si>
+  <si>
+    <t>02120337</t>
+  </si>
+  <si>
+    <t>1380xx</t>
+  </si>
+  <si>
+    <t>DESSERT WHIP</t>
+  </si>
+  <si>
+    <t>46347.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Десерт Вип»;сталь нерж.,пластик;0,5л;D=97,H=264,B=125мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>02120338</t>
+  </si>
+  <si>
+    <t>1580xx</t>
+  </si>
+  <si>
+    <t>49719.00₸</t>
+  </si>
+  <si>
+    <t>Сифон для сливок «Десерт Вип»;сталь нерж.,пластик;0,5л;D=97,H=264,B=125мм;металлич.,белый</t>
+  </si>
+  <si>
+    <t>02120339</t>
+  </si>
+  <si>
+    <t>1570xx</t>
+  </si>
+  <si>
+    <t>Баллончики для сифона для сливок 8.4г N20[10шт];сталь</t>
+  </si>
+  <si>
+    <t>02140411</t>
+  </si>
+  <si>
+    <t>070399/070345</t>
+  </si>
+  <si>
+    <t>Professional</t>
+  </si>
+  <si>
+    <t>Баллончики для сифонов</t>
+  </si>
+  <si>
+    <t>5760.00₸</t>
+  </si>
+  <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Фильтры д/сифона DCA-3/5,NCA-3/5,CF-103E[100шт]</t>
-[...302 lines deleted...]
-    <t>5760.00₸</t>
+    <t>Баллончики для сифона для содовой 8,4 г[10шт]</t>
+  </si>
+  <si>
+    <t>02140412</t>
+  </si>
+  <si>
+    <t>0004/000445</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Баллончики для сифона для содовой 8,4 г[10шт]</t>
-[...10 lines deleted...]
-  <si>
     <t>Баллончики для сифона для сливок 8.4г N20[24шт]</t>
   </si>
   <si>
     <t>02140413</t>
   </si>
   <si>
     <t>0724/072445</t>
   </si>
   <si>
     <t>13167.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Баллончики для сифона для нитро коктейлей N2[16шт]</t>
   </si>
   <si>
     <t>02140415</t>
   </si>
   <si>
     <t>070599/070545</t>
   </si>
   <si>
     <t>12759.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Ниппель д/сифона д/сливок «Крим профи»;сталь нерж.,пластик;,L=50,B=7мм;металлич.,разноцветн.</t>
   </si>
   <si>
     <t>02140510</t>
   </si>
   <si>
     <t>10311.00₸</t>
   </si>
   <si>
     <t>Насадка-декоратор д/сифона;пластик,металл;D=15,L=61,B=25мм;красный,металлич.</t>
   </si>
   <si>
     <t>02140514</t>
   </si>
   <si>
     <t>4282.00₸</t>
   </si>
   <si>
     <t>Насадка-декоратор д/сифона;пластик,сталь нерж.;D=15,L=69,B=17мм;красный,металлич.</t>
   </si>
   <si>
     <t>02140515</t>
   </si>
@@ -530,119 +536,113 @@
   <si>
     <t>33226.00₸</t>
   </si>
   <si>
     <t>Трубка+прокладка д/сифона д/содовой;пластик,резина;D=31,H=250мм;белый</t>
   </si>
   <si>
     <t>02140524</t>
   </si>
   <si>
     <t>2402005/2412005</t>
   </si>
   <si>
     <t>3265.00₸</t>
   </si>
   <si>
     <t>Мерная трубка д/сифона д/содовой;пластик,резина;D=20,L=103,B=25мм;белый,черный</t>
   </si>
   <si>
     <t>02140525</t>
   </si>
   <si>
     <t>2880.00₸</t>
   </si>
   <si>
-    <t>40 шт.</t>
+    <t>32 шт.</t>
   </si>
   <si>
     <t>Крышка д/сифона д/содовой;сталь;D=60,H=25мм;стальной</t>
   </si>
   <si>
     <t>02140527</t>
   </si>
   <si>
     <t>1698.00₸</t>
   </si>
   <si>
     <t>Ершик д/сифона;алюмин.,пластик;,L=124,B=27мм;серый,белый</t>
   </si>
   <si>
     <t>02140529</t>
   </si>
   <si>
     <t>2218.00₸</t>
   </si>
   <si>
     <t>Прокладка д/сифона;резина;D=45,H=25мм;красный</t>
   </si>
   <si>
     <t>02140531</t>
   </si>
   <si>
     <t>3073.00₸</t>
   </si>
   <si>
-    <t>50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Капсула д/сифона д/содовой;пластик;D=22,H=77,B=28мм;серый</t>
   </si>
   <si>
     <t>02140532</t>
   </si>
   <si>
     <t>3326.00₸</t>
   </si>
   <si>
     <t>Игла-насадка д/сиф.д/слив. 4шт.;сталь,пластик;,L=23,8,B=12,7см;металлич.,белый</t>
   </si>
   <si>
     <t>02140533</t>
   </si>
   <si>
     <t>2718-(4)</t>
   </si>
   <si>
     <t>19982.00₸</t>
   </si>
   <si>
     <t>Набор декор.насадок д/сиф. д/сливок 3шт.+адап;сталь нерж.,полипроп.</t>
   </si>
   <si>
     <t>02140534</t>
   </si>
   <si>
     <t>2715/947244500</t>
   </si>
   <si>
     <t>17541.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Набор декор.насадок д/сиф.д/сливок 3шт.;сталь нерж.</t>
   </si>
   <si>
     <t>02140535</t>
   </si>
   <si>
     <t>22315.00₸</t>
   </si>
   <si>
     <t>Игла д/сифона д/сливок;сталь нерж.</t>
   </si>
   <si>
     <t>02140536</t>
   </si>
   <si>
     <t>41458-21</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>22099.00₸</t>
@@ -815,53 +815,50 @@
   <si>
     <t>17 шт.</t>
   </si>
   <si>
     <t>Насадка для сифона для сливок «Nitro» для сифона;сталь нерж.,резина</t>
   </si>
   <si>
     <t>02140558</t>
   </si>
   <si>
     <t>Nitro</t>
   </si>
   <si>
     <t>7939.00₸</t>
   </si>
   <si>
     <t>Чехол термостойкий д/сифона 0.5л «Гурмэ»;резина;красный</t>
   </si>
   <si>
     <t>02140559</t>
   </si>
   <si>
     <t>7100.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Капсула д/сифона «Нитро»;сталь нерж.;D=25,L=85мм;коричнев.</t>
   </si>
   <si>
     <t>02140560</t>
   </si>
   <si>
     <t>13283.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Ершик;сталь нерж.;D=10,L=165мм</t>
   </si>
   <si>
     <t>02140701</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>4359.00₸</t>
@@ -878,50 +875,53 @@
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>3948.00₸</t>
   </si>
   <si>
     <t>Баллончики для сифона для сливок «ROTASS»[10шт]</t>
   </si>
   <si>
     <t>02140703</t>
   </si>
   <si>
     <t>Баллончики для сифона для сливок 8г N20[10шт];сталь</t>
   </si>
   <si>
     <t>02140704</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>3920.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
     <t>Баллончики для сифона для содовой 8г CO2[10шт];сталь</t>
   </si>
   <si>
     <t>02140705</t>
   </si>
   <si>
     <t>Баллончики для сифона для сливок 8г N20[24шт];сталь</t>
   </si>
   <si>
     <t>02140706</t>
   </si>
   <si>
     <t>9408.00₸</t>
   </si>
   <si>
     <t>Баллончики для сифона для сливок 8г N20[50шт];сталь</t>
   </si>
   <si>
     <t>02140707</t>
   </si>
   <si>
     <t>19600.00₸</t>
   </si>
   <si>
     <t>Трубка для сифона для содовой «Содамэйкер»;пластик</t>
@@ -1034,51 +1034,51 @@
   <si>
     <t>Трубка для сифона для содовой герметичная;пластик</t>
   </si>
   <si>
     <t>02144280</t>
   </si>
   <si>
     <t>SPP5</t>
   </si>
   <si>
     <t>4431.00₸</t>
   </si>
   <si>
     <t>Головная часть для сифона для содовой;пластик,сталь нерж.</t>
   </si>
   <si>
     <t>02124276</t>
   </si>
   <si>
     <t>SPP4-PL</t>
   </si>
   <si>
     <t>18340.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Капсула для сифона для сливок;пластик</t>
   </si>
   <si>
     <t>02124278</t>
   </si>
   <si>
     <t>SPP3</t>
   </si>
   <si>
     <t>1064.00₸</t>
   </si>
   <si>
     <t>Ключ трубки для сифона для содовой;пластик</t>
   </si>
   <si>
     <t>02144281</t>
   </si>
   <si>
     <t>SPP6</t>
   </si>
   <si>
     <t>2135.00₸</t>
   </si>
@@ -4945,1093 +4945,1093 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D14" s="0">
         <v>2714</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>71</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="L14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D15" s="0">
         <v>181540</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L15" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D16" s="0">
         <v>100630</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D17" s="0">
         <v>2248</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D18" s="0">
         <v>1303</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L18" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D19" s="0">
         <v>102040</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D20" s="0">
         <v>2252</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D21" s="0">
         <v>1618</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D22" s="0">
         <v>2832</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D23" s="0">
         <v>106040</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L23" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D24" s="0">
         <v>1790</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="L28" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>136</v>
+        <v>41</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D32" s="0">
         <v>2205005</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="L32" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D33" s="0">
         <v>2293050</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L33" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D34" s="0">
         <v>2292050</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L34" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D35" s="0">
         <v>2294005</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L35" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D36" s="0">
         <v>2305001</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D37" s="0">
         <v>2002005</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="L37" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D38" s="0">
         <v>2421001</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L39" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D40" s="0">
         <v>2403005</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="L40" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D41" s="0">
         <v>3046</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L41" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D42" s="0">
         <v>2236100</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L42" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D43" s="0">
         <v>2290100</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>181</v>
+        <v>65</v>
       </c>
       <c r="L43" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D44" s="0">
         <v>2304</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L44" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>193</v>
+        <v>143</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D47" s="0">
         <v>2717</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>15</v>
@@ -6083,51 +6083,51 @@
         <v>203</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D49" s="0">
         <v>2722</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>205</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>206</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L49" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D50" s="0">
         <v>2287001</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>21</v>
       </c>
@@ -6213,238 +6213,238 @@
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D53" s="0">
         <v>2291005</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>221</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>193</v>
+        <v>143</v>
       </c>
       <c r="L53" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D54" s="0">
         <v>2295</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>224</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D55" s="0">
         <v>2350</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>227</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D56" s="0">
         <v>2342005</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>230</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L56" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D57" s="0">
         <v>2344</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>233</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L57" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>235</v>
       </c>
       <c r="D58" s="0">
         <v>2343005</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>236</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L58" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>238</v>
       </c>
       <c r="D59" s="0">
         <v>2340001</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>239</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>241</v>
@@ -6539,79 +6539,79 @@
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D63" s="0">
         <v>2348005</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>252</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="L63" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>254</v>
       </c>
       <c r="D64" s="0">
         <v>2412005</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L64" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>256</v>
       </c>
       <c r="D65" s="0">
         <v>2724</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
@@ -6669,294 +6669,294 @@
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>263</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>264</v>
       </c>
       <c r="D67" s="0">
         <v>2723</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>265</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="D68" s="0">
         <v>2357</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>261</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="L68" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="D69" s="0">
         <v>93102</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="D70" s="0">
         <v>81259287</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="D71" s="0">
         <v>81259286</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="D72" s="0"/>
       <c r="E72" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>258</v>
+        <v>286</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>288</v>
       </c>
       <c r="D73" s="0"/>
       <c r="E73" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>290</v>
       </c>
       <c r="D74" s="0"/>
       <c r="E74" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>291</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>293</v>
       </c>
       <c r="D75" s="0"/>
       <c r="E75" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>296</v>
       </c>
       <c r="D76" s="0">
         <v>2344005</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>20</v>
@@ -6973,51 +6973,51 @@
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L76" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D77" s="0">
         <v>2345005</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>300</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L77" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>302</v>
       </c>
       <c r="D78" s="0">
         <v>2360001</v>
@@ -7037,83 +7037,83 @@
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>305</v>
       </c>
       <c r="D79" s="0">
         <v>2359005</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>306</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L79" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>308</v>
       </c>
       <c r="D80" s="0">
         <v>2316005</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>309</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L80" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>311</v>
       </c>
       <c r="D81" s="0">
         <v>2209</v>
@@ -7139,83 +7139,83 @@
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>314</v>
       </c>
       <c r="D82" s="0">
         <v>2306005</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L82" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>313</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>315</v>
       </c>
       <c r="D83" s="0">
         <v>2310005</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L83" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>317</v>
       </c>
       <c r="D84" s="0">
         <v>3082</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
@@ -7267,674 +7267,674 @@
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>323</v>
       </c>
       <c r="D86" s="0">
         <v>2234005</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>65</v>
       </c>
       <c r="L86" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>325</v>
       </c>
       <c r="D87" s="0">
         <v>2824</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>326</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>104</v>
+        <v>143</v>
       </c>
       <c r="L87" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>329</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>330</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>331</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>332</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>333</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>334</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
         <v>335</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>336</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>337</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>338</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>339</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>341</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>342</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>343</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>346</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>347</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>348</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>349</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>350</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>351</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>352</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>353</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>354</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>355</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>193</v>
+        <v>106</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>356</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>357</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>358</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>359</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>41</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
         <v>360</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>361</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>362</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>363</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>270</v>
+        <v>65</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
         <v>364</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>365</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>366</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>367</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>369</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>370</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>343</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
         <v>371</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>372</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>373</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>374</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>376</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>377</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>378</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
         <v>379</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>380</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>381</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>382</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="B102" s="0" t="s">
         <v>383</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>384</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>385</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>300</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L102" s="0"/>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="B103" s="0" t="s">
         <v>383</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>386</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>387</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>300</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="B104" s="0" t="s">
         <v>383</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>388</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>389</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>300</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L104" s="0"/>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="B105" s="0" t="s">
         <v>390</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>391</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>392</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>393</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="B106" s="0" t="s">
         <v>394</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>395</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>396</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>393</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L106" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>