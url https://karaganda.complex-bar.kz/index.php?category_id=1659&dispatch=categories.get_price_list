--- v0 (2025-11-28)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="536">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="534">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,1449 +74,1443 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;черный</t>
   </si>
   <si>
     <t>02121303</t>
   </si>
   <si>
     <t>056black</t>
   </si>
   <si>
     <t>Ghidini</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Прессы для чеснока</t>
   </si>
   <si>
     <t>3373.00₸</t>
   </si>
   <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;белый</t>
+  </si>
+  <si>
+    <t>02124214</t>
+  </si>
+  <si>
+    <t>056white</t>
+  </si>
+  <si>
+    <t>2318.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;металлич.</t>
+  </si>
+  <si>
+    <t>02124215</t>
+  </si>
+  <si>
+    <t>056metal</t>
+  </si>
+  <si>
+    <t>3604.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Сито для протирки овощей с ручкой;сталь нерж.,абс-пластик;D=20,H=19,L=37,B=20,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04030173</t>
+  </si>
+  <si>
+    <t>12638-20</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Машинки для протирки пюре</t>
+  </si>
+  <si>
+    <t>30200.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;сталь нерж.;D=82,L=260мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04040830</t>
+  </si>
+  <si>
+    <t>48278-87</t>
+  </si>
+  <si>
+    <t>Прессы и толкушки для картофеля</t>
+  </si>
+  <si>
+    <t>26442.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;сталь нерж.;D=9,H=11,L=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04040838</t>
+  </si>
+  <si>
+    <t>42566-03</t>
+  </si>
+  <si>
+    <t>36629.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;сталь нерж.;D=10,5,L=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04040843</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>19505.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;сталь нерж.;D=12,9,L=64см;металлич.</t>
+  </si>
+  <si>
+    <t>04040844</t>
+  </si>
+  <si>
+    <t>26573.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;алюм.литой;D=85,H=90,L=410,B=100мм;металлич.</t>
+  </si>
+  <si>
+    <t>04040845</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>131439.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля «Проотель»;сталь нерж.;D=13,L=60/24см;металлич.</t>
+  </si>
+  <si>
+    <t>04040861</t>
+  </si>
+  <si>
+    <t>PM24</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>15239.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля «Проотель»;сталь нерж.;D=15,L=71/28см;металлич.</t>
+  </si>
+  <si>
+    <t>04040862</t>
+  </si>
+  <si>
+    <t>PM28</t>
+  </si>
+  <si>
+    <t>18375.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля;полипроп.</t>
+  </si>
+  <si>
+    <t>04040903</t>
+  </si>
+  <si>
+    <t>172904.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля «Бэйсик»;полиамид;,L=25см;в ассорт.</t>
+  </si>
+  <si>
+    <t>04040905</t>
+  </si>
+  <si>
+    <t>433255611/5615</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>1271.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для картофеля «Триунфо»;сталь нерж.,нейлон;,L=30,5см;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04041117</t>
+  </si>
+  <si>
+    <t>23.26.44</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>Triunfo</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Приспособление для нарезки грибов;сталь нерж.;D=70,H=40,L=215,B=70мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070422</t>
+  </si>
+  <si>
+    <t>42598-00</t>
+  </si>
+  <si>
+    <t>Прессы и резаки для овощей</t>
+  </si>
+  <si>
+    <t>28567.00₸</t>
+  </si>
+  <si>
+    <t>Яйцерезка;алюмин.;,L=13см;металлич.</t>
+  </si>
+  <si>
+    <t>04070423</t>
+  </si>
+  <si>
+    <t>42588-01</t>
+  </si>
+  <si>
+    <t>Яйцерезки и резаки для скорлупы</t>
+  </si>
+  <si>
+    <t>17965.00₸</t>
+  </si>
+  <si>
+    <t>Набор для декор.нарезки овощей[3шт];сталь;,L=138,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>04070445</t>
+  </si>
+  <si>
+    <t>48286-45</t>
+  </si>
+  <si>
+    <t>23070.00₸</t>
+  </si>
+  <si>
+    <t>Яйцерезка;пластик;,H=36,L=225,B=82мм;белый</t>
+  </si>
+  <si>
+    <t>04070482</t>
+  </si>
+  <si>
+    <t>42588-00</t>
+  </si>
+  <si>
+    <t>11851.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Молоток для отбивания мяса;сталь,пластик;,L=300/138,B=85мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071103</t>
+  </si>
+  <si>
+    <t>Felix</t>
+  </si>
+  <si>
+    <t>Молотки и темперы для мяса</t>
+  </si>
+  <si>
+    <t>106793.00₸</t>
+  </si>
+  <si>
+    <t>Молоток для отбивания мяса;сталь,дерево;D=45,H=100,L=320/250мм;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>04071104</t>
+  </si>
+  <si>
+    <t>Kesper</t>
+  </si>
+  <si>
+    <t>4189.00₸</t>
+  </si>
+  <si>
+    <t>Темпер  для отбивания мяса;сталь нерж.;,L=33/12,5,B=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04071106</t>
+  </si>
+  <si>
+    <t>42502-11</t>
+  </si>
+  <si>
+    <t>94849.00₸</t>
+  </si>
+  <si>
+    <t>Молоток для отбивания мяса «Проотель»;алюмин.;,L=22/9см;металлич.</t>
+  </si>
+  <si>
+    <t>04071119</t>
+  </si>
+  <si>
+    <t>MT9</t>
+  </si>
+  <si>
+    <t>8848.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Тендерайзер для мяса;сталь нерж.;,L=305/130,B=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071131</t>
+  </si>
+  <si>
+    <t>228067.00₸</t>
+  </si>
+  <si>
+    <t>Резак для яичной скорлупы;сталь нерж.;D=4,H=23см;металлич.</t>
+  </si>
+  <si>
+    <t>04071501</t>
+  </si>
+  <si>
+    <t>41642.00₸</t>
+  </si>
+  <si>
+    <t>Резак для яичной скорлупы;сталь;D=66мм;металлич.</t>
+  </si>
+  <si>
+    <t>04071502</t>
+  </si>
+  <si>
+    <t>17518.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для нарезки картофеля-фри;сталь нерж.;D=9,H=50,L=27,B=19см</t>
+  </si>
+  <si>
+    <t>04071733</t>
+  </si>
+  <si>
+    <t>GRS-G1</t>
+  </si>
+  <si>
+    <t>GRACE</t>
+  </si>
+  <si>
+    <t>45423.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Яйцерезка;сталь нерж.;,H=2,L=15,B=13см;металлич.</t>
+  </si>
+  <si>
+    <t>04073523</t>
+  </si>
+  <si>
+    <t>Доляна</t>
+  </si>
+  <si>
+    <t>1036.00₸</t>
+  </si>
+  <si>
+    <t>Молоток для отбивания мяса;дерево;,H=75,L=310,B=75мм;бежев.</t>
+  </si>
+  <si>
+    <t>04141105</t>
+  </si>
+  <si>
+    <t>69392/40002</t>
+  </si>
+  <si>
+    <t>2357.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для отбивания мяса;чугун;D=90,H=125мм;черный</t>
+  </si>
+  <si>
+    <t>04141106</t>
+  </si>
+  <si>
+    <t>03700000GVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>12411.00₸</t>
+  </si>
+  <si>
+    <t>Молоток для отбивания мяса;алюмин.,бук;,H=11,5,L=32см;металлич.,бежев.</t>
+  </si>
+  <si>
+    <t>04141107</t>
+  </si>
+  <si>
+    <t>42508-00</t>
+  </si>
+  <si>
+    <t>46824.00₸</t>
+  </si>
+  <si>
+    <t>Молоток для отбивания мяса;алюм.литой;,H=65,L=250,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141108</t>
+  </si>
+  <si>
+    <t>42508-01</t>
+  </si>
+  <si>
+    <t>13029.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для отбивания мяса;сталь нерж.;D=10,H=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04141110</t>
+  </si>
+  <si>
+    <t>42501-15</t>
+  </si>
+  <si>
+    <t>47355.00₸</t>
+  </si>
+  <si>
+    <t>Тяпка для отбивания мяса;сталь нерж.;D=113,H=52,L=320мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141111</t>
+  </si>
+  <si>
+    <t>42503-10</t>
+  </si>
+  <si>
+    <t>88989.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для отбивания мяса;эмалиров.чугун;,H=17см;черный</t>
+  </si>
+  <si>
+    <t>04141116</t>
+  </si>
+  <si>
+    <t>03710000GVV</t>
+  </si>
+  <si>
+    <t>16309.00₸</t>
+  </si>
+  <si>
+    <t>Тендерайзер для мяса;сталь нерж.;D=11см;металлич.</t>
+  </si>
+  <si>
+    <t>04141118</t>
+  </si>
+  <si>
+    <t>090615</t>
+  </si>
+  <si>
+    <t>79611.00₸</t>
+  </si>
+  <si>
+    <t>Молоток для отбивания мяса;полипроп.</t>
+  </si>
+  <si>
+    <t>04141119</t>
+  </si>
+  <si>
+    <t>53970.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре;жесть белая;D=38,H=32,5,B=42см;металлич.</t>
+  </si>
+  <si>
+    <t>04141202</t>
+  </si>
+  <si>
+    <t>42575-37</t>
+  </si>
+  <si>
+    <t>485870.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Сменный диск для арт. 4141202 ячейка 1.0мм;жесть белая;D=205,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141203</t>
+  </si>
+  <si>
+    <t>42575-90</t>
+  </si>
+  <si>
+    <t>Комплектующие для машинок для протирки пюре</t>
+  </si>
+  <si>
+    <t>178802.00₸</t>
+  </si>
+  <si>
+    <t>Сменный диск для арт. 4141202 ячейка 1.5мм;жесть белая;D=205,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141204</t>
+  </si>
+  <si>
+    <t>42575-91</t>
+  </si>
+  <si>
+    <t>185332.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Сменный диск для арт. 4141202 ячейка 2.0мм;жесть белая;D=205,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141205</t>
+  </si>
+  <si>
+    <t>42575-92</t>
+  </si>
+  <si>
+    <t>154647.00₸</t>
+  </si>
+  <si>
+    <t>Сменный диск для арт. 4141202 ячейка 3.0мм;жесть белая;D=205,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141206</t>
+  </si>
+  <si>
+    <t>42575-93</t>
+  </si>
+  <si>
+    <t>119689.00₸</t>
+  </si>
+  <si>
+    <t>Сменный диск для арт. 4141202 ячейка 4.0мм;жесть белая;D=205,H=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141207</t>
+  </si>
+  <si>
+    <t>42575-94</t>
+  </si>
+  <si>
+    <t>88312.00₸</t>
+  </si>
+  <si>
+    <t>Сменный диск для арт.4141211 ячейка 1.5мм;жесть белая;D=14,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141208</t>
+  </si>
+  <si>
+    <t>42573-91</t>
+  </si>
+  <si>
+    <t>15169.00₸</t>
+  </si>
+  <si>
+    <t>Сменный диск для арт. 4141211 ячейка 2.5мм;жесть белая;D=14,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141209</t>
+  </si>
+  <si>
+    <t>42573-92</t>
+  </si>
+  <si>
+    <t>15678.00₸</t>
+  </si>
+  <si>
+    <t>Сменный диск для арт. 4141211 ячейка 4.0мм;жесть белая;D=14,H=2см;металлич.</t>
+  </si>
+  <si>
+    <t>04141210</t>
+  </si>
+  <si>
+    <t>42573-94</t>
+  </si>
+  <si>
+    <t>10295.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре+ 3 диска;жесть белая;D=31,H=15см;металлич.</t>
+  </si>
+  <si>
+    <t>04141211</t>
+  </si>
+  <si>
+    <t>42573-31</t>
+  </si>
+  <si>
+    <t>202580.00₸</t>
+  </si>
+  <si>
+    <t>Сменная ручка для арт. 4141211;жесть белая;,H=23,L=18,B=13,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04141212</t>
+  </si>
+  <si>
+    <t>42573-99</t>
+  </si>
+  <si>
+    <t>50482.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре+ 3 диска;сталь нерж.;D=20,H=16,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04141213</t>
+  </si>
+  <si>
+    <t>42571-20</t>
+  </si>
+  <si>
+    <t>81728.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре+ 3 диска;сталь нерж.;D=24/13,5,H=16,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04141214</t>
+  </si>
+  <si>
+    <t>42572-24</t>
+  </si>
+  <si>
+    <t>110303.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре+3 диска;сталь нерж.;D=24см;металлич.</t>
+  </si>
+  <si>
+    <t>04141233</t>
+  </si>
+  <si>
+    <t>87041.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре;сталь нерж.;D=37,H=20,L=38,B=40см;металлич.</t>
+  </si>
+  <si>
+    <t>04141240</t>
+  </si>
+  <si>
+    <t>556118.00₸</t>
+  </si>
+  <si>
+    <t>Сетка для арт.215505;D=1мм</t>
+  </si>
+  <si>
+    <t>04141243</t>
+  </si>
+  <si>
+    <t>072855</t>
+  </si>
+  <si>
+    <t>157750.00₸</t>
+  </si>
+  <si>
+    <t>Сетка для арт.215503;D=2мм</t>
+  </si>
+  <si>
+    <t>04141273</t>
+  </si>
+  <si>
+    <t>072814</t>
+  </si>
+  <si>
+    <t>13953.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре 3 насадки;сталь нерж.;D=31,H=15см;металлич.</t>
+  </si>
+  <si>
+    <t>04141281</t>
+  </si>
+  <si>
+    <t>42570-32</t>
+  </si>
+  <si>
+    <t>225780.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре+5 дисков «Проотель»;сталь нерж.;D=185/105,H=94мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141282</t>
+  </si>
+  <si>
+    <t>PM475</t>
+  </si>
+  <si>
+    <t>14959.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Сетка для арт.215505;сталь нерж.;D=2мм</t>
+  </si>
+  <si>
+    <t>04141297</t>
+  </si>
+  <si>
+    <t>072857</t>
+  </si>
+  <si>
+    <t>160930.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для чеснока;сталь нерж.;D=35,L=155,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04141804</t>
+  </si>
+  <si>
+    <t>42565-00</t>
+  </si>
+  <si>
+    <t>16093.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для чеснока;пластик,металл;,L=5/17,B=3см;черный</t>
+  </si>
+  <si>
+    <t>04141806</t>
+  </si>
+  <si>
+    <t>2662710-10</t>
+  </si>
+  <si>
+    <t>Linden</t>
+  </si>
+  <si>
+    <t>ШВЕЦИЯ</t>
+  </si>
+  <si>
+    <t>8594.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для чеснока;алюмин.;металлич.</t>
+  </si>
+  <si>
+    <t>04141810</t>
+  </si>
+  <si>
+    <t>Westmark</t>
+  </si>
+  <si>
+    <t>9518.00₸</t>
+  </si>
+  <si>
+    <t>Пресс многофункц.(чеснок;орехи;оливки и т.д.);алюмин.;металлич.</t>
+  </si>
+  <si>
+    <t>04141811</t>
+  </si>
+  <si>
+    <t>26804.00₸</t>
+  </si>
+  <si>
+    <t>Сито на подставке 3мм, сталь луженая;D=39,H=80см;металлич.</t>
+  </si>
+  <si>
+    <t>04145638</t>
+  </si>
+  <si>
+    <t>42577-39</t>
+  </si>
+  <si>
+    <t>635150.00₸</t>
+  </si>
+  <si>
+    <t>Терка для фруктов;пластик,сталь;,H=20,L=255,B=120мм;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04160107</t>
+  </si>
+  <si>
+    <t>Терки</t>
+  </si>
+  <si>
+    <t>2420.00₸</t>
+  </si>
+  <si>
+    <t>Терка 4-х сторонняя;сталь нерж.;,H=225,L=110,B=80мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160112</t>
+  </si>
+  <si>
+    <t>42569-04</t>
+  </si>
+  <si>
+    <t>14138.00₸</t>
+  </si>
+  <si>
+    <t>Терка для орехов;металл;,H=14,L=5см;металлич.</t>
+  </si>
+  <si>
+    <t>04160113</t>
+  </si>
+  <si>
+    <t>42556-00</t>
+  </si>
+  <si>
+    <t>4359.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Терка 4-х сторонняя;сталь нерж.,пластик;,H=21,L=10,B=10см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160118</t>
+  </si>
+  <si>
+    <t>12300200IVV</t>
+  </si>
+  <si>
+    <t>6790.00₸</t>
+  </si>
+  <si>
+    <t>Терка 4-х сторонняя;сталь нерж.,пластик;,H=25,L=12,B=12см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160119</t>
+  </si>
+  <si>
+    <t>12300250IVV</t>
+  </si>
+  <si>
+    <t>7889.00₸</t>
+  </si>
+  <si>
+    <t>Терка 3-х сторонняя;сталь нерж.,пластик;D=115,H=215,B=95мм;металлич.</t>
+  </si>
+  <si>
+    <t>04160120</t>
+  </si>
+  <si>
+    <t>12320190IVV</t>
+  </si>
+  <si>
+    <t>10619.00₸</t>
+  </si>
+  <si>
+    <t>Терка;сталь нерж.;,L=29,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>04160121</t>
+  </si>
+  <si>
+    <t>42561-04</t>
+  </si>
+  <si>
+    <t>14176.00₸</t>
+  </si>
+  <si>
+    <t>Терка с тонким лезвием;металл;,L=33,B=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04160127</t>
+  </si>
+  <si>
+    <t>12360000IVV</t>
+  </si>
+  <si>
+    <t>8575.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>04160128</t>
+  </si>
+  <si>
+    <t>12370000IVV</t>
+  </si>
+  <si>
+    <t>8526.00₸</t>
+  </si>
+  <si>
+    <t>Терка с двойным тонким лезвием;металл;,L=33,B=3см;металлич.</t>
+  </si>
+  <si>
+    <t>04160129</t>
+  </si>
+  <si>
+    <t>12380000IVV</t>
+  </si>
+  <si>
+    <t>8729.00₸</t>
+  </si>
+  <si>
+    <t>Терка 6-ти сторонняя;сталь нерж.,пластик;,H=20,L=12,B=10см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160132</t>
+  </si>
+  <si>
+    <t>12480000IVV</t>
+  </si>
+  <si>
+    <t>6853.00₸</t>
+  </si>
+  <si>
+    <t>Терка для трюфелей;металл;,H=180,L=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>04160133</t>
+  </si>
+  <si>
+    <t>48237-00</t>
+  </si>
+  <si>
+    <t>43775.00₸</t>
+  </si>
+  <si>
+    <t>Терка для цедры и имбиря;металл,пластик;,H=3,L=33,B=5см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160135</t>
+  </si>
+  <si>
+    <t>38955.00₸</t>
+  </si>
+  <si>
     <t>24 шт.</t>
   </si>
   <si>
-    <t>Пресс для чеснока;алюмин.;D=30,L=155,B=30мм;белый</t>
-[...374 lines deleted...]
-    <t>1036.00₸</t>
+    <t>Терка 4-х сторонняя «Проотель»;сталь нерж.;,H=215,L=90,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>04160146</t>
+  </si>
+  <si>
+    <t>4025.00₸</t>
+  </si>
+  <si>
+    <t>Терка 4-х сторонняя «Проотель»;сталь нерж.;,H=240,L=110,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>04160147</t>
+  </si>
+  <si>
+    <t>4921.00₸</t>
+  </si>
+  <si>
+    <t>Терка для трюфелей;сталь;,H=10,L=16,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04160148</t>
+  </si>
+  <si>
+    <t>61970.00₸</t>
+  </si>
+  <si>
+    <t>Терка для орехов, сыра, шоколада;сталь нерж.;,L=385/220,B=40мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160149</t>
+  </si>
+  <si>
+    <t>42560-03</t>
+  </si>
+  <si>
+    <t>17495.00₸</t>
+  </si>
+  <si>
+    <t>Терка для сыра роторная;сталь нерж.;,H=7,L=20,B=10см;металлич.</t>
+  </si>
+  <si>
+    <t>04160150</t>
+  </si>
+  <si>
+    <t>34150.00₸</t>
+  </si>
+  <si>
+    <t>Терка для твердого сыра, шоколада;сталь;,L=385/220,B=40мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160151</t>
+  </si>
+  <si>
+    <t>42560-01</t>
+  </si>
+  <si>
+    <t>Терка для лимона с ручкой;сталь нерж.;,L=28,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04160154</t>
+  </si>
+  <si>
+    <t>48278-20</t>
+  </si>
+  <si>
+    <t>11712.00₸</t>
+  </si>
+  <si>
+    <t>Терка ручная мелкая;сталь нерж.;,L=28,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04160155</t>
+  </si>
+  <si>
+    <t>48278-21</t>
+  </si>
+  <si>
+    <t>13198.00₸</t>
+  </si>
+  <si>
+    <t>Терка для шоколада и твердых сыров;сталь нерж.,пластик;,L=330/195,B=55мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160157</t>
+  </si>
+  <si>
+    <t>32079.00₸</t>
+  </si>
+  <si>
+    <t>Терка для шоколада, тверд.сыра и фруктов;сталь нерж.;,L=33/21,B=3см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160159</t>
+  </si>
+  <si>
+    <t>38962.00₸</t>
+  </si>
+  <si>
+    <t>Терка;сталь нерж.;,H=30,L=30см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160160</t>
+  </si>
+  <si>
+    <t>42560-06</t>
+  </si>
+  <si>
+    <t>14492.00₸</t>
+  </si>
+  <si>
+    <t>Терка для сыра;пластик,сталь нерж.;,H=21см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04160165</t>
+  </si>
+  <si>
+    <t>Vacuvin</t>
+  </si>
+  <si>
+    <t>НИДЕРЛАНДЫ</t>
+  </si>
+  <si>
+    <t>9356.00₸</t>
+  </si>
+  <si>
+    <t>Терка для трюфелей;сталь нерж.;,H=17,B=8см;металлич.</t>
+  </si>
+  <si>
+    <t>04160166</t>
+  </si>
+  <si>
+    <t>12340020IVV</t>
+  </si>
+  <si>
+    <t>10969.00₸</t>
+  </si>
+  <si>
+    <t>Терка для трюфелей регулир.;сталь нерж.;,L=185,B=82мм;металлич.</t>
+  </si>
+  <si>
+    <t>04160169</t>
+  </si>
+  <si>
+    <t>072595</t>
+  </si>
+  <si>
+    <t>39979.00₸</t>
+  </si>
+  <si>
+    <t>Терка для тв.сыров,имбиря,цитрусов;сталь нерж.;,L=200,B=25мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160170</t>
+  </si>
+  <si>
+    <t>35705.00₸</t>
+  </si>
+  <si>
+    <t>Терка для мускатного ореха;сталь нерж.;,L=200,B=25мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160173</t>
+  </si>
+  <si>
+    <t>24009.00₸</t>
+  </si>
+  <si>
+    <t>Терка для шоколада,трюфеля;сталь нерж.;,L=135,B=60мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160174</t>
+  </si>
+  <si>
+    <t>40610.00₸</t>
+  </si>
+  <si>
+    <t>Терка для васаби;сталь нерж.;,H=75,B=110мм;металлич.</t>
+  </si>
+  <si>
+    <t>04160178</t>
+  </si>
+  <si>
+    <t>42555-11</t>
+  </si>
+  <si>
+    <t>9425.00₸</t>
+  </si>
+  <si>
+    <t>Терка для шоколада;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04160180</t>
+  </si>
+  <si>
+    <t>24479.00₸</t>
+  </si>
+  <si>
+    <t>Терка;сталь нерж.,резина;,L=135,B=60мм</t>
+  </si>
+  <si>
+    <t>04160183</t>
+  </si>
+  <si>
+    <t>40395.00₸</t>
+  </si>
+  <si>
+    <t>Терка 4-х сторонняя;,H=27,L=12,B=8см</t>
+  </si>
+  <si>
+    <t>04160187</t>
+  </si>
+  <si>
+    <t>60553.00₸</t>
+  </si>
+  <si>
+    <t>Терка для цедры;сталь нерж.,пластик;,L=135,B=60мм</t>
+  </si>
+  <si>
+    <t>04160188</t>
+  </si>
+  <si>
+    <t>Терка для пармезана;сталь нерж.,пластик;,L=135,B=60мм</t>
+  </si>
+  <si>
+    <t>04160193</t>
+  </si>
+  <si>
+    <t>38439.00₸</t>
+  </si>
+  <si>
+    <t>Терка для овощей;сталь нерж.;,L=300,B=77мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04160306</t>
+  </si>
+  <si>
+    <t>42560-04</t>
+  </si>
+  <si>
+    <t>18488.00₸</t>
+  </si>
+  <si>
+    <t>04160307</t>
+  </si>
+  <si>
+    <t>42560-05</t>
+  </si>
+  <si>
+    <t>15963.00₸</t>
+  </si>
+  <si>
+    <t>Терка для овощей, шоколада и сыра;сталь нерж.;,L=300,B=77мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04160308</t>
+  </si>
+  <si>
+    <t>42560-07</t>
+  </si>
+  <si>
+    <t>18380.00₸</t>
+  </si>
+  <si>
+    <t>Терка для корейской моркови;пластик,металл;,H=2,L=33,B=12см;оранжев.</t>
+  </si>
+  <si>
+    <t>04160632</t>
+  </si>
+  <si>
+    <t>Libra Plast</t>
+  </si>
+  <si>
+    <t>2334.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Терка для трюфелей;сталь нерж.;,L=175,B=58мм;металлич.</t>
+  </si>
+  <si>
+    <t>09100255</t>
+  </si>
+  <si>
+    <t>435782.00₸</t>
+  </si>
+  <si>
+    <t>Яйцерезка (дольками);алюмин.;,H=2,L=22,B=7см;металлич.</t>
+  </si>
+  <si>
+    <t>09100258</t>
+  </si>
+  <si>
+    <t>17918.00₸</t>
+  </si>
+  <si>
+    <t>Яйцерезка(кольцами);алюмин.,сталь нерж.;,H=16,L=10,B=2см;металлич.</t>
+  </si>
+  <si>
+    <t>09100259</t>
+  </si>
+  <si>
+    <t>16271.00₸</t>
+  </si>
+  <si>
+    <t>Терка квадратная;сталь нерж.;,H=245,L=105,B=80мм;металлич.</t>
+  </si>
+  <si>
+    <t>09100263</t>
+  </si>
+  <si>
+    <t>40156.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре 3 насадки;сталь нерж.;D=31,H=15,L=32,B=31см;металлич.</t>
+  </si>
+  <si>
+    <t>09100266</t>
+  </si>
+  <si>
+    <t>288735.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для протирки пюре;D=37,H=32см</t>
+  </si>
+  <si>
+    <t>09100451</t>
+  </si>
+  <si>
+    <t>42574-37</t>
+  </si>
+  <si>
+    <t>665096.00₸</t>
+  </si>
+  <si>
+    <t>Сменный диск для машинки для пюре</t>
+  </si>
+  <si>
+    <t>09100452</t>
+  </si>
+  <si>
+    <t>42574-90</t>
+  </si>
+  <si>
+    <t>105306.00₸</t>
+  </si>
+  <si>
+    <t>Темпер для отбивания мяса;сталь нерж.;D=11,H=12,5см;металлич.</t>
+  </si>
+  <si>
+    <t>09100494</t>
+  </si>
+  <si>
+    <t>42501-20</t>
+  </si>
+  <si>
+    <t>61262.00₸</t>
+  </si>
+  <si>
+    <t>Пресс для карпачо из осьминога</t>
+  </si>
+  <si>
+    <t>09101277</t>
+  </si>
+  <si>
+    <t>49760-00</t>
+  </si>
+  <si>
+    <t>544298.00₸</t>
+  </si>
+  <si>
+    <t>Резак для яичной скорлупы;сталь нерж.;D=4,L=13/4см;металлич.</t>
+  </si>
+  <si>
+    <t>09101285</t>
+  </si>
+  <si>
+    <t>42595-01</t>
+  </si>
+  <si>
+    <t>34242.00₸</t>
+  </si>
+  <si>
+    <t>Диск для машинки для протирки пюре для арт. 509052;металл;D=18,H=3см;металлич.</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>13160.00₸</t>
+  </si>
+  <si>
+    <t>Приспособление для отбив.мяса;сталь нерж.;D=10,H=13,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>52391.00₸</t>
+  </si>
+  <si>
+    <t>Терка с тонким лезвием;сталь нерж.;,L=32/20см;металлич.,желт.</t>
+  </si>
+  <si>
+    <t>04160638</t>
+  </si>
+  <si>
+    <t>50ZES01</t>
+  </si>
+  <si>
+    <t>Martellato</t>
+  </si>
+  <si>
+    <t>15092.00₸</t>
+  </si>
+  <si>
+    <t>Терка с тонким лезвием;сталь нерж.;,L=32/20см;металлич.,красный</t>
+  </si>
+  <si>
+    <t>04160639</t>
+  </si>
+  <si>
+    <t>50ZES02</t>
+  </si>
+  <si>
+    <t>Терка с тонким лезвием;сталь нерж.;,L=32/20см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04160640</t>
+  </si>
+  <si>
+    <t>50ZES03</t>
   </si>
   <si>
     <t>9 шт.</t>
-  </si>
-[...1015 lines deleted...]
-    <t>50ZES03</t>
   </si>
   <si>
     <t>Овощерезка;полипроп.;,H=12,L=20,B=15см</t>
   </si>
   <si>
     <t>07022125</t>
   </si>
   <si>
     <t>JD-S337</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>253365.00₸</t>
   </si>
   <si>
     <t>Терка с ручкой;сталь нерж.,пластик;металлич.,черный</t>
   </si>
   <si>
     <t>04160224</t>
   </si>
   <si>
     <t>GRP-07AR</t>
   </si>
@@ -5969,179 +5963,179 @@
         <v>83</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>86</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>87</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>89</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D20" s="0">
         <v>609413</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>111</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>112</v>
@@ -6282,3475 +6276,3475 @@
         <v>24</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D25" s="0">
         <v>215307</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>132</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D26" s="0">
         <v>661241</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>138</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>139</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>140</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>141</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D28" s="0">
         <v>835233</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>144</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>145</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>146</v>
+        <v>51</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>116</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="E30" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="D36" s="0" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D37" s="0">
         <v>181046</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>194</v>
+        <v>108</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>227</v>
+        <v>141</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>236</v>
+        <v>24</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D51" s="0">
         <v>215514</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D52" s="0">
         <v>215505</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="B57" s="0" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="L58" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>279</v>
+        <v>108</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="D60" s="0">
         <v>30102260</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L60" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="D61" s="0">
         <v>30002260</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D63" s="0">
         <v>1134</v>
       </c>
       <c r="E63" s="0"/>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="I64" s="1" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L64" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="L65" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>279</v>
+        <v>29</v>
       </c>
       <c r="L67" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>236</v>
+        <v>319</v>
       </c>
       <c r="L70" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="C71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L71" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>236</v>
+        <v>29</v>
       </c>
       <c r="L72" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D75" s="0">
         <v>216011</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D76" s="0">
         <v>2080</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>126</v>
       </c>
       <c r="L76" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="D77" s="0">
         <v>2180</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="L77" s="0">
         <v>96</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="D78" s="0">
         <v>215052</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L79" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="D80" s="0">
         <v>215437</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L81" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="D84" s="0">
         <v>216015</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="D85" s="0">
         <v>216012</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D87" s="0">
         <v>4655460</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L87" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L88" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D90" s="0">
         <v>186601</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>71</v>
+        <v>338</v>
       </c>
       <c r="L90" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="D91" s="0">
         <v>186604</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D92" s="0">
         <v>186624</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D94" s="0">
         <v>421005</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="D95" s="0">
         <v>186622</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="D96" s="0">
         <v>186615</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="D97" s="0">
         <v>186620</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="D98" s="0">
         <v>186625</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" s="0" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="D102" s="0">
         <v>4210349</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>146</v>
+        <v>431</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="D103" s="0">
         <v>215050</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="D104" s="0">
         <v>10602260</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="L104" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="D105" s="0">
         <v>10202260</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="D106" s="0">
         <v>215431</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L106" s="0"/>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="D107" s="0">
         <v>215503</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>57</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>34</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="C113" s="0">
         <v>91000710</v>
       </c>
       <c r="D113" s="0">
         <v>97150017</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="C114" s="0">
         <v>91000950</v>
       </c>
       <c r="D114" s="0">
         <v>50907315</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
+        <v>472</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="E115" s="0" t="s">
         <v>475</v>
-      </c>
-[...7 lines deleted...]
-        <v>478</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>279</v>
+        <v>483</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="D118" s="0" t="s">
         <v>486</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="E118" s="0" t="s">
         <v>487</v>
-      </c>
-[...4 lines deleted...]
-        <v>489</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="B119" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="D119" s="0" t="s">
         <v>491</v>
-      </c>
-[...4 lines deleted...]
-        <v>493</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L119" s="0"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="B120" s="0" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="B121" s="0" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L121" s="0"/>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="B122" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="C122" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="D122" s="0" t="s">
         <v>501</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L122" s="0"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="B123" s="0" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L123" s="0"/>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="B124" s="0" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="B125" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>508</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L125" s="0"/>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="B126" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="D126" s="0" t="s">
         <v>512</v>
-      </c>
-[...4 lines deleted...]
-        <v>514</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L126" s="0"/>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="B127" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="C127" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="D127" s="0" t="s">
         <v>516</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>112</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="B128" s="0" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="B129" s="0" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="B130" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C130" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="D130" s="0" t="s">
         <v>524</v>
-      </c>
-[...4 lines deleted...]
-        <v>526</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L130" s="0"/>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="B131" s="0" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="B132" s="0" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="B133" s="0" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="B134" s="0" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>63</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>88</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>24</v>
       </c>
       <c r="L134" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>